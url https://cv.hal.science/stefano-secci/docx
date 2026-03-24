--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stefano Secci </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stefano-secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6129-0676</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17155101X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (101)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O-RAN Integrated Space-Terrestrial Networks: A Multi-Connectivity Strategy Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Taborelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro B Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Resilient and Intelligent Non-Terrestrial Networks (RI-NTNs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INFOCOM, May 2026, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficient Uplink-Downlink Decoupling for 6G TN-NTN Multi-Connectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro B Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2026, Glascow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DREAM: Dual foREcAsting Model for Network Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Boudjelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Cherrared</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaofeng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2025, Honolulu (Hawai), United States. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS57970.2025.11073605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORCA: Unveiling Obscure Containers In The Wild</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Bufalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Workshop on Software Supply Chain Offensive Research and Ecosystem Defenses (SCORED ’25)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.09322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Optimization for Multi-Band Cellular Networks: A Traffic Prediction-Based Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Conference on Machine Learning for Communication and Networking (ICMLCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Barcelona, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMLCN64995.2025.11140086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven Energy Optimization in Mobile Networks with User Experience Guarantees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2025 - IEEE Conference on Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFOCOM55648.2025.11044545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNN graph structures in network anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Cressant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2025, Honolulu (Hawaii), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FPGA-Based LDPC Decoder for Smart-NICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Chreif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zerioul Lounis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio César Pérez Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Wireless Days Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Niteroi (Brésil), Universidade Federal Fluminense, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative E2E Performance Analysis of O-RAN Designs in a 5G Standalone Testbed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Guemdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengwenlong Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE HPSR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Osaka (Japan), Japan. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HPSR64165.2025.11038873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature Skew Control for In-Network Federated Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Ntumba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Bologne, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM67658.2025.11297468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Pipeline System Designs for In-network Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Ntumba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fehmi Ben Abdesslem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Network and Service Management Prague, Czech Republic // 28 - 31 October 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSBA-XG: A Publish/subscribe Service-Based Architecture for Beyond 5G Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victorien Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lejkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 13th International Conference on Cloud Networking (CloudNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rio de Janeiro, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet62863.2024.10815848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLADxG: Federated Learning Based Anomaly Detection Framework for xG Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Ali Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naresh Modina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 13th International Conference on Cloud Networking (CloudNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rio de Janeiro, Brazil. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet62863.2024.10815883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Slice Robustness with Function Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongku Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2024, Séoul, South Korea. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS59830.2024.10575871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiences with disaggregated RAN integrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Guemdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on 6G Networking (6GNET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Terrestrial Disaggregated RAN: Prospective Architectures and Performance Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi Goshtasb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomaso de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTN Days 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Association and Placement for Open-RAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Hojeij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Iecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Sharara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2024 NG-OPERA: Next-generation Open and Programmable Radio Access Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vancouver (Canada), Canada. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/infocomwkshps61880.2024.10620754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Reinforcement Learning for Joint Energy Saving and Traffic Handling in xG RAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dag Lindbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2024 - IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Denver (CO), United States. pp.4743-4748, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC51166.2024.10622652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELoRa: End-to-end Emulation of Massive IoT LoRaWAN Infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Miami, FL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lightweight Southbound Interface for Standalone P4-NetFPGA SmartNICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Patetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Detection for 5G Softwarized Infrastructures with Federated Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traffic Control and Channel Assignment for Quality Differentiation in Dense Urban LoRaWANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 20th International Symposium on Modeling and Optimization in Mobile, Ad hoc, and Wireless Networks (WiOpt)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Turin, Italy. pp.153-160, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/WiOpt56218.2022.9930551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Open Dataset for Beyond-5G Data-driven Network Automation Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Chi Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698732v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function Placement and Acceleration for In-Network Federated Learning Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Riggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 18th International Conference on Network and Service Management (CNSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.212-218, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet Delivery Ratio Guarantees for Differentiated LoRaWAN Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654692v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SYRROCA AI-empowered network automation platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 24th Conference on Innovation in Clouds, Internet and Networks and Workshops (ICIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Paris, France. pp.140-142, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN51074.2021.9385535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity-Performance Trade-offs in Robust Access Point Clustering for Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on the Design of Reliable Communication Networks (DRCN 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Milan, Italy. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN51631.2021.9477332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Math-Heuristic for Network Slice Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la fiabilité des blockchains via la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2021 — 23èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going Beyond DiffServ in IP Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Aureli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent Reflecting Surface Assisted Anti-Jamming Communications Based on Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helin Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zehui Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusit Niyato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingqing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOBECOM42002.2020.9322599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the impact of novel function mappings, sharing policies, and split settings in network slice design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Izmir (virtual ), Turkey. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM50824.2020.9269106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942693v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Game Theoretical Framework for Analyzing Blockchains Robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Distributed Computing (DISC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Freiburg, Germany. pp.42:1--42:18, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2021.42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634752v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSTM-based radiography for anomaly detection in softwarized infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2020, Osaka, Japan. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC3249928.2020.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BotFP: FingerPrints Clustering for Bot Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Game Theoretical Framework for Analyzing Blockchains Robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Distributed Computing (DISC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Freiburg (virtual conference), Germany. pp.49:1--49:3, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2020.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralization of 5G slice resource allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Game Theoretical Analysis of Atomic Cross-Chain Swaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS47774.2020.00060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414356v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Split-and-Merge: Detecting Unknown Botnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE Integrated Management (IM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Arlington, United States. pp.153-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical evaluation of MPTCP schedulers in terms of throughput and reliability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muge Sayit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erdem Karayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 11th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nicosia, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM48015.2019.8949163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Resource Allocation for Network Slicing under Service Level Agreements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 10th International Conference on Networks of the Future (NoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rome, Italy. pp.48-53, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NoF47743.2019.9014995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitcoin Pool-Hopping Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kirati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 4th International Forum on Research and Technology for Society and Industry (RTSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Palerme, Italy. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RTSI.2018.8548376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet Acceleration with LISP Traffic Engineering and Multipath TCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Cloud, Internet and Networks (ICIN) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2018.8401586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant Packet Scheduling by Uncorrelated Paths in Heterogeneous Wireless Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Steuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldri Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE Symposium on Computers and Communication (ISCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Natal, Brazil. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2018.8538641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Lookup Is Not Enough: Towards Efficient and Scalable Flow Entry Updates for TCAM-Based OpenFlow Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th IEEE International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2018.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescriptive Analytics for MEC Orchestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Furno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Zürich, Switzerland. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2018.8696508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Virtual Machine Orchestration with Blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Bozic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Cyber Security in Networking (CSNET 2017) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rio de Janeiro, Brazil. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSNET.2017.8242003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian diagnosis and reliability analysis of Private Mobile Radio networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Ktari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lavaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Communications (ISCC), 2017 IEEE Symposium on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Heraklion, Greece. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2017.8024695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mood Value for Fair Resource Allocations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Stockholm, Sweden. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2017.8264839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445492v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Selection of Offloadable Tasks for Mobile Computation Offloading in Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Bellavista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Network and Service Management - CNSM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM.2017.8256026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Virtual Network Function Placement with High Availability Guarantees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fouilhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IFIP Networking 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Stockholm, Sweden. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2017.8264850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445494v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can MPTCP Secure Internet Communications from Man-in-the-Middle Attacks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho-Dac-Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Conference on Network and Service Management (CNSM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM.2017.8255970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504379v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Offloading of Android Applications for Computation/Energy-usage Optimizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Bellavista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE Conference on Computer Communications Workshops (INFOCOM WKSHPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Atlanta, GA, United States. pp.990-991, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFCOMW.2017.8116525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tutorial on Blockchain and Applications to Secure Network Control-Planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Bozic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Cloud Networks &amp; Systems (SCNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dubai, United Arab Emirates. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCNS.2016.7870552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Buffer Dimensioning for MPTCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on the Network of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Buzios, Brazil. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOF.2016.7810142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Mobile Traffic Distribution over Cellular Backhauling Network Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandesh Uppoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Smoreda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Consumer Communications and Networking Conference (CCNC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jan 2016, Las Vegas, United States. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCNC.2016.7444869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology-related Disasters: A Survey towards Disaster-resilient Software Defined Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Mas Machuca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Vizarreta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Kuipers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonios Gouglidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 8th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Halmstad, Sweden. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM.2016.7608265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unifying LISP and TRILL control-planes for distributed data-center networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Turpault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cachereul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Istanbul, Turkey. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrium Routing: from Theory to Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Congress on Telecommunications (ICT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Thessaloniki, Greece. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICT.2016.7500368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Network Modeling for Public Safety Network Reliability Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Ktari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lavaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Emergency Networks for Public Protection and Disaster Relief (EN4PPDR), IEEE WiMob 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, New York, United States. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2016.7763174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISP-EC: Enhancing LISP with egress control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Standards for Communications and Networking (CSCN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCN.2016.7785189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of strategies for communication networks to protect against large-scale natural disasters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gomes Teresa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapolcai Janos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Kuipers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 8th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Halmstad, Sweden. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM.2016.7608263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACAO: Protocol Architecture for Cloud Access Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 1st International Conference on Network Softwarization (IEEE NETSOFT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, London, United Kingdom. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NETSOFT.2015.7116143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent Cloud Access Performance Augmentation via an MPTCP-LISP Connection Proxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Benchaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 ACM/IEEE Symposium on Architectures for Networking and Communications Systems (ANCS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Oakland, California, United States. pp.201-202, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANCS.2015.7110140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloudlet Network Design Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IFIP Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Toulouse, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IFIPNetworking.2015.7145315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme LISP-Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Network Functions Placement and Routing Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CloudNet 2015 - IEEE 4th International Conference on Cloud Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Niagara Falls, ON, Canada. pp.171-177, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2015.7335301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170042v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated Pacing on Multiple Paths to Improve One Way Delay Estimations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IFIP/IEEE International Symposium on Integrated Network Management (IM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Ottawa, Canada. pp.672-678, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INM.2015.7140354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Ethernet Multipath Routing on Data Center Network Consolidations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th international workshop on Data Center Performance (DCPerf), The 34th International Conference on Distributed Computing Systems (ICDCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Madrid, Spain. pp.57-62, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2014.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the Achievable Cellular Traffic Offloading Gain with Passpoint Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Wietholter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wolisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMobCity'14 - ACM international workshop on Wireless and mobile technologies for smart cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Philadelphia, United States. pp.19-28, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2633661.2633672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility-aware estimation of content consumption hotspots for urban cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinh Hoa La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Krakow, Poland. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2014.6838312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latência Versus Sobrevivência no Projeto de Centros de Dados Geograficamente Distribuídos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. H. Maciel Kosmalski Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Mitre Campista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Brazilian Symposium on Computer Networks and Distributed Systems (SBRC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florianopolis, SC, Brazil. pp.402-441, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SBRC.2014.48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latency Versus Survivability in Geo-Distributed Data Center Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Global Communications Conference (IEEE GLOBECOM 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Austin, TX, United States. pp.1102-1107, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2014.7036956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On traffic fairness in data center fabrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 3rd International Conference on Cloud Networking (CloudNet 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Luxembourg, Luxembourg. pp.40-45, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2014.6968966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of virtual bridging on virtual machine placement in data center networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Teletraffic Congress (ITC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Karlskrona, Sweden. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC.2014.6932945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and Opportunities for Cloud-based Computation Offloading for Mobile Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Jiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Smoreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Network and Mobile Summit 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbon, Portugal. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting Cloud Communications Through A Crosslayer Multipath Protocol Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Worskshop on Software Defined Networks for Future Networking Services, SDN4FNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Trento, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SDN4FNS.2013.6702535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Multipath Load Sharing Using Vectorized Routing Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (IEEE GLOBECOM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Atlanta, GA, United States. pp.1507-1512, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2013.6831287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Mobile Phone Data Allow Estimating Real Human Trajectory?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on the Analysis of Mobile Phone Datasets (NetMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Cambridge, United States. pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demands Rescaling for Resource and Power Allocation in Cooperative Femtocell Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Hkimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE International Conference on Communications (ICC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.6235-6239, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2013.6655605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving Sub-Second Downtimes in Internet-wide Virtual Machine Live Migrations in LISP Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE International Symposium on Integrated Network Management (IM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ghent, Belgium. pp.286-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-layer Cooperation to Boost Multipath TCP Performance in Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Int. Conference in Cloud Networking (IEEE CloudNet 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, San Francisco, CA, United States. pp.58-66, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2013.6710558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Real Human Trajectories through Mobile Phone Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MDM 2013 - 14th IEEE International Conference on Mobile Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Milan, Italy. pp.148-153, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM.2013.85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Evaluation of Performance-Cost Trade-offs in a Multipath TCP Multihoming Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinh Chung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Mai-Trang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.1443-1447, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstrating LISP-based Virtual Machine Mobility for Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 1st IEEE Int. Conference on Cloud Networking (IEEE CloudNet 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.200-202, </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2012.6483686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content consumption cartography of the paris urban region using cellular probe data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhuochao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">URBANE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Nice, France. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2413236.2413246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Open Control-Plane Implementation for LISP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE Int. Conference on Network Infrastructure and Digital Content (IEEE NIDC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Beijing, China. pp.266-270, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNIDC.2012.6418757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bankruptcy game approach for resource allocation in cooperative femtocell networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (IEEE GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Anaheim, United States. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2012.6503376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic subchannel resource allocation for cooperative OFDMA Wireless Mesh Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.440-444, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Transit-Edge Routing Separation: Analysis and Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 International Conference on the Network of the Future (NoF 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp.46-51, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOF.2011.6126681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01286970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient Traffic Engineering in a Transit-Edge Separated Internet Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guruprasad K. Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE Int. Conference on Communications (IEEE ICC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5963439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Resilient Routing Policy for Peering Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaiyuan Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bjarne Emil Helvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Telecommunications Conference, GLOBECOM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2010.5683622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of AS-level path deviations and multipath in Internet routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Elena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 6th EURO-NGI Conference on Next Generation Internet Networks (NGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2010.5534468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ClubMED: Coordinated Multi-Exit Discriminator Strategies for Peering Carriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 Next Generation Internet Networks (NGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Aviero, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2009.5175756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testbed implementation of control plane extensions for inter-carrier GMPLS LSP provisioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aruna Prem Bianzino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 5th International Conference on Testbeds and Research Infrastructures for the Development of Networks &amp; Communities and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Washington, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRIDENTCOM.2009.4976225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative multi-provider routing optimization and income distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Mycek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Pioro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Tomaszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 7th International Workshop on Design of Reliable Communication Networks. DRCN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, France. pp.281-288, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2009.5339996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEMP: Peering Equilibrium MultiPath Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2009 - 2009 IEEE Global Telecommunications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Honolulu, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2009.5425330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of quasi-regular composite-star and multi-hop structures for core networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Conference on High Performance Switching and Routing (HSPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Shanghai, France. pp.229-234, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HSPR.2008.4734448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS Tree Selection for Inter-Domain Multipoint MPLS Tunnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Beijing, France. pp.5863-5868, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2008.1096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct optimal design of a quasi-regular composite-star core network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Malucelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 6th International Workshop on Design and Reliable Communication Networks (DRCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, La Rochelle, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2007.4762276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Dimensioning of a Novel composite-star WDM Network with TDM Channel Partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 3rd International Conference on Broadband Communications, Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, San Jose, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BROADNETS.2006.4374299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On flexible association and placement in disaggregated RAN designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Hojeij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Sharara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.108166. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2025.108166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Terrestrial Disaggregated RAN: Prospective Architectures and Performance Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomaso de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2025.3569497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05061342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function placement for in-network federated learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Riggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 256, pp.110900. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line-rate Botnet Detection with SmartNIC-Embedded Feature Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Patetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 254 (110809), </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699807v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Group anomaly detection in mobile app usages: A spatiotemporal convex hull methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.109277. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2022.109277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmenting DiffServ operations with dynamically learned classes of services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Aureli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Listanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Polverini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 202, pp.108624. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2021.108624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les attaques DDOS n'ont qu'à bien se tenir avec DOTS!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Edet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03559586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function splitting, isolation, and placement trade-offs in network slicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (2), pp.1920-1936. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2021.3130915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Access Point Clustering in Edge Computing Resource Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilal Maaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (3), pp.2738 - 2750. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3186856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An AI-empowered framework for cross-layer softwarized infrastructure state assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (4), pp.4434-4448. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3161872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed algorithms for multi-resource allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (10), pp.2524-2539. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2022.3144376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach for Bitcoin pool-hopping detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Cortesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bruschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 205 (108758), pp.108758. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2021.108758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbolic K-means for traffic-aware clustering in cloud and virtualized RANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Djeddal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liticia Touzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasios Giovanidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 176, pp.258-271. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2021.06.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109662v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Function Mapping: from 3G Entities to 5G Service-Based Functions Decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Standards Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOMSTD.001.1900040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of zero-day attacks: An unsupervised port-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 180, pp.107391. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2020.107391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Botnet Fingerprinting: a Frequency Distributions Scheme for Lightweight Bot Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (3), pp.1701-1714. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2020.2996502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02568587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Resource Allocation for Network Slicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Perny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (3), pp.1311-1324. </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2020.2979667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008115v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISP-MSX: Decentralized Interconnection of Independent LISP Mapping Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boucadair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Chi Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (1), pp.35-41. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2018.1701323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vademecum on Blockchain Technologies: When, Which and How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Božić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Surveys and Tutorials, IEEE Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (4), pp.3796-3838. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMST.2019.2928178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870617v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPTCP Robustness Against Large-Scale Man-in-the-Middle Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 164, pp.106896. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.106896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02287761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Availability-driven NFV Orchestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 155 (47-61), </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.02.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FastRule: Efficient Flow Entry Updates for TCAM-based OpenFlow Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (3), pp.484-498,. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSAC.2019.2894235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Assignment Patterns in Mobile Edge Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 106, pp.246-259. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Estimate and Fairness in Resource Allocation with Inaccurate Information Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Networking Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (4), pp.173-177. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LNET.2019.2946466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Recovery Path Computation for Fast Reroute in Large-scale Software Defined Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (8), pp.1755-1768. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSAC.2019.2927098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fair Resource Allocation in Systems with Complete Information Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (6), pp.2801-2814. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2018.2878644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ULOOF: a User Level Online Offloading Framework for Mobile Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José L. D. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Fernandes Macedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Marcos Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (11), pp.2660-2674. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMC.2018.2815015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547036v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Orchestration of Virtual Network Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meihui Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 142, pp.108-127. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01539481v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ParaCon: A Parallel Control Plane for Scaling Up Path Computation in SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siyuan Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiongwen Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (4), pp.978-990. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2017.2761777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478162v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Edge Cloud Network Design Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.1818-1831. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2017.2652850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowded spot estimator for urban cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (11-12), pp.743-754. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-017-0591-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An implementation of Multipath TCP in ns3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 116, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2017.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382907v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking Virtual Machine Mobility to User Mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (4), pp.927-940. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2016.2592241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability and Survivability Analysis of Data Center Network Topologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (2), pp.346-392. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-015-9354-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing and predicting mobile application usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badis Tebbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95, pp.82-94. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2016.04.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipath Transmission for the Internet: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Lukyanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghong Ou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antti Yla-Jaaski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasu Tarkoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Surveys and Tutorials, IEEE Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (4), pp.2887-2925. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMST.2016.2586112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Fair Network Cache Allocation to Content Providers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud El Chamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103, pp.129-142. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2016.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Striking a Balance between Traffic Engineering and Virtual Bridging in Virtual Machine Placement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (2), pp.202-216. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2015.2413755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Operations Research Game Approach for Resource and Power Allocation in Cooperative Femtocell Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14 (4), pp.675-687. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMC.2014.2329835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Server Placement with Shared Backups for Disaster-Resilient Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93 (3), pp.423-434. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2015.09.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01218898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Data Traffic Offloading over Passpoint Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wolisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 84, pp.76-93. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2015.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Design Requirements for Disaster Resilience in IaaS Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52 (10), pp.52-58. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2014.6917402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud Networks: Enhancing Performance and Resiliency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Murugesan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 47 (10), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MC.2014.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OpenLISP control-plane architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (2), pp.34-40. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2014.6786611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01168802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating human trajectories and hotspots through mobile phone data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.296-307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance-Cost Trade-off Strategic Evaluation of Multipath TCP Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Mai-Trang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinh Chung Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (2), pp.250-263. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2014.2321838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Incentives and Incremental Deployments of ICN technologies for OTT Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Barakat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (3), pp.20-25. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2014.6843228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00961232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving Sub-Second Downtimes in Large-Scale Virtual Machine Migrations with LISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (2), pp.133-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Inter-Domain Traffic Engineering with Transit-Edge Hierarchical Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 57 (4), pp.976-989. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2012.11.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01168796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nucleolus-based Approach for Resource Allocation in OFDMA Wireless Mesh Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (11), pp.2145-2154. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmc.2012.177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient Inter-Carrier Traffic Engineering for Internet Peering Interconnections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaiyuan Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bjarne Emil Helvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (4), pp.274-284. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2011.110311.100064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering Equilibrium MultiPath Routing: a game theory framework for Internet peering settlements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (2), pp.419-432. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2010.2062535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survivability and Reliability of a Composite-Star Transport Network with Disconnected Core Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sanso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (1), pp.43-59. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-009-9277-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Exit Discriminator Game for BGP Routing Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 48 (1-2), pp.77-92. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-010-9335-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS-level source routing for multi-provider connection-oriented services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54 (14), pp.2453-2467. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Optimization of the Petaweb Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Reinert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (1), pp.332-345. </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2008.925092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A service plane over the PCE architecture for automatic multidomain connection-oriented services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Douville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46 (6), pp.94-102. </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2008.4539472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design for survivable backbones with end-to-end and subpath wavebanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tornatore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optical Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 6 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JON.6.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for managing at least one orchestration entity in a software network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3124913B1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systeme et procédé d'authentification d'instructions de gestion de ressources informatiques d'un serveur de virtualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Božić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3070778. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03410486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on blockchain networks and distributed protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Orda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Herlihy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 77 (1-2), 2022, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-022-00908-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La téléportation : de la fiction au SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC - Multi-Systems &amp; Internet Security Cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Network Slice Design Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03167358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaques par fabrication de liens dans le SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OpenStack et la gestion des vulnerabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Le Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en main du machine learning avec Splunk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassim Berriche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.20-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanonymisation du jeu de données MAWI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques vulnerabilités du SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Network and Service Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Ulema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suart Clayman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muge Sayit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cihat Çetinkaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 17th International Conference on Network and Service Management (CNSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Izmir, IEEE, 2021, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM52442.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2021 IEEE 7th International Conference on Network Softwarization (NetSoft)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kohei Shiomoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young-Tak Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiristian Esteve Rothenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiji Oki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE 7th International Conference on Network Softwarization (NetSoft)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tokyo, IEEE, 2021, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NetSoft51509.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2020 International Conference on the Network of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Hossfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stanica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 11th International Conference on Network of the Future (NoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Bordeaux, IEEE, 2020, </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NoF50125.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMA 2019 - Proceedings of the 3rd Network Traffic Measurement and Analysis Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference, TMA 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. IEEE, 2019, 978-3-903176-17-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th IEEE Conference on Network Softwarization, NetSoft 2019, Paris, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip de Turck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Cerroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSoft 2019 - 5th IEEE International Conference on Network Softwarization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. 2019, ISBN 978-1-5386-9376-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22nd Conference on Innovation in Clouds, Internet and Networks and Workshops, ICIN 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Galis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogier Noldus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Idzikowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference on Innovation in Clouds, Internet and Networks and Workshops, ICIN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. 2019, 978-1-5386-8336-1. </w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN45400.2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of Wireless Days 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rosenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Ben Mnaouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gerla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Wireless Days (WD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Dubai, United Arab Emirates. IEEE, 2018, 978-1-5386-5632-7. </w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WD43074.2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2016 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shughuang Robert Cui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Washington DC, United States. 2017, 978-1-5090-2482-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2017 IFIP/IEEE Symposium on Integrated Network and Service Management (IM) Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspary Luciano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmundo Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IFIP/IEEE Symposium on Integrated Network and Service Management (IM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lisbon, Portugal. 2017, 978-3-901882-89-0. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/INM.2017.7987258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2017 20th Conference on Innovations in Clouds, Internet and Networks (ICIN 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Manzalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Conference on Innovations in Clouds, Internet and Networks (ICIN 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France. 2017, 978-1-5090-3672-1. </w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2017.7899242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RESCOM 2017 Summer school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Le Croisic, France. CNRS, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 12th International Conference on the Design of Reliable Communication Networks, DRCN 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-1-4673-8496-4. </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2016.7470822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on the Network of the Future (NOF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Carlos Muniz Bandeira Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Dias de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Gonçalves Rubinstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcelo Dias de Amorim; Otto Carlos Muniz Bandeira Duarte; Marcelo Gonçalves Rubinstein; Stefano Secci. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on the Network of the Future (NOF) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Buzios, Brazil. , 2016, 978-1-5090-4670-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Workshop on Mobility in the Evolving Internet Architecture, MobiArch 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinbing Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-1-4503-3695-6. </w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2795381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st IEEE International Conference on Cloud Networking, CLOUDNET 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 978-1-4673-2798-5. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2012.6483642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2011 International Conference on the Network of the Future, NoF 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 978-1-4577-1607-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference architecture for slicing in LoRAWAN networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renzo Navas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Aubonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan- Guy Kerdoncuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Consortium INTELLIGENTSIA. 2021, pp.1-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publish/Subscribe Functionality for LISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Rodriguez-Natal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Leong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Maino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabellos Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Barkai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] IETF. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security and Performance Comparison of ONOS and ODL Controllers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Tahirou Bah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedra Vizzarreta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ONOS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONOS Security & Performance Analysis (Report No. 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Verchere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ONOS. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONOS Security & Performance Analysis (Report No. 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Attou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suchitra Vemuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ONOS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An MPTCP Option for Network-Assisted MPTCP Deployments: Plain Transport Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boucadair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Behaghel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Henderickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] draft-boucadair-mptcp-plain-mode-07, IETF. 2016, draft-boucadair-mptcp-plain-mode-07</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Formulation for the Network Slice Design Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448028v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient NFV Technology and Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Kamisiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Musumeci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hmaity</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tornatore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Disaster-Resilient Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.675-697, 2020, </w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44685-7_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Collaborative Intrusion Detection and Prevention Systems Based on SDN and NFV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Disaster-Resilient Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.653-673, 2020, Computer Communications and Networks, </w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44685-7_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrade of a Composite-Star Optical Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Technologies, Mobility and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.281-296, 2017, </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-6270-4_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme LISP-Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JRES (Journées réseaux de l'enseignement et de la recherche ) 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented Multipath TCP Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNP 2013 - IEEE International Conference on Network Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Gottingen, Germany. IEEE, pp.1-2, </w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNP.2013.6733625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-provider Service and Transport Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">domain_other. Télécom ParisTech, 2009. English. </w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00005939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId633"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stefano Secci </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stefano-secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6129-0676</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17155101X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (101)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O-RAN Integrated Space-Terrestrial Networks: A Multi-Connectivity Strategy Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Taborelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi Goshtasb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Resilient and Intelligent Non-Terrestrial Networks (RI-NTNs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Infocom, May 2026, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficient Uplink-Downlink Decoupling for 6G TN-NTN Multi-Connectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro B Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2026, Glascow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORCA: Unveiling Obscure Containers In The Wild</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Bufalino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Workshop on Software Supply Chain Offensive Research and Ecosystem Defenses (SCORED ’25)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.09322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DREAM: Dual foREcAsting Model for Network Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Boudjelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sihem Cherrared</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaofeng Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2025, Honolulu (Hawai), United States. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS57970.2025.11073605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05049981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Optimization for Multi-Band Cellular Networks: A Traffic Prediction-Based Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Conference on Machine Learning for Communication and Networking (ICMLCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Barcelona, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMLCN64995.2025.11140086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven Energy Optimization in Mobile Networks with User Experience Guarantees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh-Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2025 - IEEE Conference on Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFOCOM55648.2025.11044545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNN graph structures in network anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Cressant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2025, Honolulu (Hawaii), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04929581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feature Skew Control for In-Network Federated Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Chaouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Ntumba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Bologne, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM67658.2025.11297468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative E2E Performance Analysis of O-RAN Designs in a 5G Standalone Testbed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Guemdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengwenlong Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE HPSR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Osaka (Japan), Japan. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HPSR64165.2025.11038873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FPGA-Based LDPC Decoder for Smart-NICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Chreif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zerioul Lounis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio César Pérez Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Wireless Days Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Niteroi (Brésil), Universidade Federal Fluminense, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSBA-XG: A Publish/subscribe Service-Based Architecture for Beyond 5G Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victorien Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lejkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 13th International Conference on Cloud Networking (CloudNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rio de Janeiro, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet62863.2024.10815848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLADxG: Federated Learning Based Anomaly Detection Framework for xG Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Ali Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naresh Modina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 13th International Conference on Cloud Networking (CloudNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rio de Janeiro, Brazil. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet62863.2024.10815883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Pipeline System Designs for In-network Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient Ntumba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fehmi Ben Abdesslem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Network and Service ManagemenT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM62983.2024.10814613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Slice Robustness with Function Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongku Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2024, Séoul, South Korea. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS59830.2024.10575871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiences with disaggregated RAN integrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Guemdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on 6G Networking (6GNET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Terrestrial Disaggregated RAN: Prospective Architectures and Performance Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi Goshtasb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomaso de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTN Days 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible Association and Placement for Open-RAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Hojeij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Iecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Sharara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2024 NG-OPERA: Next-generation Open and Programmable Radio Access Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Vancouver (Canada), Canada. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/infocomwkshps61880.2024.10620754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Reinforcement Learning for Joint Energy Saving and Traffic Handling in xG RAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham Khalifé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Sintorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dag Lindbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2024 - IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Denver (CO), United States. pp.4743-4748, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC51166.2024.10622652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELoRa: End-to-end Emulation of Massive IoT LoRaWAN Infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Miami, FL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traffic Control and Channel Assignment for Quality Differentiation in Dense Urban LoRaWANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 20th International Symposium on Modeling and Optimization in Mobile, Ad hoc, and Wireless Networks (WiOpt)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Turin, Italy. pp.153-160, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/WiOpt56218.2022.9930551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Detection for 5G Softwarized Infrastructures with Federated Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Lightweight Southbound Interface for Standalone P4-NetFPGA SmartNICs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Patetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Open Dataset for Beyond-5G Data-driven Network Automation Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Chi Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Bin Ruba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 1st International Conference on 6G Networking (6GNet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/6GNet54646.2022.9830292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698732v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function Placement and Acceleration for In-Network Federated Learning Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Riggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 18th International Conference on Network and Service Management (CNSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.212-218, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Packet Delivery Ratio Guarantees for Differentiated LoRaWAN Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654692v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SYRROCA AI-empowered network automation platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 24th Conference on Innovation in Clouds, Internet and Networks and Workshops (ICIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Paris, France. pp.140-142, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN51074.2021.9385535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity-Performance Trade-offs in Robust Access Point Clustering for Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on the Design of Reliable Communication Networks (DRCN 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Milan, Italy. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN51631.2021.9477332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Math-Heuristic for Network Slice Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la fiabilité des blockchains via la théorie des jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2021 — 23èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Going Beyond DiffServ in IP Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Aureli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSTM-based radiography for anomaly detection in softwarized infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Sep 2020, Osaka, Japan. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC3249928.2020.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Game Theoretical Framework for Analyzing Blockchains Robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Symposium on Distributed Computing (DISC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Freiburg, Germany. pp.42:1--42:18, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2021.42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634752v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent Reflecting Surface Assisted Anti-Jamming Communications Based on Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helin Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zehui Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusit Niyato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingqing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOBECOM42002.2020.9322599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the impact of novel function mappings, sharing policies, and split settings in network slice design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Izmir (virtual ), Turkey. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM50824.2020.9269106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942693v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BotFP: FingerPrints Clustering for Bot Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Game Theoretical Framework for Analyzing Blockchains Robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Zappalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Distributed Computing (DISC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Freiburg (virtual conference), Germany. pp.49:1--49:3, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2020.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decentralization of 5G slice resource allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Game Theoretical Analysis of Atomic Cross-Chain Swaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Singapore, Singapore. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS47774.2020.00060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414356v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Split-and-Merge: Detecting Unknown Botnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE Integrated Management (IM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Arlington, United States. pp.153-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical evaluation of MPTCP schedulers in terms of throughput and reliability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muge Sayit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erdem Karayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 11th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nicosia, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM48015.2019.8949163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Resource Allocation for Network Slicing under Service Level Agreements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 10th International Conference on Networks of the Future (NoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rome, Italy. pp.48-53, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NoF47743.2019.9014995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bitcoin Pool-Hopping Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Kirati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 4th International Forum on Research and Technology for Society and Industry (RTSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Palerme, Italy. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RTSI.2018.8548376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet Acceleration with LISP Traffic Engineering and Multipath TCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Cloud, Internet and Networks (ICIN) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2018.8401586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant Packet Scheduling by Uncorrelated Paths in Heterogeneous Wireless Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Steuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldri Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IEEE Symposium on Computers and Communication (ISCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Natal, Brazil. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2018.8538641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Lookup Is Not Enough: Towards Efficient and Scalable Flow Entry Updates for TCAM-Based OpenFlow Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th IEEE International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2018.00093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01949063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescriptive Analytics for MEC Orchestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Furno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Zürich, Switzerland. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2018.8696508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Virtual Machine Orchestration with Blockchains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Bozic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Cyber Security in Networking (CSNET 2017) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rio de Janeiro, Brazil. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSNET.2017.8242003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian diagnosis and reliability analysis of Private Mobile Radio networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Ktari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lavaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Communications (ISCC), 2017 IEEE Symposium on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Heraklion, Greece. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2017.8024695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mood Value for Fair Resource Allocations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Stockholm, Sweden. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2017.8264839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445492v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Selection of Offloadable Tasks for Mobile Computation Offloading in Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Bellavista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Network and Service Management - CNSM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM.2017.8256026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Securing Virtual Network Function Placement with High Availability Guarantees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fouilhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IFIP Networking 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Stockholm, Sweden. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2017.8264850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445494v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can MPTCP Secure Internet Communications from Man-in-the-Middle Attacks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho-Dac-Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Conference on Network and Service Management (CNSM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM.2017.8255970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504379v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Offloading of Android Applications for Computation/Energy-usage Optimizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Zanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Bellavista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE Conference on Computer Communications Workshops (INFOCOM WKSHPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Atlanta, GA, United States. pp.990-991, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFCOMW.2017.8116525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology-related Disasters: A Survey towards Disaster-resilient Software Defined Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Mas Machuca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Vizarreta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Kuipers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonios Gouglidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 8th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Halmstad, Sweden. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM.2016.7608265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tutorial on Blockchain and Applications to Secure Network Control-Planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Bozic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Cloud Networks &amp; Systems (SCNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dubai, United Arab Emirates. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCNS.2016.7870552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Buffer Dimensioning for MPTCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on the Network of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Buzios, Brazil. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOF.2016.7810142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Mobile Traffic Distribution over Cellular Backhauling Network Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandesh Uppoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Smoreda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Consumer Communications and Networking Conference (CCNC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jan 2016, Las Vegas, United States. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCNC.2016.7444869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrium Routing: from Theory to Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Congress on Telecommunications (ICT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Thessaloniki, Greece. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICT.2016.7500368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unifying LISP and TRILL control-planes for distributed data-center networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Turpault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cachereul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Istanbul, Turkey. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Network Modeling for Public Safety Network Reliability Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Ktari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lavaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Emergency Networks for Public Protection and Disaster Relief (EN4PPDR), IEEE WiMob 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, New York, United States. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2016.7763174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISP-EC: Enhancing LISP with egress control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ho Dac Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Standards for Communications and Networking (CSCN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Berlin, Germany. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCN.2016.7785189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of strategies for communication networks to protect against large-scale natural disasters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gomes Teresa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tapolcai Janos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Kuipers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 8th International Workshop on Resilient Networks Design and Modeling (RNDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Halmstad, Sweden. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RNDM.2016.7608263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme LISP-Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent Cloud Access Performance Augmentation via an MPTCP-LISP Connection Proxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Benchaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 ACM/IEEE Symposium on Architectures for Networking and Communications Systems (ANCS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Oakland, California, United States. pp.201-202, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ANCS.2015.7110140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACAO: Protocol Architecture for Cloud Access Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 1st International Conference on Network Softwarization (IEEE NETSOFT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, London, United Kingdom. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NETSOFT.2015.7116143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloudlet Network Design Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IFIP Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Toulouse, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IFIPNetworking.2015.7145315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01212798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Network Functions Placement and Routing Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CloudNet 2015 - IEEE 4th International Conference on Cloud Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Niagara Falls, ON, Canada. pp.171-177, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2015.7335301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170042v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated Pacing on Multiple Paths to Improve One Way Delay Estimations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IFIP/IEEE International Symposium on Integrated Network Management (IM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Ottawa, Canada. pp.672-678, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INM.2015.7140354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility-aware estimation of content consumption hotspots for urban cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinh Hoa La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Krakow, Poland. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2014.6838312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Ethernet Multipath Routing on Data Center Network Consolidations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th international workshop on Data Center Performance (DCPerf), The 34th International Conference on Distributed Computing Systems (ICDCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Madrid, Spain. pp.57-62, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2014.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the Achievable Cellular Traffic Offloading Gain with Passpoint Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Wietholter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wolisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WiMobCity'14 - ACM international workshop on Wireless and mobile technologies for smart cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Philadelphia, United States. pp.19-28, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2633661.2633672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latência Versus Sobrevivência no Projeto de Centros de Dados Geograficamente Distribuídos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. H. Maciel Kosmalski Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Mitre Campista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Brazilian Symposium on Computer Networks and Distributed Systems (SBRC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florianopolis, SC, Brazil. pp.402-441, </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SBRC.2014.48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latency Versus Survivability in Geo-Distributed Data Center Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE Global Communications Conference (IEEE GLOBECOM 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Austin, TX, United States. pp.1102-1107, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2014.7036956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On traffic fairness in data center fabrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 3rd International Conference on Cloud Networking (CloudNet 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Luxembourg, Luxembourg. pp.40-45, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2014.6968966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of virtual bridging on virtual machine placement in data center networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Teletraffic Congress (ITC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Karlskrona, Sweden. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC.2014.6932945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and Opportunities for Cloud-based Computation Offloading for Mobile Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Jiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roy Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Smoreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Network and Mobile Summit 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbon, Portugal. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting Cloud Communications Through A Crosslayer Multipath Protocol Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Worskshop on Software Defined Networks for Future Networking Services, SDN4FNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Trento, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SDN4FNS.2013.6702535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Multipath Load Sharing Using Vectorized Routing Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (IEEE GLOBECOM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Atlanta, GA, United States. pp.1507-1512, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2013.6831287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Mobile Phone Data Allow Estimating Real Human Trajectory?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on the Analysis of Mobile Phone Datasets (NetMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Cambridge, United States. pp.36-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving Sub-Second Downtimes in Internet-wide Virtual Machine Live Migrations in LISP Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE International Symposium on Integrated Network Management (IM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ghent, Belgium. pp.286-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demands Rescaling for Resource and Power Allocation in Cooperative Femtocell Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Hkimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE International Conference on Communications (ICC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.6235-6239, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2013.6655605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-layer Cooperation to Boost Multipath TCP Performance in Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE Int. Conference in Cloud Networking (IEEE CloudNet 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, San Francisco, CA, United States. pp.58-66, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2013.6710558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Real Human Trajectories through Mobile Phone Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MDM 2013 - 14th IEEE International Conference on Mobile Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Milan, Italy. pp.148-153, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM.2013.85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstrating LISP-based Virtual Machine Mobility for Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 1st IEEE Int. Conference on Cloud Networking (IEEE CloudNet 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.200-202, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2012.6483686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Evaluation of Performance-Cost Trade-offs in a Multipath TCP Multihoming Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinh Chung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Mai-Trang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.1443-1447, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content consumption cartography of the paris urban region using cellular probe data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhuochao He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">URBANE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Nice, France. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2413236.2413246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bankruptcy game approach for resource allocation in cooperative femtocell networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Communications Conference (IEEE GLOBECOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Anaheim, United States. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2012.6503376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic subchannel resource allocation for cooperative OFDMA Wireless Mesh Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications (ICC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ottawa, Canada. pp.440-444, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2012.6364139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Open Control-Plane Implementation for LISP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE Int. Conference on Network Infrastructure and Digital Content (IEEE NIDC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Beijing, China. pp.266-270, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNIDC.2012.6418757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Transit-Edge Routing Separation: Analysis and Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 International Conference on the Network of the Future (NoF 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp.46-51, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOF.2011.6126681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01286970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient Traffic Engineering in a Transit-Edge Separated Internet Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guruprasad K. Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE Int. Conference on Communications (IEEE ICC 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icc.2011.5963439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Resilient Routing Policy for Peering Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaiyuan Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bjarne Emil Helvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Global Telecommunications Conference, GLOBECOM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Miami, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2010.5683622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of AS-level path deviations and multipath in Internet routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Elena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 6th EURO-NGI Conference on Next Generation Internet Networks (NGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2010.5534468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ClubMED: Coordinated Multi-Exit Discriminator Strategies for Peering Carriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 Next Generation Internet Networks (NGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Aviero, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2009.5175756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testbed implementation of control plane extensions for inter-carrier GMPLS LSP provisioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aruna Prem Bianzino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 5th International Conference on Testbeds and Research Infrastructures for the Development of Networks &amp; Communities and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Washington, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRIDENTCOM.2009.4976225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative multi-provider routing optimization and income distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Mycek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Pioro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Tomaszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 7th International Workshop on Design of Reliable Communication Networks. DRCN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, France. pp.281-288, </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2009.5339996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEMP: Peering Equilibrium MultiPath Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM 2009 - 2009 IEEE Global Telecommunications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Honolulu, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2009.5425330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of quasi-regular composite-star and multi-hop structures for core networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Conference on High Performance Switching and Routing (HSPR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Shanghai, France. pp.229-234, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HSPR.2008.4734448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS Tree Selection for Inter-Domain Multipoint MPLS Tunnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Beijing, France. pp.5863-5868, </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2008.1096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct optimal design of a quasi-regular composite-star core network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Malucelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 6th International Workshop on Design and Reliable Communication Networks (DRCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, La Rochelle, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2007.4762276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Dimensioning of a Novel composite-star WDM Network with TDM Channel Partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 3rd International Conference on Broadband Communications, Networks and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, San Jose, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BROADNETS.2006.4374299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On flexible association and placement in disaggregated RAN designs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiba Hojeij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Sharara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 238, pp.108166. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2025.108166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05039850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Terrestrial Disaggregated RAN: Prospective Architectures and Performance Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farzad Veisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Braconnot Velloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomaso de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Mafakheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2025.3569497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05061342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function placement for in-network federated learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Riggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 256, pp.110900. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line-rate Botnet Detection with SmartNIC-Embedded Feature Extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Patetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 254 (110809), </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699807v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Group anomaly detection in mobile app usages: A spatiotemporal convex hull methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.109277. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2022.109277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les attaques DDOS n'ont qu'à bien se tenir avec DOTS!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Edet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03559586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmenting DiffServ operations with dynamically learned classes of services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Aureli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Listanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Polverini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 202, pp.108624. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2021.108624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Access Point Clustering in Edge Computing Resource Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour-El-Houda Yellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Boumerdassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilal Maaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (3), pp.2738 - 2750. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3186856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function splitting, isolation, and placement trade-offs in network slicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (2), pp.1920-1936. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2021.3130915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An AI-empowered framework for cross-layer softwarized infrastructure state assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (4), pp.4434-4448. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3161872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed algorithms for multi-resource allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Rovedakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (10), pp.2524-2539. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2022.3144376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach for Bitcoin pool-hopping detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Cortesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bruschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Taktak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 205 (108758), pp.108758. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2021.108758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbolic K-means for traffic-aware clustering in cloud and virtualized RANs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Djeddal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liticia Touzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasios Giovanidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 176, pp.258-271. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2021.06.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109662v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Function Mapping: from 3G Entities to 5G Service-Based Functions Decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Standards Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOMSTD.001.1900040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Botnet Fingerprinting: a Frequency Distributions Scheme for Lightweight Bot Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (3), pp.1701-1714. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2020.2996502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02568587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of zero-day attacks: An unsupervised port-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 180, pp.107391. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2020.107391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Resource Allocation for Network Slicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Perny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (3), pp.1311-1324. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2020.2979667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008115v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISP-MSX: Decentralized Interconnection of Independent LISP Mapping Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boucadair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dung Chi Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (1), pp.35-41. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2018.1701323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPTCP Robustness Against Large-Scale Man-in-the-Middle Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi-Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevid Felix Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 164, pp.106896. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.106896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02287761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FastRule: Efficient Flow Entry Updates for TCAM-based OpenFlow Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (3), pp.484-498,. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSAC.2019.2894235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02021507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Availability-driven NFV Orchestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 155 (47-61), </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.02.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vademecum on Blockchain Technologies: When, Which and How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Božić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Surveys and Tutorials, IEEE Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (4), pp.3796-3838. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMST.2019.2928178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870617v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Assignment Patterns in Mobile Edge Cloud Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 106, pp.246-259. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2018.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Recovery Path Computation for Fast Reroute in Large-scale Software Defined Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (8), pp.1755-1768. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSAC.2019.2927098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Estimate and Fairness in Resource Allocation with Inaccurate Information Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Networking Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (4), pp.173-177. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LNET.2019.2946466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fair Resource Allocation in Systems with Complete Information Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Fossati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Moretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (6), pp.2801-2814. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2018.2878644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ULOOF: a User Level Online Offloading Framework for Mobile Edge Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José L. D. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se-Young Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Fernandes Macedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Marcos Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (11), pp.2660-2674. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMC.2018.2815015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01547036v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Orchestration of Virtual Network Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meihui Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardetta Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 142, pp.108-127. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01539481v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ParaCon: A Parallel Control Plane for Scaling Up Path Computation in SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Qiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siyuan Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiongwen Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (4), pp.978-990. </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2017.2761777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478162v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Edge Cloud Network Design Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Ceselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.1818-1831. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2017.2652850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An implementation of Multipath TCP in ns3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 116, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2017.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382907v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowded spot estimator for urban cellular networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Premoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (11-12), pp.743-754. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-017-0591-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability and Survivability Analysis of Data Center Network Topologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (2), pp.346-392. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-015-9354-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking Virtual Machine Mobility to User Mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (4), pp.927-940. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2016.2592241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing and predicting mobile application usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badis Tebbani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 95, pp.82-94. </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comcom.2016.04.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Fair Network Cache Allocation to Content Providers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud El Chamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103, pp.129-142. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2016.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipath Transmission for the Internet: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Lukyanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghong Ou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antti Yla-Jaaski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasu Tarkoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Surveys and Tutorials, IEEE Communications Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (4), pp.2887-2925. </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMST.2016.2586112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Striking a Balance between Traffic Engineering and Virtual Bridging in Virtual Machine Placement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dallal Belabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Medhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (2), pp.202-216. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2015.2413755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Operations Research Game Approach for Resource and Power Allocation in Cooperative Femtocell Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14 (4), pp.675-687. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMC.2014.2329835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Server Placement with Shared Backups for Disaster-Resilient Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 93 (3), pp.423-434. </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2015.09.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01218898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Data Traffic Offloading over Passpoint Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wolisz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezary Ziemlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 84, pp.76-93. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2015.04.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating human trajectories and hotspots through mobile phone data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislav Sobolevsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Ratti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.296-307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud Networks: Enhancing Performance and Resiliency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Murugesan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 47 (10), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MC.2014.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Design Requirements for Disaster Resilience in IaaS Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Souza Couto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Elias Mitre Campista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Henrique Maciel Kosmalski Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52 (10), pp.52-58. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2014.6917402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OpenLISP control-plane architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (2), pp.34-40. </w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2014.6786611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01168802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance-Cost Trade-off Strategic Evaluation of Multipath TCP Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Mai-Trang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinh Chung Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (2), pp.250-263. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2014.2321838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Incentives and Incremental Deployments of ICN technologies for OTT Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Barakat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (3), pp.20-25. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MNET.2014.6843228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00961232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving Sub-Second Downtimes in Large-Scale Virtual Machine Migrations with LISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cianfrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (2), pp.133-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nucleolus-based Approach for Resource Allocation in OFDMA Wireless Mesh Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Hoteit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rami Langar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (11), pp.2145-2154. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmc.2012.177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Inter-Domain Traffic Engineering with Transit-Edge Hierarchical Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunpeng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bijan Jabbari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 57 (4), pp.976-989. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2012.11.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01168796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient Inter-Carrier Traffic Engineering for Internet Peering Interconnections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaiyuan Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bjarne Emil Helvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (4), pp.274-284. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2011.110311.100064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering Equilibrium MultiPath Routing: a game theory framework for Internet peering settlements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (2), pp.419-432. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2010.2062535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Exit Discriminator Game for BGP Routing Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fioravante Patrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Maier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 48 (1-2), pp.77-92. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-010-9335-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survivability and Reliability of a Composite-Star Transport Network with Disconnected Core Switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sanso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (1), pp.43-59. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11235-009-9277-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS-level source routing for multi-provider connection-oriented services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54 (14), pp.2453-2467. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Optimization of the Petaweb Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Reinert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (1), pp.332-345. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNET.2008.925092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A service plane over the PCE architecture for automatic multidomain connection-oriented services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Douville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46 (6), pp.94-102. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2008.4539472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design for survivable backbones with end-to-end and subpath wavebanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tornatore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optical Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 6 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JON.6.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for managing at least one orchestration entity in a software network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3124913B1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systeme et procédé d'authentification d'instructions de gestion de ressources informatiques d'un serveur de virtualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikola Božić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3070778. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03410486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on blockchain networks and distributed protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Orda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Herlihy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 77 (1-2), 2022, </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-022-00908-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Network Slice Design Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03167358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La téléportation : de la fiction au SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC - Multi-Systems &amp; Internet Security Cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaques par fabrication de liens dans le SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OpenStack et la gestion des vulnerabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Joly-Pottuz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Le Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en main du machine learning avec Splunk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wassim Berriche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.20-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désanonymisation du jeu de données MAWI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vania Conan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques vulnerabilités du SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISC : multi-system &amp; internet security cookbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th International Conference on Network and Service Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmet Ulema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suart Clayman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muge Sayit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cihat Çetinkaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 17th International Conference on Network and Service Management (CNSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Izmir, IEEE, 2021, </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM52442.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2021 IEEE 7th International Conference on Network Softwarization (NetSoft)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kohei Shiomoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young-Tak Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiristian Esteve Rothenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiji Oki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE 7th International Conference on Network Softwarization (NetSoft)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tokyo, IEEE, 2021, </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NetSoft51509.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03305379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2020 International Conference on the Network of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Hossfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufik Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Razvan Stanica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 11th International Conference on Network of the Future (NoF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Bordeaux, IEEE, 2020, </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NoF50125.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMA 2019 - Proceedings of the 3rd Network Traffic Measurement and Analysis Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference, TMA 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. IEEE, 2019, 978-3-903176-17-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th IEEE Conference on Network Softwarization, NetSoft 2019, Paris, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip de Turck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Cerroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSoft 2019 - 5th IEEE International Conference on Network Softwarization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. 2019, ISBN 978-1-5386-9376-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22nd Conference on Innovation in Clouds, Internet and Networks and Workshops, ICIN 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Galis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogier Noldus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Idzikowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference on Innovation in Clouds, Internet and Networks and Workshops, ICIN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. 2019, 978-1-5386-8336-1. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN45400.2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of Wireless Days 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rosenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Ben Mnaouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gerla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadjib Achir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Wireless Days (WD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Dubai, United Arab Emirates. IEEE, 2018, 978-1-5386-5632-7. </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WD43074.2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2016 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shughuang Robert Cui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Globecom Workshops (GC Wkshps)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Washington DC, United States. 2017, 978-1-5090-2482-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2017 IFIP/IEEE Symposium on Integrated Network and Service Management (IM) Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Simoes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspary Luciano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmundo Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IFIP/IEEE Symposium on Integrated Network and Service Management (IM) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lisbon, Portugal. 2017, 978-3-901882-89-0. </w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/INM.2017.7987258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2017 20th Conference on Innovations in Clouds, Internet and Networks (ICIN 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Crespi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Manzalini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Conference on Innovations in Clouds, Internet and Networks (ICIN 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France. 2017, 978-1-5090-3672-1. </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2017.7899242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RESCOM 2017 Summer school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Saucez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lebre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Le Croisic, France. CNRS, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 12th International Conference on the Design of Reliable Communication Networks, DRCN 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosper Chemouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Pattavina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-1-4673-8496-4. </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DRCN.2016.7470822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on the Network of the Future (NOF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Carlos Muniz Bandeira Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Dias de Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Gonçalves Rubinstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcelo Dias de Amorim; Otto Carlos Muniz Bandeira Duarte; Marcelo Gonçalves Rubinstein; Stefano Secci. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on the Network of the Future (NOF) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Buzios, Brazil. , 2016, 978-1-5090-4670-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Workshop on Mobility in the Evolving Internet Architecture, MobiArch 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinbing Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-1-4503-3695-6. </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2795381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st IEEE International Conference on Cloud Networking, CLOUDNET 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Brunner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 978-1-4673-2798-5. </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CloudNet.2012.6483642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2011 International Conference on the Network of the Future, NoF 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 978-1-4577-1607-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference architecture for slicing in LoRAWAN networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renzo Navas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Aimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Aubonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan- Guy Kerdoncuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Consortium INTELLIGENTSIA. 2021, pp.1-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publish/Subscribe Functionality for LISP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Rodriguez-Natal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Leong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Maino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabellos Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Barkai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] IETF. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01620879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security and Performance Comparison of ONOS and ODL Controllers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessio Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Sanchez Vilchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Tahirou Bah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedra Vizzarreta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ONOS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONOS Security & Performance Analysis (Report No. 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Verchere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ONOS. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONOS Security & Performance Analysis (Report No. 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Attou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chi Dung Phung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suchitra Vemuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] ONOS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An MPTCP Option for Network-Assisted MPTCP Deployments: Plain Transport Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boucadair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Behaghel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Henderickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] draft-boucadair-mptcp-plain-mode-07, IETF. 2016, draft-boucadair-mptcp-plain-mode-07</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Formulation for the Network Slice Design Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley da Silva Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Benhamiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448028v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilient NFV Technology and Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrzej Kamisiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Musumeci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hmaity</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Tornatore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Casazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Disaster-Resilient Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.675-697, 2020, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44685-7_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Collaborative Intrusion Detection and Prevention Systems Based on SDN and NFV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Scott-Hayward</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Disaster-Resilient Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.653-673, 2020, Computer Communications and Networks, </w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44685-7_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrade of a Composite-Star Optical Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunilde Sansò</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Technologies, Mobility and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.281-296, 2017, </w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-6270-4_24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme LISP-Lab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jacquenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Iannone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JRES (Journées réseaux de l'enseignement et de la recherche ) 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented Multipath TCP Communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Coudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Pujolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNP 2013 - IEEE International Conference on Network Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Gottingen, Germany. IEEE, pp.1-2, </w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNP.2013.6733625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-provider Service and Transport Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">domain_other. Télécom ParisTech, 2009. English. </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00005939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId634"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E5F59E6C"/>
+    <w:nsid w:val="8126A8A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefano-secci" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6129-0676" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17155101X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500097v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Taborelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Veisi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro B Velloso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474092v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Mafakheri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049981v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Boudjelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Cherrared" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Braconnot Velloso" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS57970.2025.11073605" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288015v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Bufalino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Blaise" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.09322" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040262v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Khoa Dang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Khalif&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rovedakis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Sintorn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLCN64995.2025.11140086" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040259v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rovedakis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM55648.2025.11044545" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929581v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Cressant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402272v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Chreif" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerioul Lounis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio C&#233;sar P&#233;rez Garcia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Taktak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039989v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Guemdani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengwenlong Gu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Dung Phung" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPSR64165.2025.11038873" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322807v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Chaouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patient Ntumba" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM67658.2025.11297468" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681121v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Houda Yellas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Bin Ruba" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehmi Ben Abdesslem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Romain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lejkin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet62863.2024.10815848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943047v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Ali Bin Ruba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Modina" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet62863.2024.10815883" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429291v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongku Choi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Chemouil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deep Medhi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575871" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753613v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953848v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Veisi Goshtasb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso de Cola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510233v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Hojeij" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Iecker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Sharara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hoteit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V&#232;que" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/infocomwkshps61880.2024.10620754" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612869v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Dang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Lindbo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC51166.2024.10622652" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025834v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Aimi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702720v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Patetta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830380" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712114v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830390" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/WiOpt56218.2022.9930551" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698732v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung Chi Phung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830292" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883727v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardetta Addis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Riggio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654692v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376034v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Diamanti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Sanchez Vilchez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN51074.2021.9385535" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285731v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Boumerdassi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceselli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN51631.2021.9477332" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471522v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley da Silva Coelho" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Benhamiche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Perrot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Zappal&#224;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Belotti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Potop-Butucaru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501916v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Aureli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cianfrani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110430" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helin Yang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehui Xiong" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhao" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusit Niyato" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Wu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM42002.2020.9322599" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942693v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM50824.2020.9269106" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634752v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2021.42" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917660v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC3249928.2020.00012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501912v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Conan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110420" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977723v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2020.49" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501918v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fossati" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moretti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110391" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414356v4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS47774.2020.00060" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119801v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445436v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muge Sayit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Karayer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Dung Phung" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM48015.2019.8949163" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496683v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NoF47743.2019.9014995" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481221v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kirati" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTSI.2018.8548376" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01740823v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coudron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401586" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949065v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benevid Felix" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Steuck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldri Santos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nogueira" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2018.8538641" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949063v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Qiu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yuan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhao" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00093" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01740816v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fiore" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Furno" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Premoli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2018.8696508" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01683849v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Bozic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Pujolle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSNET.2017.8242003" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01589722v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ktari" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lavaux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2017.8024695" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01445492v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2017.8264839" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672750v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zanni" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se-Young Yu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellavista" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Langar" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM.2017.8256026" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01445494v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Casazza" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2017.8264850" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01504379v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho-Dac-Duy Nguyen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM.2017.8255970" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672752v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2017.8116525" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536607v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCNS.2016.7870552" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431460v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Dac Duy Nguyen" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOF.2016.7810142" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01316050v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandesh Uppoor" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezary Ziemlicki" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Smoreda" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCNC.2016.7444869" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395848v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mas Machuca" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Vizarreta" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Kuipers" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Gouglidis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM.2016.7608265" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345681v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Touihri" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Turpault" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raad" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cachereul" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502927" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345680v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2016.7500368" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431463v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2016.7763174" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431462v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCN.2016.7785189" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395846v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Teresa" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapolcai Janos" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Esposito" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hutchinson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM.2016.7608263" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212797v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gallard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NETSOFT.2015.7116143" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212799v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Benchaib" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANCS.2015.7110140" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212798v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceselli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFIPNetworking.2015.7145315" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288455v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jacquenet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Iannone" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170042v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dallal Belabed" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2015.7335301" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215892v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INM.2015.7140354" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120818v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2014.10" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131518v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Wietholter" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wolisz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2633661.2633672" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131513v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Hoa La" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2014.6838312" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215562v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Souza Couto" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Maciel Kosmalski Costa" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Mitre Campista" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBRC.2014.48" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215655v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Elias Mitre Campista" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Henrique Maciel Kosmalski Costa" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2014.7036956" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120825v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2014.6968966" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120823v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC.2014.6932945" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216059v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Jiao" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Friedman" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Fu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216519v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Maier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Pattavina" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SDN4FNS.2013.6702535" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216148v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunpeng Liu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijan Jabbari" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2013.6831287" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131520v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Sobolevsky" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Ratti" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215996v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hkimi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Boutaba" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2013.6655605" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096116v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Colombo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216158v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2013.6710558" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131515v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM.2013.85" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269848v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinh Chung Nguyen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Trang Nguyen" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364582" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282408v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2012.6483686" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131516v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuochao He" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2413236.2413246" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282278v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNIDC.2012.6418757" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131511v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2012.6503376" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131503v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364139" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286970v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOF.2011.6126681" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282501v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guruprasad K. Rao" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5963439" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289187v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huaiyuan Ma" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarne Emil Helvik" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rougier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2010.5683622" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369380v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elena" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2010.5534468" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369377v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fioravante Patrone" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2009.5175756" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369376v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aruna Prem Bianzino" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Casellas" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Martinez" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRIDENTCOM.2009.4976225" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369443v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Mycek" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pioro" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Tomaszewski" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2009.5339996" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369378v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2009.5425330" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369371v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HSPR.2008.4734448" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369375v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Rougier" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pattavina" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.1096" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369442v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Malucelli" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sans&#242;" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2007.4762276" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369441v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BROADNETS.2006.4374299" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039850v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2025.108166" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061342v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2025.3569497" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766732v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110900" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699807v2" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110809" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753616v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2022.109277" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448680v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Listanti" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Polverini" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2021.108624" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559586v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453352v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2021.3130915" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719676v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Maaz" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3186856" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621081v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Sanchez Vilchez" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3161872" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533348v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2022.3144376" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526238v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Cortesi" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bruschi" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2021.108758" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109662v3" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Djeddal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liticia Touzari" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasios Giovanidis" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2021.06.021" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446529v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOMSTD.001.1900040" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889708v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107391" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568587v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2020.2996502" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008115v2" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Perny" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2020.2979667" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989714v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boucadair" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2018.1701323" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01870617v4" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Bo&#382;i&#263;" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMST.2019.2928178" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287761v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benevid Felix Silva" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.106896" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062779v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.02.017" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021507v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2019.2894235" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01730290v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2018.02.022" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311536v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LNET.2019.2946466" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181090v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2019.2927098" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910226v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2018.2878644" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547036v2" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. D. Neto" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fernandes Macedo" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marcos Nogueira" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2018.2815015" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01539481v2" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meihui Gao" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2018.06.006" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01478162v2" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyuan Huang" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongwen Xu" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2017.2761777" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01432579v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2017.2652850" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731502v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-017-0591-6" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01382907v2" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2017.02.002" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345678v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2016.2592241" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01217000v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Souza" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-015-9354-8" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345824v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Woo Lim" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tabourier" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badis Tebbani" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2016.04.026" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345613v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Lukyanenko" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghong Ou" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Yla-Jaaski" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasu Tarkoma" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMST.2016.2586112" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01112367v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El Chamie" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saucez" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2016.04.006" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165312v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2015.2413755" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165301v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2014.2329835" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01218898v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2015.09.039" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01148410v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2015.04.010" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165308v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2014.6917402" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165303v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San Murugesan" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MC.2014.277" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168802v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6786611" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018885v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165298v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2014.2321838" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00961232v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Barakat" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6843228" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096122v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168796v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2012.11.012" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0J73VR2G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018880v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmc.2012.177" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167800v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2011.110311.100064" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167765v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2010.2062535" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167767v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sanso" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-009-9277-3" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JTG9V30L-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167769v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-010-9335-x" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TPX4253N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167780v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2010.04.002" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJNG2TV1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369366v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reinert" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sanso" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2008.925092" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369369v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Douville" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Le Roux" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2008.4539472" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369362v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tornatore" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JON.6.000001" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458888v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410486v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825358v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Orda" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Herlihy" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-022-00908-9" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188528v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Joly-Pottuz" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167358v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188534v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188541v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Breton" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188521v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Berriche" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sailhan" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188716v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188557v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464778v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ulema" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suart Clayman" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cihat &#199;etinkaya" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM52442.2021" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305379v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Shiomoto" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Tak Kim" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiristian Esteve Rothenberg" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Martini" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Oki" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NetSoft51509.2021" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104311v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krief" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hossfeld" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stanica" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NoF50125.2020" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296177v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296176v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip de Turck" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Cerroni" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296151v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Galis" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabice Guillemin" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier Noldus" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Idzikowski" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN45400.2019" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493484v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rosenberg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ben Mnaouer" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gerla" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD43074.2018" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01568349v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shughuang Robert Cui" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01568327v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Simoes" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspary Luciano" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmundo Monteiro" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/INM.2017.7987258" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536608v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Crespi" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manzalini" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2017.7899242" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558074v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lebre" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536609v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gourdin" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2016.7470822" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513377v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Carlos Muniz Bandeira Duarte" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gon&#231;alves Rubinstein" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536611v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinbing Wang" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2795381" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536612v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Brunner" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2012.6483642" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536614v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566398v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Navas" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Aubonnet" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan- Guy Kerdoncuff" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01620879v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rodriguez-Natal" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Leong" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maino" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabellos Albert" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Barkai" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188550v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Tahirou Bah" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedra Vizzarreta" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188701v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Scott-Hayward" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Van" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Verchere" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188700v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Attou" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchitra Vemuri" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01354734v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Behaghel" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Henderickx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448028v4" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910291v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Kamisi&#324;ski" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Musumeci" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hmaity" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44685-7_27" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910290v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44685-7_26" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369374v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6270-4_24" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D76E5C4819E2E4BE382B1175201AA5A836B9EFF5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805587v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216180v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNP.2013.6733625" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005939v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefano-secci" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6129-0676" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17155101X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500097v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Taborelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Veisi Goshtasb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Braconnot Velloso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474092v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Veisi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro B Velloso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Mafakheri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Bufalino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Blaise" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.09322" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049981v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Boudjelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Cherrared" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Huang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillemin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS57970.2025.11073605" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040262v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Khoa Dang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Khalif&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rovedakis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Sintorn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLCN64995.2025.11140086" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040259v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rovedakis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM55648.2025.11044545" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929581v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Cressant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322807v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Chaouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patient Ntumba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM67658.2025.11297468" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039989v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Guemdani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengwenlong Gu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Dung Phung" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPSR64165.2025.11038873" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402272v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Chreif" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zerioul Lounis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio C&#233;sar P&#233;rez Garcia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Taktak" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043641v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Romain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lejkin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet62863.2024.10815848" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943047v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Ali Bin Ruba" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Modina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet62863.2024.10815883" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681121v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Houda Yellas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Bin Ruba" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehmi Ben Abdesslem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM62983.2024.10814613" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429291v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongku Choi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Chemouil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deep Medhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575871" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753613v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953848v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso de Cola" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510233v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Hojeij" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Iecker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Sharara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hoteit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V&#232;que" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/infocomwkshps61880.2024.10620754" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612869v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Dang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Lindbo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC51166.2024.10622652" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025834v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Aimi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725988v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/WiOpt56218.2022.9930551" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712114v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830390" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702720v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Patetta" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830380" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698732v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung Chi Phung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/6GNet54646.2022.9830292" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardetta Addis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Riggio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964625" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654692v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376034v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Diamanti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Sanchez Vilchez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN51074.2021.9385535" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285731v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Boumerdassi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceselli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN51631.2021.9477332" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471522v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley da Silva Coelho" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Benhamiche" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Perrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206203v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Zappal&#224;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Belotti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Potop-Butucaru" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501916v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Aureli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cianfrani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110430" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917660v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC3249928.2020.00012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634752v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2021.42" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923013v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helin Yang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehui Xiong" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusit Niyato" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Wu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM42002.2020.9322599" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942693v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM50824.2020.9269106" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501912v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Conan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110420" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977723v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2020.49" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501918v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fossati" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moretti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110391" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414356v4" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS47774.2020.00060" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119801v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445436v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muge Sayit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Karayer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Dung Phung" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM48015.2019.8949163" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496683v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NoF47743.2019.9014995" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481221v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kirati" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTSI.2018.8548376" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01740823v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coudron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401586" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949065v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benevid Felix" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Steuck" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldri Santos" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Nogueira" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2018.8538641" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949063v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Qiu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yuan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zhao" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00093" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01740816v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fiore" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Furno" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Premoli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2018.8696508" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01683849v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Bozic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Pujolle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSNET.2017.8242003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01589722v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ktari" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lavaux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2017.8024695" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01445492v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2017.8264839" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672750v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zanni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se-Young Yu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellavista" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Langar" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM.2017.8256026" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01445494v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Casazza" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2017.8264850" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01504379v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho-Dac-Duy Nguyen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM.2017.8255970" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672752v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2017.8116525" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395848v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mas Machuca" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Vizarreta" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Kuipers" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Gouglidis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM.2016.7608265" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536607v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCNS.2016.7870552" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431460v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Dac Duy Nguyen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOF.2016.7810142" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01316050v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandesh Uppoor" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezary Ziemlicki" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Smoreda" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCNC.2016.7444869" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345680v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2016.7500368" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345681v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Touihri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Turpault" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raad" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cachereul" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502927" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431463v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2016.7763174" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01431462v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCN.2016.7785189" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395846v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Teresa" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapolcai Janos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Esposito" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hutchinson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RNDM.2016.7608263" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288455v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jacquenet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Iannone" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212799v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Benchaib" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANCS.2015.7110140" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212797v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gallard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NETSOFT.2015.7116143" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212798v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceselli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFIPNetworking.2015.7145315" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170042v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dallal Belabed" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2015.7335301" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215892v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INM.2015.7140354" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131513v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Hoa La" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2014.6838312" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120818v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2014.10" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131518v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Wietholter" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wolisz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2633661.2633672" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215562v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Souza Couto" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H. Maciel Kosmalski Costa" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Mitre Campista" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBRC.2014.48" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215655v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Elias Mitre Campista" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Henrique Maciel Kosmalski Costa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2014.7036956" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120825v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2014.6968966" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120823v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC.2014.6932945" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216059v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Jiao" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Friedman" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Fu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216519v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Maier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Pattavina" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SDN4FNS.2013.6702535" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216148v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunpeng Liu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijan Jabbari" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2013.6831287" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131520v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Sobolevsky" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Ratti" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096116v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Colombo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215996v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hkimi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Boutaba" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2013.6655605" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216158v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2013.6710558" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131515v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM.2013.85" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282408v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2012.6483686" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269848v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinh Chung Nguyen" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Trang Nguyen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364582" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131516v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuochao He" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2413236.2413246" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131511v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2012.6503376" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131503v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6364139" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282278v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNIDC.2012.6418757" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286970v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOF.2011.6126681" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282501v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guruprasad K. Rao" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icc.2011.5963439" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289187v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huaiyuan Ma" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarne Emil Helvik" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rougier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2010.5683622" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369380v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elena" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2010.5534468" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369377v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fioravante Patrone" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2009.5175756" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369376v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aruna Prem Bianzino" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Casellas" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Martinez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRIDENTCOM.2009.4976225" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369443v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Mycek" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pioro" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Tomaszewski" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2009.5339996" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369378v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2009.5425330" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369371v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HSPR.2008.4734448" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369375v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Rougier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pattavina" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.1096" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369442v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Malucelli" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sans&#242;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2007.4762276" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369441v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BROADNETS.2006.4374299" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039850v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2025.108166" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061342v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2025.3569497" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766732v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110900" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699807v2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110809" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753616v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2022.109277" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559586v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448680v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Listanti" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Polverini" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2021.108624" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719676v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Maaz" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3186856" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453352v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2021.3130915" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621081v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Sanchez Vilchez" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3161872" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533348v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2022.3144376" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526238v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Cortesi" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bruschi" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2021.108758" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109662v3" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Djeddal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liticia Touzari" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasios Giovanidis" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2021.06.021" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446529v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOMSTD.001.1900040" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568587v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2020.2996502" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889708v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107391" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008115v2" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Perny" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2020.2979667" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989714v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boucadair" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2018.1701323" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287761v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benevid Felix Silva" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.106896" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021507v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2019.2894235" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062779v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.02.017" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01870617v4" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Bo&#382;i&#263;" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMST.2019.2928178" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01730290v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2018.02.022" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181090v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2019.2927098" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311536v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LNET.2019.2946466" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910226v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2018.2878644" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547036v2" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. D. Neto" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fernandes Macedo" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marcos Nogueira" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2018.2815015" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01539481v2" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meihui Gao" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2018.06.006" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01478162v2" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyuan Huang" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongwen Xu" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2017.2761777" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01432579v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2017.2652850" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01382907v2" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2017.02.002" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731502v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-017-0591-6" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01217000v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Souza" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-015-9354-8" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345678v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2016.2592241" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345824v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Woo Lim" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tabourier" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badis Tebbani" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2016.04.026" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01112367v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El Chamie" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saucez" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2016.04.006" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01345613v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Lukyanenko" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghong Ou" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Yla-Jaaski" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasu Tarkoma" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMST.2016.2586112" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165312v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2015.2413755" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165301v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2014.2329835" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01218898v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2015.09.039" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01148410v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2015.04.010" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018885v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165303v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San Murugesan" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MC.2014.277" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165308v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2014.6917402" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168802v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6786611" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165298v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2014.2321838" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00961232v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Barakat" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6843228" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01096122v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018880v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmc.2012.177" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168796v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2012.11.012" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0J73VR2G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167800v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2011.110311.100064" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167765v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2010.2062535" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167769v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-010-9335-x" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TPX4253N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167767v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sanso" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-009-9277-3" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JTG9V30L-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167780v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2010.04.002" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJNG2TV1-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369366v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reinert" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sanso" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2008.925092" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369369v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Douville" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Le Roux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2008.4539472" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369362v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Tornatore" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JON.6.000001" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458888v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410486v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825358v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Orda" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Herlihy" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-022-00908-9" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167358v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188528v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Joly-Pottuz" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188534v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188541v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Breton" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188521v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Berriche" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sailhan" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188716v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188557v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464778v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ulema" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suart Clayman" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cihat &#199;etinkaya" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM52442.2021" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305379v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohei Shiomoto" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Tak Kim" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiristian Esteve Rothenberg" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Martini" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Oki" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NetSoft51509.2021" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104311v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krief" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Hossfeld" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Ahmed" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stanica" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NoF50125.2020" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296177v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296176v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip de Turck" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Cerroni" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296151v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Galis" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabice Guillemin" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier Noldus" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Idzikowski" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN45400.2019" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493484v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rosenberg" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ben Mnaouer" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gerla" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD43074.2018" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01568349v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shughuang Robert Cui" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01568327v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Simoes" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspary Luciano" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmundo Monteiro" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/INM.2017.7987258" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536608v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Crespi" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manzalini" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2017.7899242" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558074v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lebre" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536609v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gourdin" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRCN.2016.7470822" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513377v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Carlos Muniz Bandeira Duarte" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gon&#231;alves Rubinstein" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536611v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinbing Wang" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2795381" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536612v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Brunner" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2012.6483642" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536614v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566398v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Navas" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Aubonnet" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan- Guy Kerdoncuff" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01620879v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rodriguez-Natal" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Leong" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maino" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabellos Albert" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Barkai" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188550v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Tahirou Bah" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedra Vizzarreta" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188701v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Scott-Hayward" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Van" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Verchere" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188700v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Attou" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchitra Vemuri" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01354734v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Behaghel" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Henderickx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448028v4" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910291v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Kamisi&#324;ski" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Musumeci" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hmaity" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44685-7_27" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910290v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44685-7_26" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369374v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6270-4_24" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D76E5C4819E2E4BE382B1175201AA5A836B9EFF5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805587v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216180v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNP.2013.6733625" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005939v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>