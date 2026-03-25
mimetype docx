--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,999 +66,999 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain dynamic organization at the acute stage of severe brain injury</w:t>
+                <w:t xml:space="preserve">Predictors of brain death after hanging-induced cardiac arrest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Della Bella</w:t>
+                <w:t xml:space="preserve">Boris Barrovecchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+                <w:t xml:space="preserve">Gwenhael Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Maria Mattia</w:t>
+                <w:t xml:space="preserve">Laurent Argaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Péran</w:t>
+                <w:t xml:space="preserve">Isabelle Desmeulles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Lamberti</w:t>
+                <w:t xml:space="preserve">Pierre Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 325, pp.121657. </w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.111017. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121657⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2026.111017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503686v1</w:t>
+                <w:t xml:space="preserve">hal-05538256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of severe acute encephalopathy in the ICU: an expert consensus statement from the french society of intensive care medicine</w:t>
+                <w:t xml:space="preserve">Brain dynamic organization at the acute stage of severe brain injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Sonneville</w:t>
+                <w:t xml:space="preserve">Gabriel Della Bella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Azabou</w:t>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bailly</w:t>
+                <w:t xml:space="preserve">Giulia Maria Mattia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Benghanem</w:t>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles de Almeida Cardoso</w:t>
+                <w:t xml:space="preserve">Walter Lamberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 325, pp.121657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13613-025-01436-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2025.121657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034535v1</w:t>
+                <w:t xml:space="preserve">hal-05503686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of p38α MAPK increases short-term astrocyte reactivity: the exploratory VIP trial in early Alzheimer’s disease</w:t>
+                <w:t xml:space="preserve">Sodium Bicarbonate for Severe Metabolic Acidemia and Acute Kidney Injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Gouilly</w:t>
+                <w:t xml:space="preserve">Boris Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Da-Costa</w:t>
+                <w:t xml:space="preserve">Mathieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Vrillon</w:t>
+                <w:t xml:space="preserve">Audrey de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Pistono</w:t>
+                <w:t xml:space="preserve">Laurent Bitker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Goubeaud</w:t>
+                <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 22 (1), pp.298. </w:t>
+              <w:t xml:space="preserve">JAMA Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12974-025-03625-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1001/jama.2025.20231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401662v1</w:t>
+                <w:t xml:space="preserve">hal-05338215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sodium Bicarbonate for Severe Metabolic Acidemia and Acute Kidney Injury</w:t>
+                <w:t xml:space="preserve">Inhibition of p38α MAPK increases short-term astrocyte reactivity: the exploratory VIP trial in early Alzheimer’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Jung</w:t>
+                <w:t xml:space="preserve">Dominique Gouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jabaudon</w:t>
+                <w:t xml:space="preserve">Alexandre Da-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey de Jong</w:t>
+                <w:t xml:space="preserve">Agathe Vrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bitker</w:t>
+                <w:t xml:space="preserve">Aurélie Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Audard</w:t>
+                <w:t xml:space="preserve">Marie Goubeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Cardiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (1), pp.298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1001/jama.2025.20231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12974-025-03625-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05338215v1</w:t>
+                <w:t xml:space="preserve">hal-05401662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroimmune activation is associated with neurological outcome in anoxic and traumatic coma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Management of severe acute encephalopathy in the ICU: an expert consensus statement from the french society of intensive care medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clovis Tauber</w:t>
+                <w:t xml:space="preserve">Romain Sonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estéban Fridman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrice Péran</w:t>
+                <w:t xml:space="preserve">Eric Azabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Riu</w:t>
+                <w:t xml:space="preserve">Sarah Benghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles de Almeida Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awae045/7615245⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-025-01436-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508517v1</w:t>
+                <w:t xml:space="preserve">hal-05034535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translocator protein (TSPO) genotype does not change cerebrospinal fluid levels of glial activation, axonal and synaptic damage markers in early Alzheimer’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Vrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Goubeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 43, pp.103626. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nicl.2024.103626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairment of central language processing in critically ill coronavirus disease 2019 patients with delirium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Ferré</w:t>
+                <w:t xml:space="preserve">Neuroimmune activation is associated with neurological outcome in anoxic and traumatic coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Buffières</w:t>
+                <w:t xml:space="preserve">Clovis Tauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lizette Heine</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Estéban Fridman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Riu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Curot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (2), pp.fcad073. </w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.awae045. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/braincomms/fcad073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/brain/awae045/7615245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692076v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroencephalography for prognostication of outcome in adults with severe herpes simplex encephalitis</w:t>
               </w:r>
@@ -1574,1493 +1574,1493 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a coherent structuration of disorders of consciousness expertise at a country scale: A proposal for France</w:t>
+                <w:t xml:space="preserve">Impairment of central language processing in critically ill coronavirus disease 2019 patients with delirium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Naccache</w:t>
+                <w:t xml:space="preserve">Fabrice Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Luauté</w:t>
+                <w:t xml:space="preserve">William Buffières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Silva</w:t>
+                <w:t xml:space="preserve">Lizette Heine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Riu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.D. Sitt</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jonathan Curot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2021.12.004⟩</w:t>
+              <w:t xml:space="preserve">Brain Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (2), pp.fcad073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/braincomms/fcad073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03683478v1</w:t>
+                <w:t xml:space="preserve">hal-04692076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lung Ultrasound to Assist ICU Admission Decision-Making Process of COVID-19 Patients With Acute Respiratory Failure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward a coherent structuration of disorders of consciousness expertise at a country scale: A proposal for France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Naccache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amazigh Aguersif</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+                <w:t xml:space="preserve">J. Luauté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sihem Bouharaoua</w:t>
+                <w:t xml:space="preserve">S. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucien Gaillard</w:t>
+                <w:t xml:space="preserve">J.D. Sitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Standarovski</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">B. Rohaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Explorations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4 (6), pp.e0719. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 178 (1-2), pp.9-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CCE.0000000000000719⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2021.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738343v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03683478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal MRI-Based Whole-Brain Assessment in Patients In Anoxoischemic Coma by Using 3D Convolutional Neural Networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lung Ultrasound to Assist ICU Admission Decision-Making Process of COVID-19 Patients With Acute Respiratory Failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amazigh Aguersif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Vinour</w:t>
+                <w:t xml:space="preserve">Sihem Bouharaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Ferre</w:t>
+                <w:t xml:space="preserve">Lucien Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Standarovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocritical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12028-022-01525-z⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Explorations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (6), pp.e0719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCE.0000000000000719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03970344v1</w:t>
+                <w:t xml:space="preserve">hal-04738343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energetic dysfunction in sepsis: a narrative review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Preau</w:t>
+                <w:t xml:space="preserve">Multimodal MRI-Based Whole-Brain Assessment in Patients In Anoxoischemic Coma by Using 3D Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Maria Mattia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vodovar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Boris Jung</w:t>
+                <w:t xml:space="preserve">Edouard Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Lancel</w:t>
+                <w:t xml:space="preserve">Helene Vinour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Zafrani</w:t>
+                <w:t xml:space="preserve">Fabrice Ferre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+              <w:t xml:space="preserve">Neurocritical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (S2), pp.303-312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00893-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12028-022-01525-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277613v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03970344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Exhaustion Markers on CD8+ T-Cell Patterns Predict Outcomes in Septic Patients Admitted to the ICU</w:t>
+                <w:t xml:space="preserve">Systematic Screening for Deep Vein Thrombosis in Critically Ill Inpatients With COVID-19: Impact on the Incidence of Venous Thromboembolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Guinault</w:t>
+                <w:t xml:space="preserve">François-Xavier Lapébie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Nicolau-Travers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stein Silva</w:t>
+                <w:t xml:space="preserve">Vincent Minville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cointault</w:t>
+                <w:t xml:space="preserve">Agnès Ribes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barnabé Daniau</w:t>
+                <w:t xml:space="preserve">Bertrand Combis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Thery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000005047⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.624808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2020.624808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04826450v1</w:t>
+                <w:t xml:space="preserve">hal-04501651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedside ultrasound monitoring of prone position induced lung inflation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">BMI and pneumonia outcomes in critically ill COVID‐19 patients: An international multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Bataille</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mikael Chetboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violeta Raverdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Labreuche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Simonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Wallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-021-06347-9⟩</w:t>
+              <w:t xml:space="preserve">Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (9), pp.1477-1486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/oby.23223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099240v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Energetic dysfunction in sepsis: a narrative review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Energetic dysfunction in sepsis: a narrative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Preau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vodovar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Lancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Zafrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Intensive Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.185. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00970-x⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00893-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03907447v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Screening for Deep Vein Thrombosis in Critically Ill Inpatients With COVID-19: Impact on the Incidence of Venous Thromboembolism</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arthur Thery</w:t>
+                <w:t xml:space="preserve">Expression of Exhaustion Markers on CD8+ T-Cell Patterns Predict Outcomes in Septic Patients Admitted to the ICU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Nicolau-Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cointault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barnabé Daniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmed.2020.624808⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (9), pp.1513-1523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000005047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501651v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BMI and pneumonia outcomes in critically ill COVID‐19 patients: An international multicenter study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florent Wallet</w:t>
+                <w:t xml:space="preserve">Correction to: Energetic dysfunction in sepsis: a narrative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Preau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vodovar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Lancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Zafrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/oby.23223⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00970-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03222408v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Magnetic Resonance Imaging Changes and Functional Outcomes Among Adults With Severe Herpes Simplex Encephalitis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Bedside ultrasound monitoring of prone position induced lung inflation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Riu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein Silva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2021.14328⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (5), pp.626-628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-021-06347-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531154v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional and Structural Integrity of Frontoparietal Connectivity in Traumatic and Anoxic Coma</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Briguitta Malagurski</w:t>
+                <w:t xml:space="preserve">Assessment of Magnetic Resonance Imaging Changes and Functional Outcomes Among Adults With Severe Herpes Simplex Encephalitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jaquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Nemmi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+                <w:t xml:space="preserve">Djida Belkacemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne de Montmollin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Vinour</w:t>
+                <w:t xml:space="preserve">Fabrice Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 48 (8), pp.e639-e647. </w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (7), pp.e2114328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000004406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2021.14328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04479358v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of Line Artifacts in Lung Ultrasound Images of COVID-19 Patients Via Nonconvex Regularization</w:t>
               </w:r>
@@ -3072,51 +3072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oktay Karakus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nantheera Anantrasirichai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amazigh Aguersif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3308,632 +3308,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological disintegration of resting state functional connectomes in coma</w:t>
+                <w:t xml:space="preserve">Functional and Structural Integrity of Frontoparietal Connectivity in Traumatic and Anoxic Coma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitta Malagurski</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Patrice Peran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Briguitta Malagurski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Nemmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Vinour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edouard Naboulsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.03.012⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (8), pp.e639-e647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000004406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03485013v1</w:t>
+                <w:t xml:space="preserve">hal-04479358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical septic shock research: why we need an animal ICU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Preau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aboab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Azabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Intensive Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.66. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13613-019-0543-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of brain diffusion tensor imaging for the prediction of long-term neurological outcomes in patients after cardiac arrest: a multicentre, international, prospective, observational, cohort study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topological disintegration of resting state functional connectomes in coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Boulier</w:t>
+                <w:t xml:space="preserve">Brigitta Malagurski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Péran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamine Sarton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Vinour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Adam</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Delphine</w:t>
+                <w:t xml:space="preserve">Edouard Naboulsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1474-4422(18)30027-9⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 195, pp.354 - 361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01788066v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Thoracic Ultrasound Assessment during a Successful Weaning Trial Predicts Postextubation Distress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stein Silva</w:t>
+                <w:t xml:space="preserve">Use of brain diffusion tensor imaging for the prediction of long-term neurological outcomes in patients after cardiac arrest: a multicentre, international, prospective, observational, cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Velly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalinda Ait Aissa</w:t>
+                <w:t xml:space="preserve">Vincent Perlbarg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cocquet</w:t>
+                <w:t xml:space="preserve">Thomas Boulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Hoarau</w:t>
+                <w:t xml:space="preserve">Nicolas Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Ruiz</w:t>
+                <w:t xml:space="preserve">Sebastien Delphine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anesthesiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 127 (4), pp.666-674. </w:t>
+              <w:t xml:space="preserve">The Lancet Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (4), pp.317 - 326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/ALN.0000000000001773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1474-4422(18)30027-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01759812v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural signature of coma revealed by posteromedial cortex connection density analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Briguita Malagurski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Riu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3997,51 +3997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Gray Matter MRI Morphometry for Neuroprognostication After Cardiac Arrest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Péran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Kerhuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4112,289 +4112,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruption of posteromedial large-scale neural communication predicts recovery from coma</w:t>
+                <w:t xml:space="preserve">Combined Thoracic Ultrasound Assessment during a Successful Weaning Trial Predicts Postextubation Distress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco de Pasquale</w:t>
+                <w:t xml:space="preserve">Dalinda Ait Aissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corine Vuillaume</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Riu</w:t>
+                <w:t xml:space="preserve">Pierre Cocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
+                <w:t xml:space="preserve">Lucille Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000002196⟩</w:t>
+              <w:t xml:space="preserve">Anesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 127 (4), pp.666-674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/ALN.0000000000001773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04591383v1</w:t>
+                <w:t xml:space="preserve">hal-01759812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Disruption of posteromedial large-scale neural communication predicts recovery from coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco de Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Vuillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Riu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85 (23), pp.2036-2044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000002196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04591383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impaired visual hand recognition in preoperative patients during brachial plexus anesthesia: importance of peripheral neural input for mental representation of the hand.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoîmt Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anesthesiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 114 (1), pp.126-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/ALN.0b013e31820164f1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00655212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4404,533 +4538,749 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain response to one?s own name in acute stage coma patients: electroencephalographic detection of cognitive event-related potentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Naboulsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamine Sarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1193-1193, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48465/fa.2020.0573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretable AI and Graph Theory in Disorders of Consciousness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Linking neuroinflammation and functional connectivity disruption in coma: a graph-theoretical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Cabrera Vazquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IABM 2025 - 3ème Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Nice, France. pp.1-1, 2025</w:t>
+              <w:t xml:space="preserve">1st EBRAINS Student Conference on Interdisciplinary Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Nice, France. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04998406v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph theory in Disorders of Consciousness: Toward multimodal integration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Uncertain-graph framework for restingstate connectivity analysis in coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Cabrera Vazquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 - 5th Annual Meeting of the Neuromod Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Antibes, France. , pp.1-1, 2025</w:t>
+              <w:t xml:space="preserve">IABM 2026 - Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Lyon, France. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05153617v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Graph theory in Disorders of Consciousness: Toward multimodal integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Cabrera Vazquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dojat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 - 5th Annual Meeting of the Neuromod Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Antibes, France. , pp.1-1, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05153617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Neuroinflammation and disrupted functional connectivity in coma: a graph-theoretical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Cabrera Vazquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stein Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBRAINS Summit 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Brussels, Belgium. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpretable AI and Graph Theory in Disorders of Consciousness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Cabrera Vazquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dojat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stein Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IABM 2025 - 3ème Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Nice, France. pp.1-1, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId195"/>
+      <w:footerReference w:type="default" r:id="rId203"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5077,51 +5427,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503686v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Della Bella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Sarton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Maria Mattia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Lamberti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121657" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sonneville" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Azabou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bailly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benghanem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Almeida Cardoso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-025-01436-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401662v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gouilly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Da-Costa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vrillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pistono" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goubeaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-025-03625-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338215v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jung" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jabaudon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bitker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.20231" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508517v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;ban Fridman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Riu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae045/7615245" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506104v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bertrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catala" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2024.103626" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692076v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ferr&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Buffi&#232;res" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Heine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Curot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad073" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087072v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Jeantin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vellieux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jaquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Montmollin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-023-01110-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badenes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04413239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Oujamaa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Delon-Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jaroszynski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Termenon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stein Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad319" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683478v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Naccache" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luaut&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Sitt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rohaut" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.12.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04738343v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Aguersif" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Bouharaoua" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Gaillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Standarovski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000719" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970344v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Villain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Vinour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ferre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12028-022-01525-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277613v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Preau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Zafrani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00893-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826450v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guinault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cointault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Daniau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000005047" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099240v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousset" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bataille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06347-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00970-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04501651v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lap&#233;bie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Minville" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ribes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Combis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Thery" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.624808" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222408v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Chetboun" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Raverdy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Simonnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Wallet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23223" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531154v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djida Belkacemi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonneville" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2021.14328" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479358v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briguitta Malagurski" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vinour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000004406" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876728v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oktay Karakus" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nantheera Anantrasirichai" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.3016092" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490875v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Srairi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Meluchova" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Paoletti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ahmad" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Abaziou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrad.2020.109132" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485013v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitta Malagurski" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Naboulsi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.03.012" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397610v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aboab" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0543-6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01788066v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perlbarg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boulier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Adam" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delphine" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(18)30027-9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759812v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalinda Ait Aissa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cocquet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Hoarau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruiz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000001773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591423v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briguita Malagurski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gonzalez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2017.03.017" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013552v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kerhuel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002379" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591383v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Pasquale" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Vuillaume" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Loubinoux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000002196" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655212v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;mt Bataille" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fourcade" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0b013e31820164f1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235910v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0573" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998406v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Cabrera Vazquez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153617v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421030v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05538256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Barrovecchio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenhael Colin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Argaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Desmeulles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bailly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2026.111017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503686v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Della Bella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamine Sarton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Maria Mattia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P&#233;ran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Lamberti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121657" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338215v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Jung" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jabaudon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bitker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.20231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401662v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gouilly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Da-Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vrillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pistono" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goubeaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-025-03625-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034535v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sonneville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Azabou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benghanem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Almeida Cardoso" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-025-01436-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506104v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bertrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Catala" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2024.103626" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508517v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;ban Fridman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Riu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae045/7615245" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087072v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Jeantin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Vellieux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jaquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Montmollin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-023-01110-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badenes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04413239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Oujamaa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Delon-Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jaroszynski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Termenon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stein Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad319" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692076v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ferr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Buffi&#232;res" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Heine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Curot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad073" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683478v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Naccache" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luaut&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Sitt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rohaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.12.004" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04738343v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Aguersif" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Bouharaoua" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Gaillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Standarovski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000719" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970344v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Villain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Vinour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ferre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12028-022-01525-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04501651v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lap&#233;bie" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Minville" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ribes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Combis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Thery" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2020.624808" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222408v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Chetboun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Raverdy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Simonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Wallet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23223" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277613v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Preau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Zafrani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00893-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826450v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guinault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cointault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Daniau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000005047" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907447v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00970-x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099240v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousset" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bataille" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-021-06347-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04531154v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djida Belkacemi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonneville" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2021.14328" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876728v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oktay Karakus" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nantheera Anantrasirichai" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.3016092" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490875v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Srairi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Meluchova" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Paoletti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ahmad" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Abaziou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrad.2020.109132" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479358v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peran" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briguitta Malagurski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nemmi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vinour" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000004406" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397610v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aboab" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0543-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485013v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitta Malagurski" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Naboulsi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.03.012" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01788066v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perlbarg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boulier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Adam" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delphine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(18)30027-9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591423v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briguita Malagurski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gonzalez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2017.03.017" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013552v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kerhuel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000002379" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759812v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalinda Ait Aissa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cocquet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Hoarau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ruiz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000001773" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591383v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Pasquale" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Vuillaume" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Loubinoux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000002196" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655212v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;mt Bataille" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fourcade" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0b013e31820164f1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235910v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0573" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554422v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Cabrera Vazquez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554407v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153617v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421030v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998406v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>