--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Ancel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Archives of Kirsten Pedersen (1932–2017): Inventory and Research Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27, </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.27.2191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une découverte fortuite au sein du Monastère des Bénédictines (Mont des Oliviers, Jérusalem)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dussart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des UMIFRE. Le magazine des unités mixtes / instituts français de recherche à l’étranger (UMIFRE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.21-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04557337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RUBENSON Sven (ED.) & AMSALU AKLILU, SHIFERAW BEKELE & RUBENSON Samuel (CO-EDS.). — Colonial Powers and Ethiopian Frontiers 1880-1884. Lund, Lund University Press (« Acta Aethiopica, vol. IV »), 2021, 281 p., index, ill.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 249, pp.202-205. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.40974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expliquer pourquoi nous sommes là : mais par quoi commencer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diasporas. Circulations, migrations, histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40, pp.33-36. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/diasporas.8494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delmaire Danielle et Rota Olivier, La fondation de l’Église catholique d’expression hébraïque en Israël 1947-1967, Paris, Honoré Champion, coll. « Bibliothèque des religions du monde », 2021, 257 p., 49 €.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 155, pp.223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoḥannǝs IV and the Patriarchate of Alexandria: Obtaining Four Coptic Bishops while Ceding Nothing on Jerusalem Issue (1876–1882)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.25.0.1813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Were the Ethiopians in Jerusalem Ottoman Citizens? Ethiopian Essentialism versus Ottomanism (1850–1916)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Northeast African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1-2), pp.1-26. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14321/nortafristud.20.1-2.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03083980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Across the Archives : New Sources about the Ethiopian Christian Community in Jerusalem (1840-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jerusalem Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71, pp.106-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Muslim Prophecy Justifying the Conversion of Ethiopian Muslims to Christianity during Yohannes IV's Reign. A Text Found in a Manuscript in Eastern Tigray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'Éthiopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (1), pp.315-333. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ethio.2015.1592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the History of the Library of Mäqdäla: New Findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nosnitsin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.90-95. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.17.1.859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early 20th Century Theological Controversies in Ethiopia: A Letter of the Coptic Metropolitan Ṗeṭros of 1904</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyżanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.121-151. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.17.1.861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discourse Against Catholic Doctrine in Tegray (Ethiopia): A Nineteenth Century Text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15, pp.92-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00799876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territories, ecclesiastical jurisdictions and centralization process: the improvement of the Ethiopian Patriarchate Authority (1972-1983)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'Éthiopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 26, pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centralization and political changes: the Ethiopian Orthodox Church and the ecclesiastical and political challenges in contemporary times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rassegna di Studi Etiopici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46, pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Centralization Process of the Ethiopian Orthodox Church: An Ecclesiastical History of Ethiopia During the 20th Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire ecclésiastique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 106 (3-4), pp.497-520. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.RHE.1.102466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorités ecclésiastiques et territoire : évolution des notions de paroisse et de diocèse en Éthiopie contemporaine : 1941-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 86 (2), pp.149-160. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bagf.2009.2661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Église orthodoxe d'Éthiopie à la veille d'une révolution (1971-1974) : Réforme et mainmise sur la gestion des paroisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 196, pp.925-952</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00799869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahbär et sänbäte : associations religieuses en Éthiopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8, pp.95-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des archives de Kirsten Pedersen (alias Kirsten Stoffregen-Pedersen, Soeur Krestos Semra, Soeur Abraham) déposées à l’École biblique et archéologique française de Jérusalem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre de recherche français à Jérusalem. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archival Data About the Ethiopian Orthodox Community in Jerusalem (1840-1948)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Monk on the Roof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyzanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04511280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Abbink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Ahmed Abdel Aziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Fantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2022, 9781138353992. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429426957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moine sur le toit. Histoire d'un manuscrit éthiopien trouvé à Jérusalem (1904)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyzanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion and religious movementsstrategies and adaptation to new landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Mwakimako</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of the Horn of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ethiopian Orthodox Community in Jerusalem: New Archives and Perspectives on Daily Life and Social Networks, 1840-1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ordinary Jerusalem 1840-1940, Opening New Archives, Revisiting a Global City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill; BRILL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.50-74, 2018, 9789004375741. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004375741_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Ancel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Archives of Kirsten Pedersen (1932–2017): Inventory and Research Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27, </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.27.2191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une découverte fortuite au sein du Monastère des Bénédictines (Mont des Oliviers, Jérusalem)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dussart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des UMIFRE. Le magazine des unités mixtes / instituts français de recherche à l’étranger (UMIFRE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.21-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04557337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RUBENSON Sven (ED.) & AMSALU AKLILU, SHIFERAW BEKELE & RUBENSON Samuel (CO-EDS.). — Colonial Powers and Ethiopian Frontiers 1880-1884. Lund, Lund University Press (« Acta Aethiopica, vol. IV »), 2021, 281 p., index, ill.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 249, pp.202-205. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.40974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expliquer pourquoi nous sommes là : mais par quoi commencer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diasporas. Circulations, migrations, histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40, pp.33-36. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/diasporas.8494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delmaire Danielle et Rota Olivier, La fondation de l’Église catholique d’expression hébraïque en Israël 1947-1967, Paris, Honoré Champion, coll. « Bibliothèque des religions du monde », 2021, 257 p., 49 €.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 155, pp.223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoḥannǝs IV and the Patriarchate of Alexandria: Obtaining Four Coptic Bishops while Ceding Nothing on Jerusalem Issue (1876–1882)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.25.0.1813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Were the Ethiopians in Jerusalem Ottoman Citizens? Ethiopian Essentialism versus Ottomanism (1850–1916)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Northeast African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1-2), pp.1-26. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14321/nortafristud.20.1-2.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03083980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Across the Archives : New Sources about the Ethiopian Christian Community in Jerusalem (1840-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jerusalem Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71, pp.106-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Muslim Prophecy Justifying the Conversion of Ethiopian Muslims to Christianity during Yohannes IV's Reign. A Text Found in a Manuscript in Eastern Tigray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'Éthiopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (1), pp.315-333. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ethio.2015.1592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early 20th Century Theological Controversies in Ethiopia: A Letter of the Coptic Metropolitan Ṗeṭros of 1904</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyżanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.121-151. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.17.1.861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the History of the Library of Mäqdäla: New Findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nosnitsin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17, pp.90-95. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15460/aethiopica.17.1.859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04834025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discourse Against Catholic Doctrine in Tegray (Ethiopia): A Nineteenth Century Text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15, pp.92-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00799876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centralization and political changes: the Ethiopian Orthodox Church and the ecclesiastical and political challenges in contemporary times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rassegna di Studi Etiopici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46, pp.1-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territories, ecclesiastical jurisdictions and centralization process: the improvement of the Ethiopian Patriarchate Authority (1972-1983)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'Éthiopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 26, pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Centralization Process of the Ethiopian Orthodox Church: An Ecclesiastical History of Ethiopia During the 20th Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire ecclésiastique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 106 (3-4), pp.497-520. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.RHE.1.102466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorités ecclésiastiques et territoire : évolution des notions de paroisse et de diocèse en Éthiopie contemporaine : 1941-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 86 (2), pp.149-160. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bagf.2009.2661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Église orthodoxe d'Éthiopie à la veille d'une révolution (1971-1974) : Réforme et mainmise sur la gestion des paroisses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 196, pp.925-952</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00799869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahbär et sänbäte : associations religieuses en Éthiopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aethiopica, International Journal for Ethiopian and Eritrean Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8, pp.95-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archival Data About the Ethiopian Orthodox Community in Jerusalem (1840-1948)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des archives de Kirsten Pedersen (alias Kirsten Stoffregen-Pedersen, Soeur Krestos Semra, Soeur Abraham) déposées à l’École biblique et archéologique française de Jérusalem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre de recherche français à Jérusalem. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Monk on the Roof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyzanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04511280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of the Horn of Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Abbink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Ahmed Abdel Aziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Fantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2022, 9781138353992. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429426957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04007208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moine sur le toit. Histoire d'un manuscrit éthiopien trouvé à Jérusalem (1904)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Krzyzanowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion and religious movementsstrategies and adaptation to new landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Mwakimako</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of the Horn of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ethiopian Orthodox Community in Jerusalem: New Archives and Perspectives on Daily Life and Social Networks, 1840-1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ordinary Jerusalem 1840-1940, Opening New Archives, Revisiting a Global City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill; BRILL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.50-74, 2018, 9789004375741. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004375741_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ancel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.27.2191" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04557337v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dussart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315555v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40974" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315538v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.8494" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315773v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468662v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.25.0.1813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083980v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/nortafristud.20.1-2.0001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098969v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834049v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2015.1592" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834025v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nosnitsin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.17.1.859" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Krzy&#380;anowska" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.17.1.861" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799876v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833895v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833854v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800143v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RHE.1.102466" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800135v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2009.2661" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799869v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800513v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321047v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315749v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04511280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Krzyzanowska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007208v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Bach" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Abbink" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Ahmed Abdel Aziz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Fantini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429426957" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985275v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779988v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mwakimako" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167254v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/view/book/edcoll/9789004375741/BP000015.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004375741_006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ancel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.27.2191" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04557337v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dussart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315555v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40974" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315538v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.8494" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315773v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468662v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.25.0.1813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083980v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/nortafristud.20.1-2.0001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098969v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834049v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2015.1592" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834016v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Krzy&#380;anowska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.17.1.861" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834025v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nosnitsin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15460/aethiopica.17.1.859" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799876v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833854v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833895v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800143v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RHE.1.102466" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800135v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2009.2661" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00799869v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800513v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315749v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04511280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Krzyzanowska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007208v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Bach" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Abbink" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Ahmed Abdel Aziz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Fantini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429426957" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985275v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779988v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mwakimako" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167254v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/view/book/edcoll/9789004375741/BP000015.xml" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004375741_006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>