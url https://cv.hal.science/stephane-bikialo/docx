--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -656,984 +656,984 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Polysémie, usages et fonctions de « voilà ». Beihefte zur Zeitschrift für romanische Philologie, Volume: 427</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Col</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Danino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Gruyter, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110622454⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation du colloque international « La Petite phrase, de Proust à Twitter. Percussion et répercussion »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rannoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lydie Salvayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Bikialo. Classiques Garnier, 2020, collection « Ecrivains francophones d’aujourd’hui »., Gilles Bonnet, 978-2-406-10561-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Gilles Col</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au nom du réalisme. Usage politique d’un mot d’ordre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Danino</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utopia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9782919160280</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation du colloque « Les dispositifs critiques : penser, dire, agir »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...23 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Farrugia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Organisation du colloque international « La Petite phrase, de Proust à Twitter. Percussion et répercussion »</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lectures digitales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Rault</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guilet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publie.net</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dire le travail. Fiction et témoignage depuis 1980. La Licorne, n° 103, P.U. Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En attendant Godot, Oh les beaux jours&amp;quot; de Samuel Beckett</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rannoux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de Rennes, A paraître</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Larrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 978-2-35030-117-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Au nom du réalisme. Usage politique d’un mot d’ordre</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un balcon en forêt&amp;quot; de Julien Gracq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9782919160280</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gervais-Zaninger Marie-Annick</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 978-2-35030-045-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Organisation du colloque « Les dispositifs critiques : penser, dire, agir »</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Âge d’homme de Michel Leiris (avec Annie Pibarot)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 2-912232-87-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les images chez Claude Simon : des mots pour le voir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">A paraître</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rannoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 71, 2004, La Licorne (Poitiers), ISSN 0398-9992, 2-7535-0047-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...427 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027496v1</w:t>
-              </w:r>
-[...69 lines deleted...]
-                <w:t xml:space="preserve">hal-02514456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2034,51 +2034,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rannoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polysémie, usages et fonctions de « voilà »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2269,199 +2269,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Leslie Kaplan : le détail, le réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mireille Hilsum. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leslie Kaplan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, collection « Ecrivains francophones d’aujourd’hui »</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ponctuation, rythme et espace graphique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Gautier, S. Pétillon et F. Rinck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Ponctuation à l’aube du XXIème siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lambert Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 978-2-35935-172-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305218v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-02305219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la réalité récusée à « l’irrécusable » dans la Correspondance entre Jean Dubuffet et Claude Simon</w:t>
               </w:r>
@@ -2695,1449 +2695,1449 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02509324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enigme</w:t>
+                <w:t xml:space="preserve">Mot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 325-327., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 707-711., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509942v1</w:t>
+                <w:t xml:space="preserve">hal-02509953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omnibus</w:t>
+                <w:t xml:space="preserve">Sujet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 761-762., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 1029-1033, 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509956v1</w:t>
+                <w:t xml:space="preserve">hal-02510630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correspondance avec Jean Dubuffet</w:t>
+                <w:t xml:space="preserve">Avant-textes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 242-246., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 88-91., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509932v1</w:t>
+                <w:t xml:space="preserve">hal-02509927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rythme</w:t>
+                <w:t xml:space="preserve">Correspondance avec Jean Dubuffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 954-959., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 242-246., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510628v1</w:t>
+                <w:t xml:space="preserve">hal-02509932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langue</w:t>
+                <w:t xml:space="preserve">Rythme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 574-579., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 954-959., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509950v1</w:t>
+                <w:t xml:space="preserve">hal-02510628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révolution</w:t>
+                <w:t xml:space="preserve">Omnibus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 913-917., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 761-762., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510627v1</w:t>
+                <w:t xml:space="preserve">hal-02509956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variantes</w:t>
+                <w:t xml:space="preserve">Langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 1107-1109, 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 574-579., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510631v1</w:t>
+                <w:t xml:space="preserve">hal-02509950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-textes</w:t>
+                <w:t xml:space="preserve">Révolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 88-91., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 913-917., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509927v1</w:t>
+                <w:t xml:space="preserve">hal-02510627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sujet</w:t>
+                <w:t xml:space="preserve">Variantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 1029-1033, 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 1107-1109, 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510630v1</w:t>
+                <w:t xml:space="preserve">hal-02510631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mot</w:t>
+                <w:t xml:space="preserve">Dessins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 707-711., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 268-272., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509953v1</w:t>
+                <w:t xml:space="preserve">hal-02509935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dessins</w:t>
+                <w:t xml:space="preserve">Ecriture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 268-272., 2013</w:t>
+              <w:t xml:space="preserve">, Champion, p. 307-312., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509935v1</w:t>
+                <w:t xml:space="preserve">hal-02509939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecriture</w:t>
+                <w:t xml:space="preserve">Réalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 307-312., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 867-870., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509939v1</w:t>
+                <w:t xml:space="preserve">hal-02509959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalisme</w:t>
+                <w:t xml:space="preserve">Similantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 867-870., 2013</w:t>
+              <w:t xml:space="preserve">, Champion, p. 1004-1007., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509959v1</w:t>
+                <w:t xml:space="preserve">hal-02510629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Similantes</w:t>
+                <w:t xml:space="preserve">Voyage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 1004-1007., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 1119-1121., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510629v1</w:t>
+                <w:t xml:space="preserve">hal-02510632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyage</w:t>
+                <w:t xml:space="preserve">Enigme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Champion, p. 1119-1121., 2013, 978-2-7453-2649-2</w:t>
+              <w:t xml:space="preserve">, Champion, p. 325-327., 2013, 978-2-7453-2649-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510632v1</w:t>
+                <w:t xml:space="preserve">hal-02509942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autre langue, autres images. Le travail dans la littérature française contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images du travail, travail des images (colloque international organisé par le GRESCO - Groupe de Recherches et d’Etudes Sociologiques du Centre-Ouest)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PU Rennes / éditions Atlantique, p. 51-62., 2012, 978-2-7535-1820-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coïncidences du dire : Jacqueline Authier-Revuz et Bernard Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sonia Branca-Rosoff; Claire Doquet; Julie Lefebvre; Evelyne Oppermann-Marsaux; Sabine Pétillon et Frédérique Sitri. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Hétérogène à l’œuvre dans la langue et les discours. Hommage à Jacqueline Authier-Revuz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambert-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 337-347., 2012, 978-2-35935-049-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lenoir : un minimalisme orchestré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Dambre et Bruno Blanckeman. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanciers minimalistes 1979-2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 255-269, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Laurent Mauvignier et l’ON »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Dürrenmatt et Cécile Narjoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Une langue qui court » : la langue de Laurent Mauvignier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Universitaires de Dijon, p. 81-92., 2012, 978-2364410190</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513479v1</w:t>
-              </w:r>
-[...252 lines deleted...]
-                <w:t xml:space="preserve">hal-02510633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Maladie de la langue</w:t>
               </w:r>
@@ -4276,311 +4276,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la reformulation à la glose : l'exemple de ou plutôt</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ou plutôt&amp;quot; (notice lexicographique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Marqueurs de glose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Provence, 2005, collection "Lagnues et langages"</w:t>
+              <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306387v1</w:t>
+                <w:t xml:space="preserve">hal-02306390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ou plutôt&amp;quot; (notice lexicographique)</w:t>
+                <w:t xml:space="preserve">Comme&amp;quot; (notice lexicographique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Marqueurs de glose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306390v1</w:t>
+                <w:t xml:space="preserve">hal-02306388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comme&amp;quot; (notice lexicographique)</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transports en commun : la métaphore accompagnée dans L’Acacia et Le Palace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">W. Nitsch et I. Albers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports : les métaphores de Claude Simon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la reformulation à la glose : l'exemple de ou plutôt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Steuckardt et A. Niklas-Salminen. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Marqueurs de glose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Provence, 2005, collection "Lagnues et langages"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-02306383v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Nomination multiple : un compromis à la non-coïncidence des mots et de la sensation</w:t>
               </w:r>
@@ -4698,186 +4698,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« De la prédication seconde à la prédication multiple »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarah Leroy et Alexandra Nowakowska. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aspects de la prédication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Praxiling-Université Paul-Valéry, Montpellier III, p. 141-153., 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Rien n’est dit et l’on vient trop tard (pour le dire). Sur Laurent Mauvignier »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Bikialo et Jacques Dürrenmatt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialogues contemporains I : Bergounioux, Detambel, Mauvignier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Licorne, UFR Lettres &amp; Langues, Université de Poitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 129-140., 2002, 2-911044è73-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Licorne, UFR Lettres &amp; Langues, Université de Poitiers</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02513504v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02513873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Stylistique et périodisation de la prose poétique du XXème siècle »</w:t>
               </w:r>
@@ -5040,638 +5040,638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05522173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Bretelle, l’œil de Verticales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ecritures contemporaines, Éditions Verticales, ou comment éditer et écrire debout (14), p. 151-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Verticales, ou comment éditer et écrire debout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Narjoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verticales Phase 1 – un situationnisme esthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Éditions Verticales, ou comment éditer et écrire debout (14), p. 87-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Verticales comme « centre de ralliement des divergences »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Narjoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Éditions Verticales, ou comment éditer et écrire debout, 14, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction - Verticales comme « centre de ralliement des divergences »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjoux Cécile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des Lettres Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03958082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Expressivité, exclamation et ponctuation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, La notion d’expressivité, 4 (228), pp.57-72. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lang.228.0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795034v1</w:t>
-              </w:r>
-[...518 lines deleted...]
-                <w:t xml:space="preserve">hal-03958082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éloge de la fuite</w:t>
               </w:r>
@@ -5748,51 +5748,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le blanc dans le discours littéraire en prose »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Linguistique de l’écrit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Blancs de l’écrit, blancs de l’écriture, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5820,247 +5820,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Soyons idéalistes : demandons le réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Nouveau Magazine Littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, https://www.nouveau-magazine-litteraire.com/idees/soyons-idealistes-demandons-le-reel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02504203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que faire de toutes voix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets de Chaminadour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Rencontres de Chaminadour « Arno Bertina sur les grands chemins de Svetlana Alexievitch », 13, pp.87-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Avec Mathias et la Révolution de Leslie Kaplan (article-entretien)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Ecrire la révolution. De Jack London au Comité invisible (dir. E. Goin et J. Jeusette), 131, pp.209-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305210v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">halshs-02504203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une révolution est si vite arrivée : sur Des châteaux qui brûlent d'Arno Bertina</w:t>
               </w:r>
@@ -6109,287 +6109,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Imaginaires contemporains de la ponctuation en prose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rannoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69, pp.55-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18437-9.p.0059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Imaginaire de la ponctuation dans l’écriture contemporaine. Une enquête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linx</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, ponctuation à valeur expressive, ponctuation à valeur sémantique, littérature contemporaine, 75, pp.107-126. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/linx.1900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction - Imaginaires de la ponctuation. Ordre et inquiétude du discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linx</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/linx.1846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305206v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-02305205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violence du discours chez Beckett</w:t>
               </w:r>
@@ -6594,291 +6594,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation</w:t>
+                <w:t xml:space="preserve">Les espaces du site : fbon et le réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Rault</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Komodo 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Tiers Livre dépouille &amp; création, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialogue autour de la ponctuation comme traces du corps qui écrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Desbrusses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littératures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Imaginaires de la ponctuation dans le discours littéraire (fin XIXe-début XXIe siècle), n° 72, pp.9-20. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, Imaginaires de la ponctuation dans le discours littéraire (fin XIXe-début XXIe siècle), n° 72, pp.105-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/litteratures.380⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/litteratures.368⟩</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">Les espaces du site : fbon et le réseau</w:t>
+                <w:t xml:space="preserve">hal-01644365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...87 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littératures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Imaginaires de la ponctuation dans le discours littéraire (fin XIXe-début XXIe siècle), n° 72, pp.105-117. </w:t>
+              <w:t xml:space="preserve">, 2015, Imaginaires de la ponctuation dans le discours littéraire (fin XIXe-début XXIe siècle), n° 72, pp.9-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/litteratures.380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/litteratures.368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644365v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Genres de discours et réalité dans la fiction narrative contemporaine »</w:t>
               </w:r>
@@ -6927,536 +6927,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La formule ʺculture d’entrepriseʺ : une fiction de l’entreprise »</w:t>
+                <w:t xml:space="preserve">« L’écrit-l’usine : de l’expérience à la fiction », entretien avec Leslie Kaplan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980 (dir. S. Bikialo et J.-P. Engelibert), 103, p. 179-193</w:t>
+              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980 (dir. S. Bikialo et J.-P. Engelibert), 103, p. 39-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02539984v1</w:t>
+                <w:t xml:space="preserve">hal-02539988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’écrit-l’usine : de l’expérience à la fiction », entretien avec Leslie Kaplan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+                <w:t xml:space="preserve">La « crise » : circulation et fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Littérature et économie, vol. 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pourquoi ʺDire le travailʺ »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980 (dir. S. Bikialo et J.-P. Engelibert), 103, p. 39-54</w:t>
+              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980, 103, p. 27-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">hal-01644772v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Pourquoi ʺDire le travailʺ »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
+                <w:t xml:space="preserve">« La formule ʺculture d’entrepriseʺ : une fiction de l’entreprise »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980, 103, p. 27-38</w:t>
+              <w:t xml:space="preserve">, 2013, Dire le travail. Fiction et témoignage depuis 1980 (dir. S. Bikialo et J.-P. Engelibert), 103, p. 179-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02539995v1</w:t>
+                <w:t xml:space="preserve">hal-02539984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Avant-lire – poétique de l’échafaudage » (avec Sabine Pétillon)</w:t>
+                <w:t xml:space="preserve">« Table ronde fictive ‘Style et genèse’ : Michel Butor, Pierre Michon, Robert Pinget, Francis Ponge et Claude Simon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 7-16</w:t>
+              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 91-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02523609v1</w:t>
+                <w:t xml:space="preserve">hal-02523606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le …on sur le bout de la langue. Notes sur Le Syndrome de Gramsci de Bernard Noël »</w:t>
+                <w:t xml:space="preserve">« Avant-lire – poétique de l’échafaudage » (avec Sabine Pétillon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 103-123</w:t>
+              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 7-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02523603v1</w:t>
+                <w:t xml:space="preserve">hal-02523609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Table ronde fictive ‘Style et genèse’ : Michel Butor, Pierre Michon, Robert Pinget, Francis Ponge et Claude Simon »</w:t>
+                <w:t xml:space="preserve">« Le …on sur le bout de la langue. Notes sur Le Syndrome de Gramsci de Bernard Noël »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 91-99</w:t>
+              <w:t xml:space="preserve">, 2012, Numéro 98 : Dans l’atelier du style. Du manuscrit à l’œuvre publiée, p. 103-123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02523606v1</w:t>
+                <w:t xml:space="preserve">hal-02523603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J’ai un clou sur la langue&amp;quot;. Phraséologie néo-libérale et langue littéraire au XXIème siècle</w:t>
               </w:r>
@@ -7514,174 +7514,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Est-ce bien sérieux ? Dialogisme et modalisation pseudo-objective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Dialogisme et marqueurs grammaticaux (dir. J. Bres et S. Mellet), 163, pp.137-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lf.163.0137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02516860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Au commencement était l’adverbe »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Beckett, le mot en espace – Autour du premier théâtre (dir. F. Dubor et A.-C. Guilbard), La Licorne n° 91, p. 47-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02516867v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-02516860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La motivation pseudo-objective dans le &amp;lt;i&amp;gt;Dictionnaire philosophique&amp;lt;/i&amp;gt; de Voltaire</w:t>
               </w:r>
@@ -8504,178 +8504,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Avant-propos »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacques Dürrenmatt</w:t>
+                <w:t xml:space="preserve">« Les mots sous le mot : de l’énigme à l’énigmatique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, L’Enigme, 64, p. 3-5</w:t>
+              <w:t xml:space="preserve">, 2003, L’Enigme, 64, p. 7-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02520867v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-02513882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Avant-propos »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Dürrenmatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, L’Enigme, 64, p. 7-20</w:t>
+              <w:t xml:space="preserve">, 2003, L’Enigme, 64, p. 3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513882v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La reformulation créative dans Le palace de Claude Simon : détournement de la reformulation et déroute de la nomination »</w:t>
               </w:r>
@@ -8922,393 +8922,393 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation de la journée d’études « La vitesse à l’oeuvre – Écrire aujourd’hui »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rannoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation du colloque international « Editions Verticales 1997-2017 : éditer et écrire debout »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Narjoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation du colloque international &amp;quot;L’analyse du discours entre description, geste critique et intervention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisé Par</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brunner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Hailon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02523614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation de la journée d'études FoReLLIS &amp;quot;L’analyse du discours entre description et geste critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Rannoux</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brunner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Hailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...240 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9427,51 +9427,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le futur dans Eloge des Bâtards » : entretien avec Olivia Rosenthal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9503,260 +9503,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le capitalisme is a fucking bastard. Sur Les Cosmonautes ne font que passer d’Elitza Gueorguieva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études « La vitesse à l’oeuvre – Écrire aujourd’hui »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, organisée par Stéphane Bikialo, Anne-Cécile Guilbard, Catherine Rannoux et Martin Rass, Feb 2020, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Expressivité et (point d’) exclamation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La notion d’expressivité en linguistique (journée d'études ENS Lyon)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Bordas, Jun 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Les mots d’ordre dans le discours politique contemporain »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Le mot dans la langue et dans le discours 3 : la construction du sens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Vilnius, Lituanie. https://www.constructiondusens.flf.vu.lt/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02516879v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-02509615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le dialogue social est-il un dialogue ? » (avec Anna Kieliszczyk)</w:t>
               </w:r>
@@ -9811,51 +9811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rythmes et corps en linguistique et littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9900,1153 +9900,1153 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quotidien et expérience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les écritures contemporaines du quotidien : une cartographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Corinne Grenouillet, Maryline Heck et Alison James, Jun 2019, Strasbourg et Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le récit de vie comme genre du tenant lieu (François Beaune, Marie Cosnay)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupe de recherche sur la Représentation du dire et des discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Paris (Université Paris III et Nanterre), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Petite phrase : vitesse, circulation, intermédialité, expressivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rannoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La petite phrase de Proust à Twitter : percussions et répercussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discours hors-normes et ordre du discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyse des discours hors-normes : approches, concepts et méthodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karine Colette et Agnès Steuckardt, Jun 2015, Sherbrooke, Canada. p. 10-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interdiscours dans L’Insurrection qui vient du « Comité invisible »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Surbier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Au croisement des cultures, des discours et des langues. Cent ans d’études romanes à l’Université de Varsovie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Varsovie, Oct 2019, Varsovie, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Cohésion, cohérence et ponctuation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Forellis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La notion de mot d’ordre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’analyse du discours entre description et geste critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Entre le banal et l’exceptionnel – une histoire de points de suspension »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Sous les pavés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Providence, États-Unis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Mots d’ordre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Langue et pouvoir (dir. David Bernard)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’écriture dite inclusive : réflexions linguistiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe de recherche sur la Représentation du dire et des discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2019, Paris (Université Paris III et Nanterre), France</w:t>
+              <w:t xml:space="preserve">, Feb 2018, Paris (Université Paris III-Sorbonne Nouvelle), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ailleurs du hic et nunc. Poétique de l’absence sur Twitter dans le Madeleine project de Clara Beaudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Guilbard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les écritures contemporaines du quotidien : une cartographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Corinne Grenouillet, Maryline Heck et Alison James, Jun 2019, Strasbourg et Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Input pictura poesis"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gilles Bonnet et Jérôme Thélot, Nov 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Audrey Surbier</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontières du discours rapportés dans le genre du récit de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Au croisement des cultures, des discours et des langues. Cent ans d’études romanes à l’Université de Varsovie »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Varsovie, Oct 2019, Varsovie, France</w:t>
+              <w:t xml:space="preserve">Aux frontières des discours rapportés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sylvie Hanote et Raluca Nita, Nov 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’importance des aspects culturels dans l’apprentissage d’une langue : l’exemple de l’usage du masculin et du féminin en français et italien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licia Bagini Scantamburlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Forellis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journée d’études internationale MIMMOC – Maison des Langues, « L’enseignement des langues et cultures étrangères à l’université : regards croisés entre France et Asie Centrale »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...300 lines deleted...]
-                <w:t xml:space="preserve">Yannick Chevalier</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Genre de l’entretien littéraire et représentation du discours autre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe de recherche sur la Représentation du dire et des discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2018, Paris (Université Paris III-Sorbonne Nouvelle), France</w:t>
+              <w:t xml:space="preserve">, Feb 2017, Paris (Paris III-Sorbonne Nouvelle), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...116 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Ponctuation, rythme et espace graphique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...218 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11078,234 +11078,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« J.-C. Massera et les formats de l’ennemi »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche « Graphisme Politique », TPR (Thématique Partagée de Recherche) « Pensée, Culture, Politique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Métalinguistique et littérarité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Le métalinguistique comme source et lieu d’hétérogénéités » (à paraître dans CORELA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris (Université Paris-Ouest-Nanterre), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Les mots et les choses à l’ère du conditionnement »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe de travail sur la Représentation du dire et des discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Paris (Université Paris III-Sorbonne Nouvelle), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02540020v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-02520866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Faire dire – j'te ferais dire, tu m'diras, j'te le fais pas dire »</w:t>
               </w:r>
@@ -11805,51 +11805,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522176v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Heck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heita Julienne-Ista" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645647v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Czarny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Eng&#233;libert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mouton-Rovira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/lydie-salvayre-%C3%A9crire-entre-deux-langues/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522212v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=10135&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522192v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rannoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lecacheur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Loret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531367v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/marie-cosnay-traverser-les-fronti%C3%A8res-accueillir-les-r%C3%A9cits/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305221v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305212v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Col" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Danino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110622454" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518138v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Guilbard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305214v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-utopia.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Briand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Farrugia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guid&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rass" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publie.net/livre/lectures-digitales/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Larrat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514508v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervais-Zaninger Marie-Annick" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03027496v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514456v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531320v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=12850&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826835v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaune" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305228v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305211v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305218v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/la-ponctuation-a-laube-du-xxie-siecle-perspectives-historiques-et-usages-contemporains/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305219v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/leslie-kaplan.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508800v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509324v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509942v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509956v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509932v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510628v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509950v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510627v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510631v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509927v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510630v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509953v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509935v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509939v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509959v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510629v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510632v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513479v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519351v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509289v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/romanciers-minimalistes-1979-2003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510633v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513491v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306387v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306390v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306388v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306383v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306392v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513504v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://licorne.edel.univ-poitiers.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513873v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513869v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522173v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/sociopoetiques.2575" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795034v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.228.0057" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531314v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Narjoux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germoni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0013" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531305v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0087" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531309v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0151" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610311v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958082v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjoux C&#233;cile" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420101v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32873/unl.dc.zea.1290" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19079/lde.2019.1.5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305210v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508801v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305209v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305207v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.1900" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305206v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.1846" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305205v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18437-9.p.0059" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305204v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5023-5.p.0049" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305203v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305199v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.10582" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644360v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.368" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508799v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Desbrusses" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.380" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519348v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539984v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539988v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644772v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539995v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523609v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523603v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523606v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523601v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.130.0.2131077" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516867v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516860v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.163.0137" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306379v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2009.4008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519317v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306381v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Boucheron-P&#233;tillon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/prati.2007.2163" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306380v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306382v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccs.448" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306378v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2005.4386" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540001v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccs.525" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306376v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2004.2560" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514450v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514444v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514441v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#252;rrenmatt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513882v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513866v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.1874" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567461v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567462v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509616v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519315v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523614v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Organis&#233; Par" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brunner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Hailon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02523981v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509313v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458103v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516879v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514524v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509615v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516884v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808801v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gobet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808767v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305229v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520862v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509611v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509610v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Surbier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519341v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519342v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513878v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520863v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chevalier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509612v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509613v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Bagini Scantamburlo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520864v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958629v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540020v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540017v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520866v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540011v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540006v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540014v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540025v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519335v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522176v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Heck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heita Julienne-Ista" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645647v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Czarny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Eng&#233;libert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mouton-Rovira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/lydie-salvayre-%C3%A9crire-entre-deux-langues/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522212v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=10135&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522192v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rannoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lecacheur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Loret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531367v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liredesmarges.fr/catalogue/collection-bruits-de-langues/marie-cosnay-traverser-les-fronti%C3%A8res-accueillir-les-r%C3%A9cits/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305212v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Col" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Danino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110622454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518138v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Guilbard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305221v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305214v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-utopia.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Briand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Farrugia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guid&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rass" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publie.net/livre/lectures-digitales/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Larrat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514508v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervais-Zaninger Marie-Annick" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514456v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03027496v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531320v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/ouvrage.php?id=12850&amp;amp;menu=0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826835v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaune" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305228v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305211v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305219v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/leslie-kaplan.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305218v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/la-ponctuation-a-laube-du-xxie-siecle-perspectives-historiques-et-usages-contemporains/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508800v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509324v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509953v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510630v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509927v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509932v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510628v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509956v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509950v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510627v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509935v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509939v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509959v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510629v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510632v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509942v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519351v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510633v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509289v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/romanciers-minimalistes-1979-2003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513479v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513491v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306390v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306388v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306383v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306387v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306392v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513504v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://licorne.edel.univ-poitiers.fr/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513869v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522173v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/sociopoetiques.2575" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531309v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0151" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germoni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Narjoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531305v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0087" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531314v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958082v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjoux C&#233;cile" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795034v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.228.0057" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420101v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32873/unl.dc.zea.1290" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19079/lde.2019.1.5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504203v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508801v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305210v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305209v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18437-9.p.0059" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305207v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.1900" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/linx.1846" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305204v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5023-5.p.0049" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305203v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305199v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.10582" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508799v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644365v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Desbrusses" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.380" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644360v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.368" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519348v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539988v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644772v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539995v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539984v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523606v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523609v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523603v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523601v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.130.0.2131077" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516860v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.163.0137" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516867v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306379v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2009.4008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519317v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306381v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Boucheron-P&#233;tillon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/prati.2007.2163" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306380v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306382v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccs.448" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306378v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2005.4386" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540001v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccs.525" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306376v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.2004.2560" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514450v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514444v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514441v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513882v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520867v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#252;rrenmatt" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513866v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.1874" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567461v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567462v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509616v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519315v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523614v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Organis&#233; Par" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brunner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Hailon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02523981v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509313v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458103v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509615v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514524v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516884v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808801v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gobet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520862v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808767v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305229v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509610v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Surbier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519341v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519342v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513878v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519343v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520863v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chevalier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509613v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509612v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Bagini Scantamburlo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520864v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958629v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540017v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520866v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540020v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540011v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540006v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540014v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540025v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519335v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>