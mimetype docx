--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo Simulation of Atmospheric Radiative Forcings Using A Path-Integral Formulation Approach for Spectro-Radiative Sensitivities</w:t>
+                <w:t xml:space="preserve">Spectrally refined unbiased Monte Carlo estimate of the Earth’s global radiative cooling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nada Mourtaday</w:t>
+                <w:t xml:space="preserve">Yaniss Nyffenegger-Péré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Raymond Armante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 327, pp.109123. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (5), pp.e2315492121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2315492121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04432801v2</w:t>
+                <w:t xml:space="preserve">hal-04417426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrally refined unbiased Monte Carlo estimate of the Earth’s global radiative cooling</w:t>
+                <w:t xml:space="preserve">Monte Carlo Simulation of Atmospheric Radiative Forcings Using A Path-Integral Formulation Approach for Spectro-Radiative Sensitivities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yaniss Nyffenegger-Péré</w:t>
+                <w:t xml:space="preserve">Nada Mourtaday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Bati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond Armante</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 121 (5), pp.e2315492121. </w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 327, pp.109123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2315492121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417426v1</w:t>
+                <w:t xml:space="preserve">hal-04432801v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three approaches on estimating geometric sensitivities in radiative transfer with Monte Carlo</w:t>
               </w:r>
@@ -1038,619 +1038,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04387332v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte-Carlo estimation of geometric sensitivities in Solar Power Tower systems of flat mirrors</w:t>
+                <w:t xml:space="preserve">Path integrals formulations leading to propagator evaluation for coupled linear physics in large geometric models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zili HE</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paule Lapeyre</w:t>
+                <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Coustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solener.2023.02.013⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 294, pp.108911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03997190v1</w:t>
+                <w:t xml:space="preserve">hal-04204702v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling radiative, conductive and convective heat-transfers in a single Monte Carlo algorithm: A general theoretical framework for linear situations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monte-Carlo estimation of geometric sensitivities in Solar Power Tower systems of flat mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Luc Amestoy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Bézian</w:t>
+                <w:t xml:space="preserve">Zili HE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Eibner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0283681⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 253, pp.9-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solener.2023.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04066139v2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave-Scattering processes: path-integrals designed for the numerical handling of complex geometries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling radiative, conductive and convective heat-transfers in a single Monte Carlo algorithm: A general theoretical framework for linear situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Tregan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+                <w:t xml:space="preserve">Jean Luc Amestoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Charon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coustet</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Bézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.500487⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0283681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825434v3</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04066139v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Path integrals formulations leading to propagator evaluation for coupled linear physics in large geometric models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wave-Scattering processes: path-integrals designed for the numerical handling of complex geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Penazzi</w:t>
+                <w:t xml:space="preserve">Laurent Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 294, pp.108911. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (18), pp.4909-4912. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108911⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.500487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204702v3</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825434v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Conduction, Convection and Radiative Transfer in a Single Path-Space: Application to Infrared Rendering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1727,90 +1727,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing the gas kinetics Boltzmann equation with branching-path statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Terrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 105 (2), pp.025305. </w:t>
@@ -1900,51 +1900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lavieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 209, pp.118233. </w:t>
@@ -2116,77 +2116,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three viewpoints on null-collision Monte Carlo algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2410,64 +2410,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Tregan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2570,51 +2570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 251, pp.1-13/107022. </w:t>
@@ -3201,90 +3201,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing nonlinearities in Monte Carlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Bézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), art.13302-11 p. </w:t>
@@ -3433,295 +3433,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo implementation of Schiff's approximation for estimating radiative properties of homogeneous, simple-shaped and optically soft particles: Application to photosynthetic micro-organisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Monte Carlo efficiency improvement by multiple sampling of conditioned integration variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Weitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.10.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 326, pp.30-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2016.08.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01599991v1</w:t>
+                <w:t xml:space="preserve">hal-01599986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo efficiency improvement by multiple sampling of conditioned integration variables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Weitz</w:t>
+                <w:t xml:space="preserve">Radiative transfer and spectroscopic databases: A line-sampling Monte Carlo approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 326, pp.30-34. </w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2016.08.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599986v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the effect of the contact angle hysteresis for small droplets on a wettability gradient surface</w:t>
               </w:r>
@@ -3818,161 +3818,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative transfer and spectroscopic databases: A line-sampling Monte Carlo approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+                <w:t xml:space="preserve">Monte Carlo implementation of Schiff's approximation for estimating radiative properties of homogeneous, simple-shaped and optically soft particles: Application to photosynthetic micro-organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">, 2016, 172, p. 3-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.10.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2015.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01282921v1</w:t>
+                <w:t xml:space="preserve">hal-01599991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative, conductive and convective heat-transfers in a single Monte Carlo algorithm</w:t>
               </w:r>
@@ -3997,51 +3997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Spiesser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4088,51 +4088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculation of the radiative properties of photosynthetic microorganisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4231,51 +4231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Terrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4495,51 +4495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Delatorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Bézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4733,51 +4733,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residence times and boundary-following behavior in animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5166,51 +5166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5313,51 +5313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (10), 17 p. </w:t>
@@ -5434,51 +5434,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5523,425 +5523,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01688109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering Interactions in Moving Animal Groups</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling Collective Animal Behavior with a Cognitive Perspective: A Methodological Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Weitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard A Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gautrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marc Soria</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002678⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), pp.e38588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02325174v1</w:t>
+                <w:t xml:space="preserve">hal-02325210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Collective Animal Behavior with a Cognitive Perspective: A Methodological Framework</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation, annihilation, dynamics and self-organized patterns of filaments in dielectric barrier discharge plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Boeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038588⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 100 (24), pp.244108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4729767.⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02325210v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation, annihilation, dynamics and self-organized patterns of filaments in dielectric barrier discharge plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering Interactions in Moving Animal Groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gautrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ginelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard A Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 100 (24), pp.244108. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (9), pp.e1002678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4729767.⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800427v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02325174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing fish movement as a persistent turning walker.</w:t>
               </w:r>
@@ -5953,51 +5953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gautrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6451,291 +6451,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedback characteristics of nonlinear dynamical systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The interplay between a self-organized process and an environmental template: corpse clustering under the influence of air currents in ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Lahellec</w:t>
+                <w:t xml:space="preserve">J. Verret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Casellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gautrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Hallegatte</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Challet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/81/60001⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4 (12), pp.107-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2006.0156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00259392v1</w:t>
+                <w:t xml:space="preserve">hal-00167592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between a self-organized process and an environmental template: corpse clustering under the influence of air currents in ants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Jost</w:t>
+                <w:t xml:space="preserve">Feedback characteristics of nonlinear dynamical systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lahellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hallegatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Verret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Gautrais</w:t>
+                <w:t xml:space="preserve">Jean-Yves Grandpeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Challet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrice Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 4 (12), pp.107-116. </w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 81, pp.60001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsif.2006.0156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/81/60001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00167592v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00259392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-Path Statistics and the Diffusion Approximation</w:t>
               </w:r>
@@ -6838,51 +6838,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7075,51 +7075,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new test of random walks in heterogeneous environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Challet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fourcassie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7215,328 +7215,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00093175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity models in simulation of capillary zone electrophoresis: The effect of buffer power and initial buffer concentration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy-Conserving Lattice Boltzmann Thermal Model in Two Dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean‐louis Joly</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Clifton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrophoresis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/elps.1150191024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1 (1-2), pp.119-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10955-005-5256-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04830619v1</w:t>
+                <w:t xml:space="preserve">hal-03600498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Conserving Lattice Boltzmann Thermal Model in Two Dimensions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity models in simulation of capillary zone electrophoresis: The effect of buffer power and initial buffer concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michaël Clifton</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Clifton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐louis Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 1 (1-2), pp.119-131. </w:t>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 19 (10), pp.1662-1673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10955-005-5256-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/elps.1150191024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03600498v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein separation by electrophoresis in a nonsieving amphoteric medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Clifton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐louis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Peltre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8122,51 +8122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Clergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J L Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 75 (5), pp.529-538. </w:t>
@@ -8504,51 +8504,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée de méthodes de résolution du couplage conduction-rayonnement dans des matériaux hétérogènes semi-transparents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Afeef Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8766,463 +8766,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of methods for solving conduction-radiation coupling in heterogeneous materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohd Afeef Badri</w:t>
+                <w:t xml:space="preserve">Simulation par la méthode de Monte Carlo en espace de chemins du couplage conducto-radiatif : Application à la Gyroïde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adjovi Alexandra Fortunat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chupin</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Eibner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAD-25 - 11th International Symposium on Radiative Transfer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SFT 2025 - Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambéry, France. pp.395-402</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05292926v1</w:t>
+                <w:t xml:space="preserve">hal-05140777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation par la méthode de Monte Carlo en espace de chemins du couplage conducto-radiatif : Application à la Gyroïde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adjovi Alexandra Fortunat</w:t>
+                <w:t xml:space="preserve">Comparative analysis of methods for solving conduction-radiation coupling in heterogeneous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Penazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohd Afeef Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Fournier</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFT 2025 - Congrès Français de Thermique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RAD-25 - 11th International Symposium on Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICHMT, Jun 2025, Kuşadasi, Turkey. pp.377-384, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/RAD-25.480⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05140777v1</w:t>
+                <w:t xml:space="preserve">hal-05292926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A spherical and heterogeneous radiative transfer code for near-infrared remote sensing: application to Titan</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Eymet</w:t>
+                <w:t xml:space="preserve">Résolution des transferts de chaleur par Monte-Carlo dans une géométrie urbaine lors d'une vague de chaleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis D’alençon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bezard</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europlanet Science Congress 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04676744v1</w:t>
+                <w:t xml:space="preserve">hal-04780809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary Finite Element and Monte-Carlo Methods to Solve Industrial Thermal Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Peniguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9244,201 +9235,210 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint International Conference on Supercomputing in Nuclear Applications + Monte Carlo (SNA + MC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, PARIS, France. pp.06003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202430206003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution des transferts de chaleur par Monte-Carlo dans une géométrie urbaine lors d'une vague de chaleur</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+                <w:t xml:space="preserve">A spherical and heterogeneous radiative transfer code for near-infrared remote sensing: application to Titan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zili HE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vinatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Fournier</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bezard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Europlanet Science Congress 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Berlin, Germany. pp.EPSC2024-177, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/epsc2024-177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04780809v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04676744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical investigation of direct two phase cooling for semiconductors</w:t>
               </w:r>
@@ -9552,575 +9552,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une thématique interdisciplinaire : L'énergie</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A new Monte Carlo-based approach for addressing stiff chemical kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Sahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Eibner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaniss Nyffenegger-Péré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'interdisciplinarité question : mythe ou réalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">ISCRE 28 - 28th International Symposium for Chemical Reaction Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Turku/Åbo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753708v1</w:t>
+                <w:t xml:space="preserve">hal-04740091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new Monte Carlo-based approach for addressing stiff chemical kinetics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une thématique interdisciplinaire : L'énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Khanfour-Armalé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCRE 28 - 28th International Symposium for Chemical Reaction Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Turku/Åbo, Finland</w:t>
+              <w:t xml:space="preserve">L'interdisciplinarité question : mythe ou réalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04740091v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte-carlo and sensitivity transport model: application in solar energy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paule Lapeyre</w:t>
+                <w:t xml:space="preserve">Monte Carlo method to solve the heat equation in a complex media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Limon Farfan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Eibner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAD-23 - 10th International Symposium on Radiative Transfer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interpore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Porous Media, May 2023, Edinburg, Scotland, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04165671v1</w:t>
+                <w:t xml:space="preserve">hal-04269415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo method to solve the heat equation in a complex media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jose Luis Limon Farfan</w:t>
+                <w:t xml:space="preserve">Monte-carlo and sensitivity transport model: application in solar energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zili HE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Lapeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Eibner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coustet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpore</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RAD-23 - 10th International Symposium on Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Thessalonique, Greece. 8 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/rad-23.470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04269415v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating atmospheric radiative forcings using sensitivity monte carlo methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Chems Mourtaday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Bati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Radiative Transfer (RAD 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Thessalonique, Greece. pp.1-8, </w:t>
@@ -10184,64 +10184,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaniss Nyffenegger-pere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10426,51 +10426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10521,90 +10521,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer function estimation with SMC method for combined heat transfer: insensitivity to detail refinement of complex geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10694,51 +10694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10779,545 +10779,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02928687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage conducto-convecto-radiatif par échantillonnage de chemins : un parallèle avec les chemins de multi-diffusions en transfert radiatif</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse d'images infrarouges sans calcul préalable du champ de température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eymet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loris Ibarrart</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+                <w:t xml:space="preserve">Forest Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2019 - 27ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France. p. 239-246</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France. pp.153-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02441250v1</w:t>
+                <w:t xml:space="preserve">hal-02419604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse d'images infrarouges sans calcul préalable du champ de température</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Couplage conducto-convecto-radiatif par échantillonnage de chemins : un parallèle avec les chemins de multi-diffusions en transfert radiatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest Vincent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coustet</w:t>
+                <w:t xml:space="preserve">Loris Ibarrart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2019 - 27ème Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France. pp.153-160</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France. p. 239-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02419604v1</w:t>
+                <w:t xml:space="preserve">hal-02441250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the use of Symbolic Monte Carlo for Conduction-Radiation Coupling in Complex Geometries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Penazzi</w:t>
+                <w:t xml:space="preserve">Monte-Carlo and Domain-Deformation Sensitivities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAD-19 - 9th International Symposium on Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Athens, Greece. 8 p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/RAD-19.380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265075v1</w:t>
+                <w:t xml:space="preserve">hal-02265080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte-Carlo and Domain-Deformation Sensitivities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paule Lapeyre</w:t>
+                <w:t xml:space="preserve">Toward the use of Symbolic Monte Carlo for Conduction-Radiation Coupling in Complex Geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Coustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAD-19 - 9th International Symposium on Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Athens, Greece. 8 p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/RAD-19.260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265080v1</w:t>
+                <w:t xml:space="preserve">hal-02265075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient conducto-radiative heat transfer in a singlemonte-carlo algorithm : Handling the nonlinearity</w:t>
               </w:r>
@@ -11547,125 +11547,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-organisation et improvisation musicale</w:t>
+                <w:t xml:space="preserve">Le démonstrateur thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Luc Amestoy</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rodriguez-Viguier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence concert</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Loubens-Lauragais, France</w:t>
+              <w:t xml:space="preserve">Journées 3EP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Clermont le Fort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04072454v1</w:t>
+                <w:t xml:space="preserve">hal-04072661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayonnement 3d sw et lw dans les nuages de couche limite : Monte carlo et calcul de sensibilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najda Villefranque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11724,333 +11737,320 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ateliers de Modélisation de l’Atmosphère (AMA 2018), 12-15 février 2018, Toulouse (FRANCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined conductive-radiative heat transfer analysis in complex geometry using the Monte Carlo method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CTRPM-VI - 6th Computational Thermal Radiation in Participating Media VI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EUROTHERM, Apr 2018, Cascais, Portugal. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01853128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le démonstrateur thermique</w:t>
+                <w:t xml:space="preserve">Auto-organisation et improvisation musicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Rodriguez-Viguier</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Amestoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées 3EP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Clermont le Fort, France</w:t>
+              <w:t xml:space="preserve">Conférence concert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Loubens-Lauragais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04072661v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined conductive-convective-radiative heat transfer in complex geometry using the Monte Carlo method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Ibarrart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12203,346 +12203,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three viewpoints on null-collision Monte Carlo algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+                <w:t xml:space="preserve">Modélisation du couplage conducto radiatif d’un lit poreux par des approches statistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Penazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Biele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard A Fournier</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTRPM-VI - 6th Computational Thermal Radiation in Participating Media VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EUROTHERM, Apr 2018, Cascais, Portugal. 8 p</w:t>
+              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2018), 22-23 novembre 2018, Paris (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05262802v1</w:t>
+                <w:t xml:space="preserve">hal-03943514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du couplage conducto radiatif d’un lit poreux par des approches statistiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’articulation de la Physique et des Mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2018), 22-23 novembre 2018, Paris (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Programme ambition réussite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lycée Toulouse-Lautrec, Dec 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943514v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’articulation de la Physique et des Mathématiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three viewpoints on null-collision Monte Carlo algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard A Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programme ambition réussite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lycée Toulouse-Lautrec, Dec 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">CTRPM-VI - 6th Computational Thermal Radiation in Participating Media VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUROTHERM, Apr 2018, Cascais, Portugal. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04072519v1</w:t>
+                <w:t xml:space="preserve">hal-05262802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plateforme EDStar et son démonstrateur</w:t>
               </w:r>
@@ -12604,148 +12604,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04072546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A monte carlo algorithm combining conductive, convective, and radiative heat transfer in a porous solar receiver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Échangeurs poreux à haute température : optimisation de formes par les méthodes de monte carlo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Ibarrart</w:t>
+                <w:t xml:space="preserve">M. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées d'Étude des Milieux Poreux (JEMP 2018), Oct. 8-10, 2018, Nantes (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2018), 22-23 novembre 2018, Paris (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943351v1</w:t>
+                <w:t xml:space="preserve">hal-03943513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling both radiative-paths and molecular-state transitions</w:t>
               </w:r>
@@ -12757,51 +12761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12850,864 +12854,860 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échangeurs poreux à haute température : optimisation de formes par les méthodes de monte carlo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A monte carlo algorithm combining conductive, convective, and radiative heat transfer in a porous solar receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ibarrart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2018), 22-23 novembre 2018, Paris (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">14èmes Journées d'Étude des Milieux Poreux (JEMP 2018), Oct. 8-10, 2018, Nantes (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943513v1</w:t>
+                <w:t xml:space="preserve">hal-03943351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte carlo et le calcul simultané de sensibilités : le problème des algorithmes à collisions nulles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tregan</w:t>
+                <w:t xml:space="preserve">Transferts thermiques radiatifs, conductifs et convectifs instationnaires dans un même algorithme de monte carlo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ibarrart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2017), 23-24 novembre 2017, Orléans (FRANCE)</w:t>
+              <w:t xml:space="preserve">11èmes Journées d’Études en Rayonnement Thermique (JERT 2017), 23-24 Novembre 2017, Orléans (FRANCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943519v1</w:t>
+                <w:t xml:space="preserve">hal-03943518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inﬂuence of the electrical ﬁeld and the temperature on a liquid-vapor interface between two vertical parallel plane electrodes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Force-driven rareﬁed ﬂows between diffuse-reﬂecting boundaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ambrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Sofonea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Electrohydrodynamics (ISEHD 2017), june 19-21, Ottawa, ON (CANADA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">14th International Conference for Mesoscopic Methods in Engineering and Science (ICMMES 2017), July 17-21, 2017, Nantes (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943445v1</w:t>
+                <w:t xml:space="preserve">hal-03943443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined conductive-radiative heat transfer analysis in complex geometry using the Monte Carlo method</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Eymet</w:t>
+                <w:t xml:space="preserve">Inﬂuence of the electrical ﬁeld and the temperature on a liquid-vapor interface between two vertical parallel plane electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Blaineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Callegari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lavieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Miscevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOS 2017 - 30th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, San Diego, United States. 6 p</w:t>
+              <w:t xml:space="preserve">International Symposium on Electrohydrodynamics (ISEHD 2017), june 19-21, Ottawa, ON (CANADA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01876179v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution de l’approximation de schiff par la méthode de monte carlo pour l’évaluation des propriétés radiatives : application aux micro-organismes photosynthétiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Charon</w:t>
+                <w:t xml:space="preserve">Monte carlo et le calcul simultané de sensibilités : le problème des algorithmes à collisions nulles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tregan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francais de Thermique "Thermique et Multiphysique" (SFT2016), 31 Mai-3 Juin 2016, Toulouse (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d’Étude en Rayonnement Thermique (JERT2017), 23-24 novembre 2017, Orléans (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943559v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Force-driven rareﬁed ﬂows between diffuse-reﬂecting boundaries</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard Fournier</w:t>
+                <w:t xml:space="preserve">Combined conductive-radiative heat transfer analysis in complex geometry using the Monte Carlo method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna El-Hafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eymet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference for Mesoscopic Methods in Engineering and Science (ICMMES 2017), July 17-21, 2017, Nantes (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">ECOS 2017 - 30th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, San Diego, United States. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943443v1</w:t>
+                <w:t xml:space="preserve">hal-01876179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferts thermiques radiatifs, conductifs et convectifs instationnaires dans un même algorithme de monte carlo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Ibarrart</w:t>
+                <w:t xml:space="preserve">Résolution de l’approximation de schiff par la méthode de monte carlo pour l’évaluation des propriétés radiatives : application aux micro-organismes photosynthétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -F. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées d’Études en Rayonnement Thermique (JERT 2017), 23-24 Novembre 2017, Orléans (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Orléans, France</w:t>
+              <w:t xml:space="preserve">Congrès Francais de Thermique "Thermique et Multiphysique" (SFT2016), 31 Mai-3 Juin 2016, Toulouse (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943518v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outil de modélisation thermique des systèmes</w:t>
               </w:r>
@@ -13844,51 +13844,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13943,77 +13943,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A ﬁrst investigation on solving integral equations of electromagnetic scattering with the monte carlo method : application to arbitrary shaped particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14284,51 +14284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14377,182 +14377,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01630830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of the Effect of an Electrical Field on a Liquid Vapor Interface in a Narrow Channel</w:t>
+                <w:t xml:space="preserve">Extension des performances des systèmes diphasiques à pompage capillaire : utilisation des forces Électro-Hydro-Dynamique (EHD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Blaineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dufraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Callegari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lavieille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Miscevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Conference Micro and Nano Flows Conference, Sept. 11-14, 2016, Milan (ITALY)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique, Thermique &amp; Multiphysique (SFT 2016), 31 mai-3 juin 2016, Toulouse (FRANCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988863v1</w:t>
+                <w:t xml:space="preserve">hal-03988864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résolution de l'approximation de Schiff par la méthode de Monte Carlo pour l'évaluation des propriétés radiatives des micro-organismes photosynthétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14597,182 +14597,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2016 - Congrès annuel de la Société Française de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Toulouse, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension des performances des systèmes diphasiques à pompage capillaire : utilisation des forces Électro-Hydro-Dynamique (EHD)</w:t>
+                <w:t xml:space="preserve">Experimental Study of the Effect of an Electrical Field on a Liquid Vapor Interface in a Narrow Channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Blaineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Callegari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lavieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Miscevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique, Thermique &amp; Multiphysique (SFT 2016), 31 mai-3 juin 2016, Toulouse (FRANCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">5th European Conference Micro and Nano Flows Conference, Sept. 11-14, 2016, Milan (ITALY)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03988864v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lattice Boltzmann model for predicting the deposition of inertial particles in turbulent channel flows</w:t>
               </w:r>
@@ -14896,51 +14896,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lattice boltzmann model for solving kinetic equation modeling turbulent particle-laden ﬂows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sofonea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15002,277 +15002,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction de modèles radiatifs approches pour l'étude de conﬁgurations à épaisseur optique intermédiaire et fonction de phase fortement anisotrope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approximation de schiff appliquée au calcul de propriétés radiatives de micro-organismes photosynthétiques et résolution par la méthode de monte carlo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées d’Études en Rayonnement Thermique (JERT2015), 26-27 Novembre 2015, ISAE-ENSMA, Poitiers (FRANCE)</w:t>
+              <w:t xml:space="preserve">9 èmes Journées d’Études en Rayonnement Thermique (JERT2015), 26-27 Novembre 2015, ISAE-ENSMA, Poitiers (FRANCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943561v1</w:t>
+                <w:t xml:space="preserve">hal-03943560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximation de schiff appliquée au calcul de propriétés radiatives de micro-organismes photosynthétiques et résolution par la méthode de monte carlo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Construction de modèles radiatifs approches pour l'étude de conﬁgurations à épaisseur optique intermédiaire et fonction de phase fortement anisotrope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 èmes Journées d’Études en Rayonnement Thermique (JERT2015), 26-27 Novembre 2015, ISAE-ENSMA, Poitiers (FRANCE)</w:t>
+              <w:t xml:space="preserve">9èmes Journées d’Études en Rayonnement Thermique (JERT2015), 26-27 Novembre 2015, ISAE-ENSMA, Poitiers (FRANCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943560v1</w:t>
+                <w:t xml:space="preserve">hal-03943561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective motion in sheep : Racing to keep together</w:t>
               </w:r>
@@ -15392,64 +15392,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Thermal Radiation in Participating Media V</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Albi, France</w:t>
@@ -15694,51 +15694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical modeling of random walks in heterogeneous environments, starting from indi- vidual observations : Application to aggregation and construction phenomena in insect societies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15871,51 +15871,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.E. Ambrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sofonea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Discrete Simulation of Fluid Dynamics, The LaLit Ashok, Bangalore, India</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bangalore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15940,51 +15940,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundaryfollowing animal behavior and residence-time statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16180,299 +16180,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple-Scattering Radiative Transfer Study for Solar Photobioreactors Optimization.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Propriétés radiatives des micro-organismes photosynthetiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SolarPACES2011, Granada, Spain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Granada, Spain</w:t>
+              <w:t xml:space="preserve">Journées « Rayonnement thermique en milieu semi-transparent », Société Française de Thermique, Lyon, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943208v1</w:t>
+                <w:t xml:space="preserve">hal-03943209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés radiatives des micro-organismes photosynthetiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Multiple-Scattering Radiative Transfer Study for Solar Photobioreactors Optimization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées « Rayonnement thermique en milieu semi-transparent », Société Française de Thermique, Lyon, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Lyon, France</w:t>
+              <w:t xml:space="preserve">SolarPACES2011, Granada, Spain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943209v1</w:t>
+                <w:t xml:space="preserve">hal-03943208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model of self-induced thigmotactism in ants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16553,51 +16553,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for modeling individual interactions in animal swarms.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Weitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16678,51 +16678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boltzmann models for out-ofequilibrium thermal flows : Toward an accurate simulation of the distribution function itself.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sofonea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17026,843 +17026,843 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo estimations of domain-deformation sensitivities for optimal geometric design</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photon path statistics in turbid media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm seminar 83 -Computational thermal radiation in participating media III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2009, Lisbon, Portugal. p.143-152</w:t>
+              <w:t xml:space="preserve">, Apr 2009, Lisbon, Portugal. p.57-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01753272v1</w:t>
+                <w:t xml:space="preserve">hal-01753268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photon path statistics in turbid media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monte Carlo estimations of domain-deformation sensitivities for optimal geometric design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie La Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotherm seminar 83 -Computational thermal radiation in participating media III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2009, Lisbon, Portugal. p.57-66</w:t>
+              <w:t xml:space="preserve">, Apr 2009, Lisbon, Portugal. p.143-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01753268v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01753272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation cinétique des transitions de phase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+                <w:t xml:space="preserve">Présentation d'un modéle de transfert radiatif pour implémentation dans un modèle de circulation générale terrestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Meilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. J. Clifton</w:t>
+                <w:t xml:space="preserve">J. Dufresnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2008: Congrès Français de Thermique, Toulouse, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943204v1</w:t>
+                <w:t xml:space="preserve">hal-03943205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation d'un modéle de transfert radiatif pour implémentation dans un modèle de circulation générale terrestre</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Eymet</w:t>
+                <w:t xml:space="preserve">Modélisation cinétique des transitions de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Piaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Dufresnes</w:t>
+                <w:t xml:space="preserve">M. J. Clifton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2008: Congrès Français de Thermique, Toulouse, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943205v1</w:t>
+                <w:t xml:space="preserve">hal-03943204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation à l'échelle mésoscopique du changement de phase liquide-vapeur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+                <w:t xml:space="preserve">Techniques de monte carlo et formulation intégrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Meilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.M.R. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFT 2007: Congrès Français de Thermique, Les Embiez, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Les Embiez, France</w:t>
+              <w:t xml:space="preserve">JITH 07: 13 éme Journée Internationale de Thermique, Albi, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943207v1</w:t>
+                <w:t xml:space="preserve">hal-03943203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de Monte Carlo et synthèse d'images : application à des milieux diffusants en transfert radiatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien-Yves Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Paulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13 èmes Journées Internationales de Thermique (JITH 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Albi, France. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00166795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techniques de monte carlo et formulation intégrale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation à l'échelle mésoscopique du changement de phase liquide-vapeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. J. Clifton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JITH 07: 13 éme Journée Internationale de Thermique, Albi, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Albi, France</w:t>
+              <w:t xml:space="preserve">SFT 2007: Congrès Français de Thermique, Les Embiez, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Les Embiez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03943203v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramétrisations radiatives en puissances nettes échangées pour le rayonnement infrarouge dans les atmosphéres planétaires</w:t>
               </w:r>
@@ -17982,51 +17982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18077,51 +18077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcul de sensibilité de grandeurs radiatives par la méthode de Monte-Carlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18185,51 +18185,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications of sensitivity estimations by Monte-Carlo methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18329,51 +18329,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée de méthodologies de modélisation du couplage conduction-rayonnement au sein de matériaux poreux semi-transparents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Afeef Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18381,51 +18381,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la Société Française de Thermique - Edition 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t>
@@ -18480,64 +18480,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaniss Nyffenegger-pere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18579,51 +18579,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the use of Symbolic Monte Carlo for combined heat transfer in complex geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18631,51 +18631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAKES - Sendai Albi Knowledge Engineering Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Albi, France</w:t>
@@ -18704,51 +18704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical approach for the evaluation of an effective conductivity in a complex solid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Biele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18861,51 +18861,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional estimation of the junction temperature with Monte Carlo method for electronic module cooling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Castelan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18913,51 +18913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -19018,51 +19018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19091,364 +19091,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821624v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A physical model and a Monte Carlo estimate for the specific intensity spatial derivative, angular derivative and geometric sensitivity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zili He</w:t>
+                <w:t xml:space="preserve">Advection, diffusion and linear transport in a single path-sampling Monte-Carlo algorithm : getting insensitive to geometrical refinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Ibarrart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coustet</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Eibner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831359v1</w:t>
+                <w:t xml:space="preserve">hal-03818899v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of the force term in half-range lattice boltzmann models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard Fournier</w:t>
+                <w:t xml:space="preserve">A physical model and a Monte Carlo estimate for the specific intensity spatial derivative, angular derivative and geometric sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Lapeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zili He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Caliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03805333v1</w:t>
+                <w:t xml:space="preserve">hal-04831359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advection, diffusion and linear transport in a single path-sampling Monte-Carlo algorithm : getting insensitive to geometrical refinement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loris Ibarrart</w:t>
+                <w:t xml:space="preserve">Implementation of the force term in half-range lattice boltzmann models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor E. Ambrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Sofonea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818899v2</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Path-tracing Monte Carlo Libraries for 3D Radiative Transfer in Cloudy Atmospheres</w:t>
               </w:r>
@@ -19578,64 +19578,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19670,51 +19670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three viewpoints on null-collision Monte Carlo algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19824,103 +19824,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer function estimation with SMC method for combined heat transfer: insensitivity to detail refinement of complex geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Caliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coustet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
@@ -20111,51 +20111,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili He" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Forest" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05165554v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Sahim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El Hafi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaniss Nyffenegger-pere" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2025.165009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432801v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Mourtaday" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dufresne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417426v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaniss Nyffenegger-P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Armante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2315492121" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Lapeyre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene D&#8217;eon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109104" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387332v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.125139" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03997190v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili HE" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2023.02.013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825434v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.500487" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04204702v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coustet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108911" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090428v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3592121" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03563357v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terr&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.025305" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978681v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lethuillier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Miscevic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lavieille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.118233" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03718009v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najda Villefranque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abp8934" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03040841v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Galtier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107402" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036667v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Couvreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautrais" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020MS002423" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02546081v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tregan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2020.109463" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02639249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dauchet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302657v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Aza&#239;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Agius" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Molina" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pituello" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13064-019-0131-3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03686274v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cornet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018MS001602" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blaineau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dutour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Callegari" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.03.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349054v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Hel&#232;ne Pillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206817" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01871366v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremi Dauchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31574-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830968v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ambrus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sofonea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1708.03249" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599991v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.020" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599986v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Weitz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2016.08.036" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800684v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Miguel Mancio Reis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterfacPhenomHeatTransfer.2017017460" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282921v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01706727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Spiesser" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/676/1/012007" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02698875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.03.025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662703v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Yves Rolland" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/110/20007" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321207v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2015.07.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625034v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delatorre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Baud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2013.02.035" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025696v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Eugen Ambru&#351;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129183113400160" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324606v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.052715" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065814v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fouquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa-Leonardo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-014-0350-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800439v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernecker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688110v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galtier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.04.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688098v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Khuong" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lecheval" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076531" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688109v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cornet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325174v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ginelli" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Soria" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002678" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325210v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038588" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800427v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4729767." TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315336v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Campo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motsch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-008-0198-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4JXQD0X2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480174v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009082" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315334v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautrais" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Combe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2007.10.011" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQVKN7NT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580068v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Clifton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259392v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lahellec" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hallegatte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Grandpeix" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/81/60001" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167592v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2006.0156" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830713v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.230604" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01736284v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.180601" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093176v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Jeanson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Deneubourg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2004.02.009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GLR3JPXV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093175v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Theraulaz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-005-0001-1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SC9MSC2K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830619v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clifton" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Joly" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.1150191024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P88S5H33-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600498v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-005-5256-6" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7762EA00AB985B78BF77882E86CC8294D33E0EC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830632v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Peltre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.1150170624" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MD1Q1GC6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024436v2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eymet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dufresne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2004.05.049" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024402v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ricchiazzi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2004.03.017" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022031v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351823v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassi&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5193(03)00277-7" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLNFH5X6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712163v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A De Lataillade" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Clergent" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Dufresne" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-4073(02)00027-4" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830638v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Theraulaz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonabeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stamatios Nicolis" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Sol&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.152302199" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830648v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonabeau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deneubourg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franks" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafelsberger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.1998.0310" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130466v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Afeef Badri" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chupin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-150" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436229v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Arfaux" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-681" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05292926v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-25.480" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140777v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjovi Alexandra Fortunat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04676744v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bezard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-177" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824870v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peniguel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rupp" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430206003" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780809v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis D&#8217;alen&#231;on" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889926v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loehrmann" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Videcoq" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ayel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/7ftb-f768" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753708v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khanfour-Armal&#233;" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04740091v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04165671v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/rad-23.470" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04269415v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Laroche" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Limon Farfan" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04165592v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Chems Mourtaday" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/rad-23.500" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740560v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-042" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881818v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pelissier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03260534v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Sans" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-076" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03374353v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Hafi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2021.CHT-21.300" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02928687v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-061" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02441250v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419604v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vincent" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265075v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.380" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265080v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.260" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943350v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caliot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943348v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04072454v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943517v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853128v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04072661v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodriguez-Viguier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882644v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.pma.023662" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943516v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05262802v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943514v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biele" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072519v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072546v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943351v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibarrart" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943356v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943513v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943519v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943445v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01876179v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943559v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Cornet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943443v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ambrus" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sofonea" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943518v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943523v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B&#233;zian" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943520v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Forest" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943442v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943558v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943521v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01630830v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988863v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaineau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01706792v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988864v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dufraisse" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715392v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lepout&#232;re" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943446v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fede" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simonin" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943561v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943560v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943448v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azais" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013900v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943245v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943563v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cornet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943248v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jost" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943246v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Piaud" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.E. Ambrus" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943251v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943347v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943208v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943209v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943243v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943244v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943252v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943253v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soria" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ginelli" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943254v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Meilhac" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753272v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie La Torre" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753268v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943204v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Clifton" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943205v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresnes" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943207v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166795v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien-Yves Rolland" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Paulin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943203v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M.R. Perez" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943206v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781649v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780088v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782635v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Guilhem de Lataillade" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463632v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740575v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516976v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coustet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516966v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Biele" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Castelan" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448075v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831359v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03805333v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor E. Ambrus" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03805360v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096305v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853074v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518194v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili He" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Forest" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2025.109722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05165554v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Sahim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El Hafi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaniss Nyffenegger-pere" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2025.165009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaniss Nyffenegger-P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Armante" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dufresne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2315492121" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432801v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Mourtaday" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109123" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Lapeyre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene D&#8217;eon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109104" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387332v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.125139" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04204702v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coustet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108911" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03997190v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zili HE" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2023.02.013" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825434v3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.500487" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090428v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3592121" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03563357v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terr&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.025305" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978681v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lethuillier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Miscevic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lavieille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.118233" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03718009v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najda Villefranque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abp8934" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03040841v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Galtier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107402" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036667v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Couvreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautrais" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020MS002423" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02546081v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tregan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2020.109463" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02639249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dauchet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302657v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Aza&#239;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Agius" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Molina" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pituello" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13064-019-0131-3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03686274v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cornet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018MS001602" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blaineau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dutour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Callegari" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.03.017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349054v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Hel&#232;ne Pillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206817" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01871366v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremi Dauchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31574-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830968v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Ambrus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sofonea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1708.03249" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599986v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Weitz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2016.08.036" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282921v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.016" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800684v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Miguel Mancio Reis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterfacPhenomHeatTransfer.2017017460" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01706727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Spiesser" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/676/1/012007" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02698875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.03.025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662703v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Yves Rolland" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/110/20007" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321207v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2015.07.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625034v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delatorre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Baud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2013.02.035" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025696v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Eugen Ambru&#351;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129183113400160" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324606v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.052715" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065814v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fouquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa-Leonardo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-014-0350-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800439v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boeuf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernecker" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201336016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688110v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galtier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.04.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688098v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Khuong" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lecheval" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076531" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688109v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cornet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325210v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038588" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800427v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4729767." TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325174v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ginelli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Soria" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002678" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315336v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Campo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Motsch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-008-0198-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4JXQD0X2-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480174v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009082" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315334v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautrais" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Combe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2007.10.011" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQVKN7NT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580068v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Clifton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167592v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2006.0156" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259392v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lahellec" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hallegatte" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Grandpeix" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dumas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/81/60001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830713v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.230604" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01736284v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.180601" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093176v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Jeanson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Deneubourg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2004.02.009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GLR3JPXV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093175v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Theraulaz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-005-0001-1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SC9MSC2K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600498v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-005-5256-6" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7762EA00AB985B78BF77882E86CC8294D33E0EC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830619v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clifton" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Joly" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.1150191024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P88S5H33-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830632v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Peltre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.1150170624" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MD1Q1GC6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024436v2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eymet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dufresne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2004.05.049" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024402v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ricchiazzi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2004.03.017" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022031v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351823v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourcassi&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5193(03)00277-7" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLNFH5X6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712163v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A De Lataillade" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Clergent" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Dufresne" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-4073(02)00027-4" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830638v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Theraulaz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonabeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stamatios Nicolis" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Sol&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.152302199" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830648v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonabeau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deneubourg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franks" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafelsberger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.1998.0310" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130466v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Afeef Badri" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chupin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2025-150" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436229v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Arfaux" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc-dps2025-681" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140777v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjovi Alexandra Fortunat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05292926v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-25.480" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780809v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis D&#8217;alen&#231;on" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824870v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peniguel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rupp" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430206003" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04676744v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bezard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2024-177" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889926v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loehrmann" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Videcoq" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ayel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/7ftb-f768" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04740091v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753708v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khanfour-Armal&#233;" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04269415v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Laroche" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Limon Farfan" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04165671v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/rad-23.470" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04165592v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Chems Mourtaday" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/rad-23.500" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740560v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-042" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881818v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pelissier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03260534v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Sans" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-076" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03374353v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Hafi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2021.CHT-21.300" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02928687v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-061" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419604v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vincent" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02441250v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265080v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.260" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265075v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.380" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943350v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caliot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943348v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04072661v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodriguez-Viguier" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943517v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853128v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04072454v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882644v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.pma.023662" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943516v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943514v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biele" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072519v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05262802v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072546v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943513v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roger" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943356v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943351v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibarrart" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943518v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943443v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ambrus" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sofonea" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943445v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943519v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01876179v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943559v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charon" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Cornet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943523v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B&#233;zian" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943520v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Forest" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943442v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943558v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943521v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01630830v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988864v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaineau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dufraisse" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01706792v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988863v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715392v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lepout&#232;re" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943446v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fede" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simonin" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943560v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943561v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943448v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azais" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013900v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943245v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943563v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cornet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943248v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jost" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943246v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Piaud" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.E. Ambrus" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943251v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943347v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943209v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943208v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943243v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943244v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943252v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943253v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soria" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ginelli" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943254v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Meilhac" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753268v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753272v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie La Torre" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943205v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresnes" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943204v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Clifton" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943203v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M.R. Perez" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166795v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien-Yves Rolland" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Paulin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943207v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943206v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781649v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780088v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782635v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Guilhem de Lataillade" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463632v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740575v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516976v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coustet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516966v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Biele" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Castelan" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448075v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831359v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03805333v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor E. Ambrus" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03805360v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096305v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853074v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518194v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>