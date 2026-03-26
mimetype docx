--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -153,1421 +153,1421 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Président m'a tuée&amp;quot;. Sur la dissolution de la justice constitutionnelle centrafricaine (2022-2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit, les droits par l’action citoyenne - Mélanges en l’honneur de Martin BLÉOU - Tome 1 - Le regard du droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2025, 978-2-336-51259-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moi Président...&amp;quot; Sur la présidence impériale aujourd'hui en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et gouvernance : Entre enracinement et ouverture - Mélanges en l’honneur d' Alioune Badara FALL - Tome 1 Droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2025, 978-2-336-56286-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Constitution en Afrique : pour le meilleur et pour le pire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l'honneur du professeur Dominique Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ Lextenso, 2020, 978-2-275-07148-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cours Constituantes d'Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'amphithéâtre et le prétoire. Au service des droits de l'homme et de la démocratie Mélanges en l'honneur du Président Robert Dossou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2020, 976-2-19662-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Constitution Glèlè en Afrique : modèle ou contre-modèle?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Constitution béninoise du 11 décembre 1990: un modèle pour l'Afrique? Mélanges en l'honneur de Maurice Ahanhanzo-Glélé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2019, 978-2-343-03682-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur l'interprétation de la Constitution en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses univeristaires de Bordeaux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces du service public. Mélanges en l'honneur de Jean du Bois de Gaudusson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 978-2-86781-902-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indépendance, ça se construit!&amp;quot; L'exemple de la Cour constitutionnelle du Bénin (1990-2010)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Faculté de droit et science politique de Montpellier. Collection Mélanges. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indépendance(s). Études offertes au Professeur Jean-Louis Autin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, 2012, 979-10-91076-00-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre XIII - Vices et vertus du contentieux des élections en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Démocratie et élections dans l'espace francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BRUYLANT, 2010, 978-2-8027-2928-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les révisions dangereuses. Sur l'insécurité constitutionnelle en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constitution et Risque(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 978-2-296-12209-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faveur et Constitution, aujourd'hui en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La faveur et le droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, 2009, 978-2-13-057767-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déconstruction et reconstruction de l’ordre constitutionnel au Gabon (2023-2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afrique Contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, N° 278 (2), pp.117-135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/afco1.278.0117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réforme française des institutions : un modèle pour l’Afrique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle prétorien de la révision au Mali et au Tchad : un mirage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue béninoise des sciences juridiques et administratives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Constitution Compaoré ? Sur la décision n°2005-007/EPF du 14 octobre 2005 du Conseil Constitutionnel du Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afrilex : Revue d’étude et de recherche sur le droit et l’administration dans les pays d’Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 05</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’émancipation de la femme béninoise par la Constitution ? La décision DCC 02- 144 du 26 décembre 2002</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Voix de l’Intégration Juridique et Judiciaire Africaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 5-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le code des personnes et de la famille devant la Cour Constitutionnelle du Bénin. La décision DCC 02-144 du 26 décembre 2002</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afrilex : Revue d’étude et de recherche sur le droit et l’administration dans les pays d’Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conditionnalité démocratique dans la politique africaine de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Afrilex : Revue d’étude et de recherche sur le droit et l’administration dans les pays d’Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'engagement des poursuites disciplinaires dans la fonction publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 02, pp.421</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02242624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'inconventionnalité d'une validation législative conforme à la Constitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 06, pp.1254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02242613v1</w:t>
-              </w:r>
-[...728 lines deleted...]
-                <w:t xml:space="preserve">hal-04175229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1585,51 +1585,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Cour constitutionnelle et le pouvoir constituant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international du 25ème anniversaire de la Cour constitutionnelle du Bénin; La Cour constitutionnelle dans le temps. Un quart de siècle au service de l’Etat de droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Béninoise de Droit Constitutionnel (Abdc), Jun 2018, Cotonou, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1654,51 +1654,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les leçons du juge constitutionnel en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troisième symposium juridique de Libreville: "Le droit dans tous ses états"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Raponda-Walker, Nov 2017, Libreville, Gabon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1723,51 +1723,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bloc de constitutionnalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cour Constitutionnelle et édification de l’Etat de droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Cotonou, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1792,51 +1792,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les leçons de Giessen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le défi de la démocratisation et le rôle des Cours Constitutionnelles. La justice constitutionnelle en Afrique de l’Ouest francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Giessen, May 2013, Giessen - Schloss Rauischholzhausen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1861,51 +1861,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrication jurisprudentielle de la Constitution en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier Symposium juridique de Libreville: Comment fabrique-t-on le droit en Afrique ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondation Raponda-Walker pour la Science et la Culture, Nov 2013, Libreville, Gabon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1930,51 +1930,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Constitution des juges en Afrique. Au carrefour de l’universel et du singulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Afrique et l’internationalisation du constitutionnalisme : actrice ou spectatrice ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Lomé, Togo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1999,51 +1999,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obligations constitutionnelles et légales des gouvernants et autres responsables politiques nationaux : Gouvernement, Assemblée nationale et institutions de l’Etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les défis de l’alternance démocratique en Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des droits de l'homme et de promotion de la démocratie La démocratie au quotidien, Feb 2009, Cotonou, Benin, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2068,51 +2068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les juridictions constitutionnelles africaines et les crises électorales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de l’Association des Cours et Conseils constitutionnels ayant en Partage le Français (ACCPUF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACCPUF, Jun 2009, Cotonou, Benin, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2137,51 +2137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des constitutions « made in » Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIème Congrès français de droit constitutionnem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2206,51 +2206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La paix par la Constitution en Afrique ? La part du juge constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international de Cotonou de l’Académie Alioune Blondin Beye pour la Paix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie Alioune Blondin Beye pour la Paix, Jul 2004, Cotonou,, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2275,51 +2275,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bloc de constitutionnalité au Bénin et au Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVème Congrès français de droit constitutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1999, Aix-en -Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2402,51 +2402,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordane Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2588,51 +2588,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4891F5D4"/>
+    <w:nsid w:val="2C4C8E9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2819,51 +2819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-bolle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-9305-167X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075213516" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338285v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bolle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afco1.278.0117" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176548v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176560v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176569v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176591v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176607v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176615v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242624v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242613v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338330v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bolle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338389v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175177v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176541v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175217v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175235v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175226v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175193v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175229v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177861v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177856v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177958v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177858v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177055v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177852v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177854v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177851v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01654885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Viala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-bolle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-9305-167X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075213516" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338330v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bolle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338389v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bolle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176541v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175205v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175217v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175235v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175226v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175193v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175229v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338285v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afco1.278.0117" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176548v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176569v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176591v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176615v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242613v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177861v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177856v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177958v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177858v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177055v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177852v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177854v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177057v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177851v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177060v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01654885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Viala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>