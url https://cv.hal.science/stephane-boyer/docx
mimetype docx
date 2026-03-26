--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -499,295 +499,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05509886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An active ensemble classifier for detecting animal sequences from global camera trap data</w:t>
+                <w:t xml:space="preserve">Human contributions to global soundscapes are less predictable than the acoustic rhythms of wildlife</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommi Mononen</w:t>
+                <w:t xml:space="preserve">Panu Somervuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tomas Roslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian L. Fisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bess Hardwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gergin A Blagoev</w:t>
+                <w:t xml:space="preserve">Deirdre Kerdraon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (10), pp.2500-2516. </w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.1585-1598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.70144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41559-025-02786-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520816v1</w:t>
+                <w:t xml:space="preserve">hal-05168055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human contributions to global soundscapes are less predictable than the acoustic rhythms of wildlife</w:t>
+                <w:t xml:space="preserve">An active ensemble classifier for detecting animal sequences from global camera trap data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panu Somervuo</w:t>
+                <w:t xml:space="preserve">Tommi Mononen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bess Hardwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Roslin</w:t>
+                <w:t xml:space="preserve">Sandra Alcobia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian L. Fisher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bess Hardwick</w:t>
+                <w:t xml:space="preserve">Adrian Barrett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deirdre Kerdraon</w:t>
+                <w:t xml:space="preserve">Gergin A Blagoev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9, pp.1585-1598. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (10), pp.2500-2516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41559-025-02786-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.70144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05168055v1</w:t>
+                <w:t xml:space="preserve">hal-05520816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking three DNA metabarcoding technologies for efficient detection of non-native cerambycid beetles in trapping collections</w:t>
               </w:r>
@@ -1667,278 +1667,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding faecal samples to investigate spatiotemporal variation in the diet of the endangered Westland petrel ( Procellaria westlandica )</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+                <w:t xml:space="preserve">DNA metabarcoding of prey reveals spatial, temporal and diet partitioning of an island ecosystem by four invasive wasps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Marion Schmack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Astudillo‐garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darren Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2020.10.30.360289⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (6), pp.1199-1211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03482404v1</w:t>
+                <w:t xml:space="preserve">hal-03408083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA metabarcoding of prey reveals spatial, temporal and diet partitioning of an island ecosystem by four invasive wasps</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carmen Astudillo‐garcia</w:t>
+                <w:t xml:space="preserve">Metabarcoding faecal samples to investigate spatiotemporal variation in the diet of the endangered Westland petrel ( Procellaria westlandica )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Querejeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 58 (6), pp.1199-1211. </w:t>
+              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2020.10.30.360289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408083v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying plant DNA in the faeces of a generalist insect pest to inform trap cropping strategy</w:t>
               </w:r>
@@ -2035,1244 +2035,1244 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological management of a soil-dwelling orthopteran pest in vineyards</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerry Asalma Nboyine</w:t>
+                <w:t xml:space="preserve">Methods for the extraction, storage, amplification and sequencing of DNA from environmental samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Lear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Dickie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Banks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah L Buckley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1744-7917.12425⟩</w:t>
+              <w:t xml:space="preserve">New Zealand Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42, pp.0 - 0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20417/nzjecol.42.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02139031v1</w:t>
+                <w:t xml:space="preserve">hal-02302242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards robust and repeatable sampling methods in eDNA based studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ian A Dickie</w:t>
+                <w:t xml:space="preserve">Agroecological management of a soil-dwelling orthopteran pest in vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Asalma Nboyine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Buckley</w:t>
+                <w:t xml:space="preserve">David Saville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard P Duncan</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Wratten</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.12907⟩</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (3), pp.475-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.12425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303367v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02139031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods for the extraction, storage, amplification and sequencing of DNA from environmental samples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gavin Lear</w:t>
+                <w:t xml:space="preserve">Towards robust and repeatable sampling methods in eDNA based studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian A Dickie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Dickie</w:t>
+                <w:t xml:space="preserve">Hannah Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Banks</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Boyer</w:t>
+                <w:t xml:space="preserve">Richard P Duncan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah L Buckley</w:t>
+                <w:t xml:space="preserve">Paul Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Zealand Journal of Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 42, pp.0 - 0. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (5), pp.940-952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20417/nzjecol.42.9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.12907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302242v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological and pest-management implications of sex differences in scarab landing patterns on grape vines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauricio González-Chang</w:t>
+                <w:t xml:space="preserve">Diet Composition and Variability of Wild Octopus vulgaris and Alloteuthis media (Cephalopoda) Paralarvae: a Metagenomic Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Olmos-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Álvaro Roura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham J. Pierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Steve D Wratten</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.3213⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02302254v1</w:t>
+                <w:t xml:space="preserve">hal-02140599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature's treasure hunt</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disentangling higher trophic level interactions in the cabbage aphid food web using high-throughput DNA sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Wratten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Cusumano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann-David Varennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.aan3452⟩</w:t>
+              <w:t xml:space="preserve">Metabarcoding and Metagenomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1, pp.13709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/mbmg.1.13709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303452v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular identification and distribution of native and exotic earthworms in New Zealand human-modified soils</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brett Robinson</w:t>
+                <w:t xml:space="preserve">Ecological and pest-management implications of sex differences in scarab landing patterns on grape vines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio González-Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Nboyine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve D Wratten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Zealand Journal of Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, pp.e3213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.3213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20417/nzjecol.41.23⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02303406v1</w:t>
+                <w:t xml:space="preserve">hal-02302254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling higher trophic level interactions in the cabbage aphid food web using high-throughput DNA sequencing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yann-David Varennes</w:t>
+                <w:t xml:space="preserve">Molecular identification and distribution of native and exotic earthworms in New Zealand human-modified soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Nam Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Dickinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Bowie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett Robinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabarcoding and Metagenomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/mbmg.1.13709⟩</w:t>
+              <w:t xml:space="preserve">New Zealand Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (2), pp.218-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20417/nzjecol.41.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01693553v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A response to Pennisi - “How do gut microbiomes help herbivores”, a hint into next-generation biocontrol solutions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature's treasure hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Travis R Glare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rethinking Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/rethinkingecology.1.12932⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 356 (6336), pp.387-387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aan3452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303703v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Percentage-based Author Contribution Index: a universal measure of author contribution to scientific articles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A response to Pennisi - “How do gut microbiomes help herbivores”, a hint into next-generation biocontrol solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jason Schmidt</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis R Glare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Integrity and Peer Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s41073-017-0042-y⟩</w:t>
+              <w:t xml:space="preserve">Rethinking Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1, pp.9-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/rethinkingecology.1.12932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01710071v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet Composition and Variability of Wild Octopus vulgaris and Alloteuthis media (Cephalopoda) Paralarvae: a Metagenomic Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lorena Olmos-Pérez</w:t>
+                <w:t xml:space="preserve">Percentage-based Author Contribution Index: a universal measure of author contribution to scientific articles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Álvaro Roura</w:t>
+                <w:t xml:space="preserve">Takayoshi Ikeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graham J. Pierce</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Boyer</w:t>
+                <w:t xml:space="preserve">Jagoba Malumbres-Olarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angel Gonzalez</w:t>
+                <w:t xml:space="preserve">Jason Schmidt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, </w:t>
+              <w:t xml:space="preserve">Research Integrity and Peer Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (18), </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2017.00321⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s41073-017-0042-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02140599v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01710071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can ecosystem-scale translocations mitigate the impact of climate change on terrestrial biodiversity? Promises, pitfalls, and possibilities</w:t>
               </w:r>
@@ -3386,248 +3386,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02303706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking Ecology – Challenging Current Thinking in Ecological Research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing pollinators’ use of floral resource subsidies in agri-environment schemes: An illustration using Phacelia tanacetifolia and honeybees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rowan Sprague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Linton Winder</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia M Stevenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve D Wratten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rethinking Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/rethinkingecology.1.11230⟩</w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4, pp.e2677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.2677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02303652v1</w:t>
+                <w:t xml:space="preserve">hal-02302255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing pollinators’ use of floral resource subsidies in agri-environment schemes: An illustration using Phacelia tanacetifolia and honeybees</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rethinking Ecology – Challenging Current Thinking in Ecological Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgia M Stevenson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Steve D Wratten</w:t>
+                <w:t xml:space="preserve">Linton Winder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4, pp.e2677. </w:t>
+              <w:t xml:space="preserve">Rethinking Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.2677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/rethinkingecology.1.11230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302255v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faeces of generalist predators as ‘biodiversity capsules’: A new tool for biodiversity assessment in remote and inaccessible habitats</w:t>
               </w:r>
@@ -3639,51 +3639,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert H Cruickshank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Wratten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Webs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3, pp.1-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3711,555 +3711,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced mine restoration protocols facilitate early recovery of soil microbial biomass, activity and functional diversity</w:t>
+                <w:t xml:space="preserve">Pyrosequencing of prey DNA in faeces of carnivorous land snails to facilitate ecological restoration and relocation programmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin R Waterhouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve D Wratten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2014.09.001⟩</w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 175 (2), pp.737-746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-014-2933-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02303663v1</w:t>
+                <w:t xml:space="preserve">hal-02303658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasion success of a scarab beetle within its native range: host range expansion versus host-shift</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+                <w:t xml:space="preserve">Advanced mine restoration protocols facilitate early recovery of soil microbial biomass, activity and functional diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin R Waterhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen L Adair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve D Wratten</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.262⟩</w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (7), pp.599-606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2014.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303698v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PGI enzyme system and fitness response to temperature as a measure of environmental tolerance in an invasive species</w:t>
+                <w:t xml:space="preserve">Invasion success of a scarab beetle within its native range: host range expansion versus host-shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Saïana de Romans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis Glare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Karen Armstrong</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 2, pp.e676. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.676⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 2, pp.e262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303696v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyrosequencing of prey DNA in faeces of carnivorous land snails to facilitate ecological restoration and relocation programmes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin R Waterhouse</w:t>
+                <w:t xml:space="preserve">The PGI enzyme system and fitness response to temperature as a measure of environmental tolerance in an invasive species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Steve D Wratten</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan S. Worner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Armstrong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 175 (2), pp.737-746. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.e676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00442-014-2933-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303658v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Next-Generation Sequencing to Analyse the Diet of a Highly Endangered Land Snail (Powelliphanta augusta) Feeding on Endemic Earthworms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Wratten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Holyoake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4623,221 +4623,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01320061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interspecific competition among urban cockroach species</w:t>
+                <w:t xml:space="preserve">Life history traits of cockroaches in sugar-cane fields in La Reunion (Blattodea : Blattellidae and Blaberidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Rivault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 113 (1), pp.15--23. </w:t>
+              <w:t xml:space="preserve">Oriental Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 38, pp.373--387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.0013-8703.2004.00200.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00305316.2004.10417404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320067v1</w:t>
+                <w:t xml:space="preserve">hal-01320066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life history traits of cockroaches in sugar-cane fields in La Reunion (Blattodea : Blattellidae and Blaberidae)</w:t>
+                <w:t xml:space="preserve">Interspecific competition among urban cockroach species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Rivault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oriental Insects</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 113 (1), pp.15--23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.0013-8703.2004.00200.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00305316.2004.10417404⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01320066v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Reunion and Mayotte cockroaches: impact of altitude and human activity</w:t>
               </w:r>
@@ -5691,51 +5691,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EDAB560E"/>
+    <w:nsid w:val="524F21FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5922,51 +5922,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-boyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0750-4864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/085569402" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-8624-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503560v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Graux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2025.11.004" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509886v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gonz&#225;lez-Chang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Lefort" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Duckworth" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralline Houise" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.70060" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520816v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommi Mononen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Hardwick" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alcobia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Barrett" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergin A Blagoev" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70144" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05168055v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panu Somervuo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Roslin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L. Fisher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Kerdraon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02786-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525169v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Veillat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Magnoux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roques" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.96.130195" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353307v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13396" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850496v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lange" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martijn Bezemer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manpreet K Dhami" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-023-01500-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088307v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glare" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13305" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876368v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A Herniou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02146-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445913v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ace-02410-180117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401933v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Batuecas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Alomar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Casta&#241;e" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Pi&#241;ol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12992" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482404v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.10.30.360289" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03408083v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marion Schmack" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Lear" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Astudillo&#8208;garcia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Ward" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13856" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408447v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Asalma Nboyine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Saville" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen David Wratten" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0603-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139031v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Saville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wratten" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12425" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303367v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian A Dickie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Buckley" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P Duncan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gardner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12907" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302242v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Dickie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Banks" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah L Buckley" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20417/nzjecol.42.9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Nboyine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D Wratten" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3213" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303452v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aan3452" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303406v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Nam Kim" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Dickinson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bowie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Robinson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20417/nzjecol.41.23" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693553v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Wratten" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Cusumano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann-David Varennes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mbmg.1.13709" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303703v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis R Glare" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rethinkingecology.1.12932" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710071v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Ikeda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagoba Malumbres-Olarte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Schmidt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41073-017-0042-y" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140599v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Olmos-P&#233;rez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Roura" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham J. Pierce" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Gonzalez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00321" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303706v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley S Case" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R Waterhouse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stellenbosch Michael" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.7914.1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303652v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linton Winder" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rethinkingecology.1.11230" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302255v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowan Sprague" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia M Stevenson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2677" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163774v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Cruickshank" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fooweb.2015.02.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303663v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen L Adair" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2014.09.001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303698v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;ana de Romans" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Glare" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Armstrong" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.262" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303696v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Brown" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan S. Worner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.676" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303658v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-2933-7" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303438v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Holyoake" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075962" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140583v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Wratten" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2009.12.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320060v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2005.07.002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Z5R5XG6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320061v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BER2006446" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D891D8CFF1B0E291B25B8B89F99599C0C826FAA9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320067v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0013-8703.2004.00200.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9QCKHLQ4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320066v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00305316.2004.10417404" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320069v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(03)00059-3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RWXQL6NJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236377v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lois Veillat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Roux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lopez-Vaamonde" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655944v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rouxel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528912v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100090" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169148v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boyer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta Coma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302250v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Lefort" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H. Cruickshank" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Descovich" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Adams" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-boyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0750-4864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/085569402" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-8624-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503560v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Graux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2025.11.004" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509886v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gonz&#225;lez-Chang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Lefort" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Duckworth" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralline Houise" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.70060" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05168055v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panu Somervuo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Roslin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L. Fisher" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Hardwick" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Kerdraon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02786-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520816v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommi Mononen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alcobia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Barrett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergin A Blagoev" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70144" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525169v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Veillat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Magnoux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roques" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.96.130195" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353307v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13396" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850496v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lange" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martijn Bezemer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manpreet K Dhami" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-023-01500-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088307v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glare" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13305" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876368v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A Herniou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02146-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445913v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ace-02410-180117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401933v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Batuecas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Alomar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Casta&#241;e" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Pi&#241;ol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12992" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03408083v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marion Schmack" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Lear" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Astudillo&#8208;garcia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Ward" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13856" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.10.30.360289" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408447v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Asalma Nboyine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Saville" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen David Wratten" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0603-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302242v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Dickie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Banks" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah L Buckley" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20417/nzjecol.42.9" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139031v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Saville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wratten" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12425" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303367v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian A Dickie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Buckley" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P Duncan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gardner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12907" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140599v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Olmos-P&#233;rez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Roura" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham J. Pierce" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Gonzalez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00321" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693553v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Wratten" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Cusumano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann-David Varennes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/mbmg.1.13709" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302254v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Nboyine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D Wratten" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3213" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303406v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Nam Kim" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Dickinson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Bowie" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Robinson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20417/nzjecol.41.23" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303452v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aan3452" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303703v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis R Glare" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rethinkingecology.1.12932" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710071v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayoshi Ikeda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagoba Malumbres-Olarte" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Schmidt" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41073-017-0042-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303706v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley S Case" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R Waterhouse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stellenbosch Michael" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.7914.1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302255v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowan Sprague" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia M Stevenson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2677" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303652v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linton Winder" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rethinkingecology.1.11230" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163774v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Cruickshank" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fooweb.2015.02.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303658v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-2933-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303663v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen L Adair" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2014.09.001" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303698v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;ana de Romans" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis Glare" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Armstrong" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.262" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303696v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Brown" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan S. Worner" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.676" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303438v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Holyoake" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075962" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140583v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Wratten" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2009.12.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320060v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2005.07.002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Z5R5XG6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320061v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/BER2006446" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D891D8CFF1B0E291B25B8B89F99599C0C826FAA9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320066v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00305316.2004.10417404" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320067v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0013-8703.2004.00200.x" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9QCKHLQ4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320069v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(03)00059-3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RWXQL6NJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236377v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lois Veillat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Roux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lopez-Vaamonde" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655944v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rouxel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528912v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100090" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169148v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boyer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta Coma" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302250v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Lefort" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H. Cruickshank" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Descovich" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Adams" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>