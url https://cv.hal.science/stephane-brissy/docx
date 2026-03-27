--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,3099 +66,3338 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise à pied : ne pas confondre conservatoire et précipitation</w:t>
+                <w:t xml:space="preserve">La protection de la santé comme obligation salariale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 45, pp.1316</w:t>
+              <w:t xml:space="preserve">, 2026, 3, pp.1009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406770v1</w:t>
+                <w:t xml:space="preserve">hal-05560484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portée du procès-verbal de conciliation en référé au regard de l’objet du litige</w:t>
+                <w:t xml:space="preserve">Enquête interne et liberté de la preuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 11, pp.1086</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Point de départ du délai de prescription pour l’action en contestation du licenciement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25, pp.1195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur l’effet interruptif de la demande en référé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1-2, pp.1010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La connaissance d’une intention de licencier ne vaut pas toujours licenciement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.1153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le télétravail en santé : aspects de droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de Direito Sanitário [Revue de droit de la santé]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11606/issn.2316-9044.rdisan.2025.231391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets limités d’une absence de signature d’un reçu pour solde de tout compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1-2, pp.1005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription applicable à une action en annulation de transaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49, pp.1361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi individuel de santé au travail : quels champs d'intervention pour les médecins et infirmiers de santé au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Fantoni-Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.720-726</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un droit de la prévention pour la santé des soignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.241</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05077179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise à pied : ne pas confondre conservatoire et précipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45, pp.1316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portée du procès-verbal de conciliation en référé au regard de l’objet du litige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13, pp.1100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des professionnels de santé dans le contentieux prud'homal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Jurisprudence Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Point de départ du délai de prescription pour l’action en contestation du licenciement</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caducité, conclusions et office du juge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 25, pp.1195</w:t>
+              <w:t xml:space="preserve">, 2025, 21, pp.1162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sur l’effet interruptif de la demande en référé</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétence du juge prud’homal et service public industriel et commercial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1-2, pp.1010</w:t>
+              <w:t xml:space="preserve">, 2025, 8-9, pp.1160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La connaissance d’une intention de licencier ne vaut pas toujours licenciement</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’appréhension par le droit du management partagé dans les pôles hospitaliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20, pp.1153</w:t>
+              <w:t xml:space="preserve">Soins Cadres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 153, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Le télétravail en santé : aspects de droit français</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obligation de rechercher le reclassement du salarié inapte : retour sur l’année jurisprudentielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de Direito Sanitário [Revue de droit de la santé]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Les effets limités d’une absence de signature d’un reçu pour solde de tout compte</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les échanges d’informations relatives à la santé du salarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1-2, pp.1005</w:t>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Prescription applicable à une action en annulation de transaction</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le devoir de confraternité des professionnels de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 49, pp.1361</w:t>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, pp.896</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Suivi individuel de santé au travail : quels champs d'intervention pour les médecins et infirmiers de santé au travail ?</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03832498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La délégation des missions du médecin du travail. Vers une pluridisciplinarité en santé au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé au travail et droits fondamentaux des salariés. La liberté pour un salarié de choisir son domicile peut-elle être restreinte par la protection de sa santé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une extension mesurée des compétences professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Techniques managériales et harcèlement moral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obligation de consulter les représentants du personnel sur la santé au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2006-2026: The reorganization of health professions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubrique : Travail et risques professionnels Titre de l'article : De l’obligation de prévention des risques professionnels à l’interdiction du harcèlement moral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01762462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les responsabilités de l’employeur et de l’utilisateur en matière de santé au travail au regard de quelques arrêts récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Fantoni-Quinton</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mazière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expert du CHSCT et secret médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contours de la protection contre le licenciement des salariés victimes d’accident du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mazière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autorégulation des professions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 9, pp.720-726</w:t>
+              <w:t xml:space="preserve">, 2016, 02, pp.137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Un droit de la prévention pour la santé des soignants</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02200034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évolutions dans l'exercice groupé des professions de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.241</w:t>
+              <w:t xml:space="preserve">, 2013, 04, pp.583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Caducité, conclusions et office du juge</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02237208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit et la violence au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21, pp.1162</w:t>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 09, pp.499</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Compétence du juge prud’homal et service public industriel et commercial</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02241419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat pour réalisation d'un objet défini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8-9, pp.1160</w:t>
+              <w:t xml:space="preserve">Juristourisme : le mensuel des acteurs du tourisme &amp; des loisirs [Juris tourisme]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 104, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...1054 lines deleted...]
-                <w:t xml:space="preserve">L'autorégulation des professions</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02201713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation pour l'employeur de donner du travail au salarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 02, pp.137</w:t>
+              <w:t xml:space="preserve">, 2008, 04, pp.434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...236 lines deleted...]
-                <w:t xml:space="preserve">L'obligation pour l'employeur de donner du travail au salarié</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02198977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'avant-projet de réforme du droit des obligations : une source d'évolution pour le droit du travail ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 04, pp.434</w:t>
+              <w:t xml:space="preserve">, 2007, 01, pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02198843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'insuffisance des résultats du salarié au regard de la cause réelle et sérieuse de licenciement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 10, pp.685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02209139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires de procès : quand le travail peut blesser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Echappées inattendues du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Morlaix, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repos hebdomadaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.fasc. 22-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">temps de travail-Jours fériés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.fasc. 22-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit conventionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lamy Droit de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse - Rupture du contrat de travail : Licenciement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Synthèse – Conditions de travail : Repos et congés</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discriminations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Discriminations</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse – Conditions de travail : Repos et congés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse - Conditions de travail : Rémunération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse - Rupture du contrat de travail : Autres modes de rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juris classeur travail traité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3168,91 +3407,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les coopérations des professionnels de santé en matière de santé au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Nantes Université, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04828418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3262,147 +3501,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indépendance de la recherche et de l’expertise dans les contextes de relations public-privé intéressant les domaines de la santé et de l’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Desquilbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Cortinas Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Aschieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Commission nationale de la déontologie et des alertes en matière de santé publique et d’environnement (cnDAspe). 2024, 68 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612654v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3412,235 +3651,235 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ressources humaines en santé, levier de transformation du système de santé : Actes du séminaire du Haut Conseil pour l’Avenir de l’Assurance Maladie 2019-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Schweyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassenteufel, Patrick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">106p., 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réforme du droit privé en France : un modèle pour le droit privé européen ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sagaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cabrillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Catala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Sagaert. Larcier, 10, 2009, Contrats &amp; patrimoine, 978-2-8044-2780-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02593285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3650,151 +3889,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'implication du salarié dans son travail : droit social, utilité sociale et économie sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Farvaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bourreau-Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie sociale et droit, XXVIe Journées de l'AES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.131-145, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00257762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3941,51 +4180,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406770v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brissy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406786v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385470v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406775v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406795v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406782v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385501v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9044.rdisan.2025.231391" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406794v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05410569v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385453v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fantoni-Quinton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077179v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406778v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406791v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406760v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685871v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685659v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832498v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975782v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965338v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955450v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266436v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356943v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01762462v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207368v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbacq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mazi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200981v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200970v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200034v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241419v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02201713v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198977v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198843v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209139v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385548v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385554v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385564v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385585v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385544v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385605v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385579v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/tel-04828418v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612654v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Desquilbet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cortinas Mu&#241;oz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aschieri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03627046v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassenteufel, Patrick" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02593285v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sagaert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ancel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cabrillac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257762v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farvaque" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeandidier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourreau-Dubois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05560484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brissy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05560510v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406775v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406795v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406782v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385501v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9044.rdisan.2025.231391" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406794v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05410569v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385453v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fantoni-Quinton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05077179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406770v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406786v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05385470v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406778v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05406760v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685659v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03832498v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990441v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975782v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955450v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356943v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266436v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01762462v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207368v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbacq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mazi&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200970v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237208v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241419v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02201713v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198977v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02198843v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209139v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05560526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385548v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385554v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385564v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385585v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385544v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385611v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385605v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385579v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/tel-04828418v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612654v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Desquilbet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cortinas Mu&#241;oz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aschieri" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03627046v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassenteufel, Patrick" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02593285v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sagaert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ancel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cabrillac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catala" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257762v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farvaque" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeandidier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourreau-Dubois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>