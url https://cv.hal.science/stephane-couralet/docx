--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1391,372 +1391,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dénombrer des personnes en coréen : groupes et individus</w:t>
+                <w:t xml:space="preserve">La référence à &amp;quot;soi-même&amp;quot; : &amp;quot;moi&amp;quot; et &amp;quot;nous&amp;quot; en coréen contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de linguistique coréenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon III Jean Moulin, Département d'études coréennes, Oct 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dénombrer des personnes en coréen : groupes et individus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de linguistique coréenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon III, département d'études coréennes, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personal deixis in Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deixis and Indexicality (beyond) Here and Now</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon III Jean-Moulin; CEL (Centre d'Etudes Linguistiques), Oct 2024, Lyon (Université Jean Moulin Lyon III), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La référence à &amp;quot;soi-même&amp;quot; : &amp;quot;moi&amp;quot; et &amp;quot;nous&amp;quot; en coréen contemporain</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'asymétrie de l'approche contrastive dans la description linguistique en coréen-français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de linguistique coréenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Lyon III Jean Moulin, Département d'études coréennes, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Linguistique coréenne : approches contrastives et énonciatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département d'Etudes Asiatiques, Section coréenne, Aix-Marseille Université, Nov 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une approche aspectuelle du changement d’état en coréen contemporain : le cas des adjectifs suffixés par -게 되다</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque inaugural de l'Association Française Pour l'Etude de la Corée (AFPEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Cité, Campus des Grands Moulins, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644247v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04796548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apprenant français face aux difficultés de la langue coréenne</w:t>
               </w:r>
@@ -2012,178 +2012,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04144331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">외국어로서의 한국어 교수법' 학위 과정의 현황과 전망 : 2022년에 보르도몽테뉴 대학교 연세대 어학당 프로젝트 중심으로</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunjung Son</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">제16회 한국어교육 국제학술대회, 한국어교육 환경의 변화와 전망</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yonsei University, Dec 2023, Seoul, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04364286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les situations d'échanges formels et leurs marques linguistiques en français et en coréen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023학년도 2학기 불어불문학과 '지역 전문가 특강'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ewha Women's University, Dec 2023, Seoul, Corée du Sud</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364291v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04364286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'observation du cours de langue étrangère : pour une meilleure compréhension des contextes d'apprentissage et d'enseignement</w:t>
               </w:r>
@@ -2439,316 +2439,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modalité et politesse : le marqueur -kess- en coréen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude : Communication et Intersubjectivité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFRAE/Inalco, Modyco/Université Paris-Nanterre, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korean Studies at the University of Bordeaux Montaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd European Network for Korean Resource Specialists Conference, KU Leuven Center for Korean Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Louvain, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03527516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La causalité en coréen contemporain : le cas de -ki ttaemune, -aseo/-eoseo, -(u)nikka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunjung Son</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : l'expression de la causalité en langue maternelle et en langue étrangère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Catholique de Lublin, Université Paris-Sorbonne, Cellule de Recherche en linguistique, Université de Udine, Institut de Langue Croate et de Linguistique (Zagreb), May 2021, Lublin (distanciel), Pologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Perspectives contrastives : la source de l'information ou les marques grammaticales &amp;quot;évidentielles&amp;quot; en coréen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Française Pour l'Etude de la Corée, Université de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518518v1</w:t>
-              </w:r>
-[...218 lines deleted...]
-                <w:t xml:space="preserve">hal-03527516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les marqueurs modaux et évidentiels en coréen contemporain</w:t>
               </w:r>
@@ -2948,178 +2948,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">neun daero&amp;quot; en coréen : un marqueur modal ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunjung Son</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXXIIe Journées de Linguistique Asie orientale - 32nd Paris Meeting on East Asian Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole des Hautes Etudes en Sciences Sociales; Institut National des Langues et Civilisations Orientales; Centre National de la Recherche Scientifique, Jun 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etat des lieux des études universitaires en coréen à Bordeaux, stratégie et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e Rencontre entre les enseignants en commerce international et les conseillers du commerce extérieur de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626048v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03518498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Subjectivité dans la langue coréenne</w:t>
               </w:r>
@@ -3250,165 +3250,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La catégorie de la personne en coréen : le cas de &amp;quot;Uri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Linguistique Extrême-Orientale, Université Bordeaux Montaigne, UMR 5263 - CLLE-ERSSàB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le développement du réseau des études coréennes en dehors de Paris : le cas de l'université Bordeaux Montaigne, panel &amp;quot;Coopération en études coréennes francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers du Réseau des Etudes sur la Corée, Univ. de Paris, INALCO, EHESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03527514v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03518540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expression linguistique de la succession immédiate en coréen contemporain</w:t>
               </w:r>
@@ -3526,178 +3526,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Succession immédiate en coréen contemporain : les connecteurs temporels -jamaja, -ja et -neun daero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyunjung Son</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30èmes journées de linguistique d'Asie Orientale, Ecole des Hautes Etudes en Sciences Sociales, Institut National des Langues et Civilisations Orientales, Centre National de la Recherche Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Linguistique coréenne : problématique de la personne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude sur la recherche en coréen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Dec 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654147v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03518527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’usage des formes verbales en situation : l’interdiction collective en coréen</w:t>
               </w:r>
@@ -3746,165 +3746,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Registre et morphologie verbale en coréen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'informel dans les langues, cultures et sociétés du monde : pratiques et représentations, Les Séminaires du quai Branly - Jacques Chirac - INALCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Géopolitique de la Corée : bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Master 2 en Etudes Internationales, Université Cergy Pontoise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Cergy Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518535v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03518514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mots associés à &amp;quot;Corée du Sud&amp;quot; dans la presse française en 2011 : des discours aux représentations</w:t>
               </w:r>
@@ -3953,165 +3953,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du lexique aux déterminations indexicales : quelques différences entre le coréen du nord et du sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ème journées de Linguistique d’Asie Orientale, EHESS-CRLAO, Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Différences entre les langues nord et sud coréennes : un état des lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Problèmes et méthodes en linguistique japonaise et coréenne. Qu'entend-on au juste par "japonais" et "coréen" ? Séminaire du Centre de Recherches Linguistiques sur l'Asie Orientale, Ecole des Hautes Etudes en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518532v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03518533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syntactic and Semantic Features of Korean Classifiers</w:t>
               </w:r>
@@ -4242,234 +4242,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les auxiliaires du nombre en coréen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th European Symposium on East Asian Linguistics, EHESS-CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'emploi de &amp;quot;uri&amp;quot; en coréen contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Couralet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e Journée d'Etude sur la Corée, Laboratoire d'Etudes Coréennes UMR 8033 (CNRS-EHESS-Univ. Paris 7), Centre de Recherches sur la Corée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2005, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Typology of Classification Systems in Language and Writing Systems : the Case of Contemporary Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Couralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACI : Terrains - Techniques - Théories, Ecole des Hautes Etudes en Sciences Sociales, Centre de Recherches Linguistiques sur l'Asie Orientale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518507v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03518509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uri' est-il un pronom comme les autres en coréen ?</w:t>
               </w:r>
@@ -5750,51 +5750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D31A23E"/>
+    <w:nsid w:val="15C6035B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5981,51 +5981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-couralet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7256-5519" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113698720" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984750v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couralet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjung Son" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/tfr.2020.0008" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984747v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11305-8.p.0035" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086102v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.151.0.3183401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123717v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Tamba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984735v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029796v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984688v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458916v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226931v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226927v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796567v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719134v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719133v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644247v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796548v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607711v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619518v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654781v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04144331v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364297v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556299v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777641v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518518v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518494v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518493v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654173v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Labrune" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518523v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626048v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518498v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518544v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518495v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527514v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518540v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518517v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654147v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518527v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518538v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518535v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518514v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518534v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518532v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518533v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518503v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518507v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525432v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518509v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650362v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518504v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332259v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Shirota" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490794v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984744v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271755v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123723v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/la-personne-collective-en-coreen-wuli-nous/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271758v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection/5387-linguistique-coreenne-et-japonaise-dynamiques-contrastives" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663239v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younsill Kim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04663218v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-couralet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7256-5519" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113698720" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984750v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couralet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyunjung Son" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/tfr.2020.0008" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984747v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11305-8.p.0035" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086102v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.151.0.3183401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123717v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Tamba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984735v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029796v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984741v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984688v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458916v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226931v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226927v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796567v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719133v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719134v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619532v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796548v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644247v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607711v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619518v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654781v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04144331v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364297v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556299v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777641v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518493v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527516v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518494v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518518v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654173v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Labrune" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518523v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518498v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626048v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518544v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518495v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518540v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527514v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518542v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518517v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518527v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654147v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518538v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518514v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518535v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518534v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518533v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518532v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518503v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518509v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525432v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518507v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650362v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518504v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332259v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieko Shirota" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490794v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984744v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271755v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123723v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/la-personne-collective-en-coreen-wuli-nous/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271758v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection/5387-linguistique-coreenne-et-japonaise-dynamiques-contrastives" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663239v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younsill Kim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04663218v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>