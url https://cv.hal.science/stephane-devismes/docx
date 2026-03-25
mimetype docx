--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,16741 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...16690 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Devismes </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8032-9732</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">117725161</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/ABB-6192-2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Devismes est actuellement professeur à l'Université de Picardie Jules Verne (Amiens, France) et membre de l'équipe ALCO du laboratoire MIS. Il a obtenu son doctorat à l'Université de Picardie Jules Verne en 2006. En 2006-2007, il a été maître de conférences à l'Université Denis Diderot (Paris VII). En 2007, il a effectué un post-doctorat d'un an au CNRS/Université Paris-Sud. De 2008 à 2021, il a été maître de conférences à l'Université Grenoble Alpes (France) et membre de l'équipe Synchrone du laboratoire VERIMAG. Ses recherches portent sur les questions théoriques du calcul distribué tolérant aux pannes, notamment en lien avec l'autostabilisation.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (81)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing Mutual Exclusion in Dynamic Networks with Bounded Temporal Diameter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swan Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Malenfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Safir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stabilization, Safety, and Security of Distributed Systems (SSS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Katmandou, Nepal. pp.192-210, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-11127-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05408295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'autostabilisation de l'unisson synchrone via la satisfiabilité propositionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Khoualdia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Programmation par Contraintes (JFPC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils d'analyse d'algorithmes distribués spécifiés dans le modèle à états</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2025 – 27èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint Valéry-sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being Efficient in Time, Space, and Workload: a Self-stabilizing Unison and its Consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STACS 2025: 42nd International Symposium on Theoretical Aspects of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Jena, Germany. pp.30:1-30:18, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPICS.STACS.2025.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866194v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps, travail, espace : pourquoi choisir ? Un unisson autostabilisant et ses retombées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2025 – 27èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint-Valéry-Sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph Exploration: The Impact of a Distance Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Labourel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd International Colloquium on Automata, Languages, and Programming (ICALP 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Aarhus (Danemark), Denmark. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.ICALP.2025.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Self-Stabilization of Synchronous Unison via Propositional Satisfiability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Khoualdia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Principles and Practice of Constraint Programming (CP 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Glasgow, United Kingdom. pp.19:1--19:21, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.CP.2025.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05203873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous aussi on fait du « log * » !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2024 – 26èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Saint-Briac-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Self-stabilizing Leader Election in Directed Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PODC '24: 43rd ACM Symposium on Principles of Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Nantes France, France. pp.527-537, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3662158.3662778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Asynchronous Perpetual Grid Exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stabilization, Safety, and Security of Distributed Systems - 26th International Symposium, SSS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toshimitsu Masuzawa; Yoshiaki Katayama; Hirotsugu Kakugawa, Oct 2024, Nagoya, Japan. pp.89-105, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-74498-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour être César, il faut que tous les chemins viennent de la Domus Augustana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2024 – 26èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Saint-Briac-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asynchronous Self-stabilization Made Fast, Simple, and Energy-efficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PODC '24: 43rd ACM Symposium on Principles of Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Nantes, France. pp.538-548, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3662158.3662803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration en 3D par des robots désorientés : tu montes en bas ou tu descends en haut ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2023 - 25èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargese, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour battre à l'unisson, il faut que tous les chemins viennent de Rome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2023 - 25èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargese (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Round Complexity of Self-Stabilizing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Symposium on Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, L'Aquila, Italy. pp.1-22, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2023.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing Synchronous Unison in Directed Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCN 2023: 24th International Conference on Distributed Computing and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Kharagpur India, France. pp.115-124, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3571306.3571397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Checking of Distributed Algorithms using Synchronous Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel B. Sant'Anna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shlomi Dolev, Baruch Schieber, Oct 2023, Jersey City, NJ, United States. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44274-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité certifiée d'algorithmes autostabilisants en rondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargese, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Worst Cases of Self-stabilizing Algorithms using Simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shlomi Dolev, Baruch Schieber, Oct 2023, New Jersey, United States. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44274-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04172383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beedroids: How Luminous Autonomous Swarms of UAVs Can Save the World?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUN : Conference on Fun with Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Island of Favignana, Sicily, Italy. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.FUN.2022.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration perpétuelle : ça s'en va et ça revient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2022 - 24èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Saint-Rémy-Lès-Chevreuse, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.4640462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657044v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infinite Grid Exploration by Disoriented Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Edition of the International Conference on NETworked and sYStems, NETYS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Marrakech, Morocco. pp.129-145, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-67087-0_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un jour sans fin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2021 — 23èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03205279v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Exclusive Perpetual Grid Exploration by Luminous Myopic Opaque Robots with Common Chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Distributed Computing and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Nara, Japan. pp.76-85, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3427796.3427834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Exclusive Perpetual Grid Exploration by Luminous Myopic Robots Without Common Chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference, NETYS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual, France. pp.95-110, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-91014-3_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Implementing Stabilizing Leader Election with Weak Assumptions on Network Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PODC '21: ACM Symposium on Principles of Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual Event, Italy. pp.21-31, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3465084.3467917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing Systems in Spite of High Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Distributed Computing and Networking, ICDCN'21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Nara, Japan. pp.156-165, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3427796.3427838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376832v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of an Exact Worst-Case Self-Stabilization Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCN '21: International Conference on Distributed Computing and Networking 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Nara Japan, France. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3427796.3427832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Self-stabilizing Systems in Spite of High Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PODC 2020 - ACM Symposium on Principles of Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Salerne / Virtual, Italy. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3382734.3404502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding Water on Poleless using Melomaniac Myopic Chameleon Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth International Conference on Fun with Algorithms (FUN 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Island of Favignana, Trapani, Italy. pp.6:1-6:19, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.FUN.2021.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l'infini et au delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2020 – 22èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SASA: a SimulAtor of Self-stabilizing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Tests and Proofs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Bergen, Norway. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-50995-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521149v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élection Autostabilisante dans les Réseaux à Haute Dynamicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2020 – 22èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Distributed Cooperative Reset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE 39th International Conference on Distributed Computing Systems (ICDCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dallas, United States. pp.379-389, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2019.00045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Infinite Grid Exploration by Disoriented Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Colloquium on Structural Information and Communication Complexity SIROCCO 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, L'Aquila, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soyez efficace, rembobinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infinite Grid Exploration by Disoriented Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Colloquium, SIROCCO 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, L'Aquila, Italy. pp.340-344, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-24922-9_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silent self-stabilizing scheme for spanning-tree-like constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Bangalore, India. pp.158-167, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3288599.3288607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silence dans la forêt !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118549v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Analysis of a Memory-Efficient Self-stabilizing BFS Spanning Tree Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K. Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Symposium on Stabilization, Safety, and Security of Distributed Systems (SSS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Pise, Italy. pp.99-104, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34992-9_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squeezing Streams and Composition of Self-stabilizing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Conference on Formal Techniques for Distributed Objects, Components, and Systems (FORTE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Copenhagen, Denmark. pp.21-38, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-21759-4_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma général auto-stabilisant et silencieux de constructions de type arbres couvrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2018 - 20èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilisation progressive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2018 - 20èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eviter les collisions dans les réseaux 6TiSCH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alphand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Bertolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Fahs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Francophones sur la Conception de Protocoles, l’Évaluation de Performance et l’Expérimentation des Réseaux de Communication (CORES 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L-Exclusion autostabilisante revisitée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2018 - 20èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acyclic Strategy for Silent Self-Stabilization in Spanning Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSS 2018 - 20th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Tokyo, Japan. pp.186-202, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-03232-6_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01938671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Disconnected Components Detection and Rooted Shortest-Path Tree Maintenance in Polynomial Steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Principles of Distributed Systems (OPODIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Madrid, Spain. pp.10:1-10:16, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.OPODIS.2016.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collision Prevention in Distributed 6TiSCH Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Fahs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Bertolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alphand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2017.8115798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradual Stabilization under τ-Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euro-Par 2016 - 22nd International Conference on Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Grenoble, France. pp.588-602, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-43659-3_43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215190v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concurrence et allocation de ressources locales instantanément stabilisante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01302333v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Certified Self-Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Formal Techniques for Distributed Objects, Components, and Systems (FORTE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Heraklion, Greece. pp.36-51, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-39570-8_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Torus Exploration by Oblivious Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETYS 2015 - Third International Conference on Networked Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Agadir, Morocco. pp.183-199, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-26850-7_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926573v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élection autostabilisante en un nombre polynomial de pas de calcul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 — 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilisation Instantanée Probabiliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Bois-Plage-en-Ré, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00976673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Leader Election in Polynomial Steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSS'2014, 16th International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paderborn, Germany. pp.106-119, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11764-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980798v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme autostabilisant avec convergence sûre construisant une $(f,g)$-alliance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rivierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.13891</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer une grille avec un minimum de robots amnésiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00817123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Leader (Full) Recovery Despite Dynamic Faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence L. Larmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Distributed Computing and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Mumbai, India. pp.428-433, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-35668-1_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00930061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SR3: Secure Resilient Reputation-based Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE International Conference on Distributed Computing in Sensor Systems (DCOSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Cambridge, France. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DCOSS.2013.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routage sécurisé et résilient pour réseaux de capteurs sans fil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00813387v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Grid Exploration by Asynchronous Oblivious Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Toronto, Canada. pp.64-76, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-33536-5_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Random Walks using Tabu Lists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structural Information and Communication Complexity - 19th International SIROCCO'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithme de k-partitionnement auto-stabilisant et compétitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K. Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karel Heurtefeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence L. Larmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rivierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, La Grande Motte, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routage par marche aléatoire à listes tabous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ponsonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13es Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Cap Estérel, France. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00588086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination de comités instantanément stabilisante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borzoo Bonakdarpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13es Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Cap Estérel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00587166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilizing Committee Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borzoo Bonakdarpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Parallel and Distributed Processing, IPDPS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Anchorage, Alaska, United States. pp.231-242, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPDPS.2011.31⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01286781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendez-vous d'agents amnésiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rivierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Belle Dune, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00472219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-Stabilizing 3-Approximation for the Maximum Leaf Spanning Tree Problem in Arbitrary Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayaka Kamei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirotsugu Kakugawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COCOON 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Na Thrang, Vietnam. pp.80-89, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-14031-0_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communications Efﬁcaces et Auto-Stabilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toshimitsu Masuzawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Belle-Dune, France. pp.id 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00479860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Self-stabilizing Vertex Coloring in Unidirectional Anonymous Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Distributed Computing and Networking, ICDCN 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Kolkata, India. pp.167-177, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-11322-2_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur le Coloriage Auto-stabilisant dans les Réseaux Unidirectionnels Anonymes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Paroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00384649v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Efficiency in Self-Stabilizing Silent Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toshimitsu Masuzawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IEEE International Conference on Distributed Computing Systems (ICDCS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Montreal, Canada. pp.474-481, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2009.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le consensus est plus simple que la diffusion fiable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Toueg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00383349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-Optimal Deterministic Rendezvous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rivierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International Workshop on Reliability, Availability, and Security (WRAS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Hiroshima, Japan. pp.332-337, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PDCAT.2009.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilisation instantanée dans les systèmes à passage de messages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delaët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00383350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilization in Message-Passing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delaët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Distributed Computing and Networking (ICDCN 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Hyderabad, India. pp.281-286, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-92295-7_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Probabilistic Ring Exploration by Asynchronous Oblivious Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sirocco 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Piran, Slovenia. pp.195-208, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-11476-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal deterministic self-stabilizing vertex coloring in unidirectional anonymous networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPDPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Rome, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPDPS.2009.5161053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01298811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration Optimale Probabiliste d'un Anneau par des Robots Semi-Synchrones et Amnésiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Carry-Le-Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00383351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief Announcement: Snap-Stabilization in Message-Passing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delaët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles of Distributed Computing (PODC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Toronto, Canada. pp.443-443, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1400751.1400838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak vs. Self vs. Probabilistic Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masafumi Yamashita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Distributed Computing Systems (ICDCS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Beijing, China. pp.681-688, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2008.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial – ICDCIT 2024 &amp; 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Sarathi Mandal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishendu Mukhopadhyaya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1069, pp.115812, 2026, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2026.115812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial - ICDCIT 2024 & 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Sarathi Mandal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishendu Mukhopadhyaya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1069, pp.115812, 2026, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.TCS.2026.115812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue of SSS 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neeraj Mittal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.104955, 2022, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2022.104955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An O(D)-Round Snap-stabilizing Termination Detection in Arbitrary Rooted Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">77 Shades of Grey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Like Attract Like? A Study of Homonymous Gathering in Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Labourel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph Exploration: The Impact of a Distance Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Labourel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Self-stabilizing Leader Election in Directed Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434345v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making local algorithms efficiently self-stabilizing in arbitrary asynchronous environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-off between time, space workload: the case of the self-stabilizing unisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mazoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173649v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms For Extracting Timeliness Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikel Larrea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454388v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing K-out-of-L exclusion on tree network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00344193v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Stabilizing Leader Election</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial – Stabilization safety, and security of distributed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1069, pp.115819. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2026.115819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Checking of Distributed Algorithms using Synchronous Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sant'Anna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.115292. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2025.115292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05062225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infinite grid exploration with synchronous myopic robots without chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 375, pp.193-214. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2025.05.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing synchronous unison in directed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Defalque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1001, pp.114577. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.TCS.2024.114577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of a Memory-Efficient Self-stabilizing BFS Spanning Tree Construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.113804. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2023.113804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autostabilisation, ou comment un système distribué peut se réparer tout seul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7739661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03968455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sasa : a SimulAtor of Self-stabilizing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Computer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 66 (4), pp.796-814. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/comjnl/bxab196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilizing Systems in Spite of High Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.113966. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2023.113966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal exclusive perpetual grid exploration by luminous myopic opaque robots with common chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 977, pp.114162. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2023.114162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of an exact worst-case self-stabilization time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 941, pp.262-277. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2022.11.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Silent Self-Stabilizing Scheme for Tree-Based Constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithmica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 84 (1), pp.85-123. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00453-021-00878-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminating Exploration Of A Grid By An Optimal Number Of Asynchronous Oblivious Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Computer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, The Computer Journal, 64 (1), pp.132-154. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/comjnl/bxz166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02363013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Election in unidirectional rings with homonyms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence L Larmore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 146, pp.79-95. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2020.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03452675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal torus exploration by oblivious robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101 (9), pp.1241-1264. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-018-0595-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gradual stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123, pp.26-45. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2018.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Leader Election in Polynomial Steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 254 (3), pp.330-366. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ic.2016.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Weak Leader Election in Anonymous Trees Using Constant Memory per Edge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Larmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallel Processing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (02), pp.1750002. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129626417500025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SR3: secure resilient reputation-based routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (7), pp.2111 - 2133. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11276-016-1273-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Disconnected Components Detection and Rooted Shortest-Path Tree Maintenance in Polynomial Steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vol. 19 no. 3, pp.14 - 14. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23638/DMTCS-19-3-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485652v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilizing Committee Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borzoo Bonakdarpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87, pp.26-42. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2015.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The expressive power of snap-stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajoy K. Datta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 626, pp.40-66. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2016.01.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silent self-stabilizing BFS tree algorithms revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97 (C), pp.11-23. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01411862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concurrency in Snap-Stabilizing Local Resource Allocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099186v8</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal behavior of PVDF/PMMA blends by differential scanning calorimetry and vibrational spectroscopies (Raman and Fourier-Transform Infrared)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Veitmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bizet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Guilment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 48, pp.120-124. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2015.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01227888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak vs. Self vs. Probabilistic Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masafumi Yamashita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (3), pp.293-319. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129054115500173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Mean Hitting Times for a Degree-Biased Random Walk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 170, pp.104 - 109. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2014.01.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal probabilistic ring exploration by semi-synchronous oblivious robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 498, pp.10-27. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tcs.2013.05.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00930045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-stabilizing 3-approximation for the maximum leaf spanning tree problem in arbitrary networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayaka Kamei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirostugu Kakugawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (3), pp.430-459. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10878-011-9383-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00930035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour de l'autostabilisation. 1. Techniques généralisant l'approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (7), pp.873-894. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.30.873-894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour de l'autostabilisation. 2. Techniques spécialisant l'approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (7), pp.895-922. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.30.895-922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour de l'autostabilisation. 1. Techniques généralisant l'approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (7), pp.873-894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour de l'autostabilisation. 2. Techniques spécialisant l'approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (7), pp.895-922</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymptotically Optimal Deterministic Rendezvous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Rivierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Foundations of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (5), pp.1143-1159. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/s012905411100860x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilization in Message-Passing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delaët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 70 (12), pp.1220-1230. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light enabling snap-stabilization of fundamental protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Autonomous and Adaptive Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1462187.1462193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilizing Depth-First Search on Arbitrary Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Computer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (3), pp.268-280. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/comjnl/bxh154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Computing and Intelligent Technology - 21st International Conference, ICDCIT 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bramas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bapi Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Egan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Sarathi Mandal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distributed Computing and Intelligent Technology ICDCIT 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15507, Springer Nature Switzerland, 2025, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-81404-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Computing and Intelligent Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partha Sarathi Mandal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Vijaya Saradhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhanu Prasad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anisur Rahaman Molla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference, ICDCIT 2024, Bhubaneswar, India, January 17–20, 2024, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14501, Springer Nature Switzerland; Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50583-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Worst Cases of Self-stabilizing Algorithms Using Simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14310, Springer Nature Switzerland, pp.1-17, 2023, Lecture Notes in Computer Science, 978-3-031-44274-2. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44274-2_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Checking of Distributed Algorithms Using Synchronous Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sant’anna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stabilization, Safety, and Security of Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14310, Springer Nature Switzerland, pp.18-35, 2023, Lecture Notes in Computer Science, 978-3-031-44274-2. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44274-2_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization, Safety, and Security of Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Antonio Di Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Fernandez Anta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 13751, 2022, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-21017-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Distributed Self-Stabilizing Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swan Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morgan &amp; Claypool, 8 (1), pp.1-165, 2019, Synthesis Lectures on Distributed Computing Theory, Michel Raynal, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2200/S00908ED1V01Y201903DCT015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logique et démonstration automatique - Introduction à la logique propositionnelle et à la logique du premier ordre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatility and Efficiency in Self-Stabilizing Distributed Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Distributed, Parallel, and Cluster Computing [cs.DC]. Université Grenoble Alpes, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03080444v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Implementing Stabilizing Leader Election with Weak Assumptions on Network Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université Grenoble Alpes, VERIMAG, UMR 5104, France; LIMOS, Université Clermont Auvergne, CNRS, UMR 6158, France; Université de Bordeaux, LaBRI, UMR 5800, France; Sorbonne Université, Paris, LIP6, UMR 7606, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979166v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Stabilizing Distributed Cooperative Reset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université Grenoble Alpes (France). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976276v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acyclic Strategy for Silent Self-Stabilization in Spanning Forests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] VERIMAG UMR 5104, Université Grenoble Alpes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silent Self-Stabilizing Scheme for Spanning-Tree-like Constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ilcinkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] VERIMAG/LaBRI. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667863v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Certified Self-Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Altisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] VERIMAG UMR 5104, Université Grenoble Alpes, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272158v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silent Self-stabilizing BFS Tree Algorithms Revised</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Johnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université Grenoble Alpes. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal grid exploration by asynchronous oblivious robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ???. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00591963v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Probabilistic Ring Exploration by Asynchronous Oblivious Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6838, INRIA. 2009, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00360305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snap-Stabilization in Message-Passing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Delaët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Nesterenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6446, INRIA. 2008, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00248465v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bounds for self-stabilization in unidirectional networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gradinariu Potop-Butucaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6524, INRIA. 2008, pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00277661v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Efficiency in Self-stabilizing Silent Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toshimitsu Masuzawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6731, INRIA. 2008, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00340805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak vs. Self vs. Probabilistic Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tixeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masafumi Yamashita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6366, INRIA. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00189952v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consensus is Easier Than Reliable Broadcast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Delporte-Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Fauconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Toueg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00325470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques Contributions à la Stabilisation Instantanée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Devismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université de Picardie Jules Verne, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00120382v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId339"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -16796,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6103AF17"/>
+    <w:nsid w:val="A774267F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17027,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-devismes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8032-9732" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/117725161" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABB-6192-2021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408295v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Devismes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swan Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malenfer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Petit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Safir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-11127-2_16" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208079v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khoualdia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Cherif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012468v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jahier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Altisen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135828v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Labourel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2025.68" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010239v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ilcinkas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Johnen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mazoit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866194v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.STACS.2025.30" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203873v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2025.19" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552810v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cournier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Defalque" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604488v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Devismes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Mazoit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3662158.3662803" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566761v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604485v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3662158.3662778" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04620468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bramas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Durand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafourcade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Lamani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-74498-3_6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172383v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076915v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230513v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbineau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2023.2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081085v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925405v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3571306.3571397" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172396v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel B. Sant'Anna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03746703v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2022.7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657044v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rauch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4640462" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67087-0_9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205279v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03547159v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-91014-3_7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03130277v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427834" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346225v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465084.3467917" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03547154v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427832" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376832v3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427838" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02791667v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02521149v5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50995-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911071v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3382734.3404502" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02791601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559617v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2021.6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02313746v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21759-4_2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118440v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489666v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2019.00045" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24922-9_25" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127131v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3288599.3288607" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118549v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489447v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K. Datta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Larmore" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34992-9_8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779963v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781338v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785956v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alphand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bertolini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fahs" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779647v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Carrier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy Datta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938671v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03232-6_13" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544581v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.OPODIS.2016.10" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614643v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rousseau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2017.8115798" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215190v5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43659-3_43" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302333v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01432926v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39570-8_3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145472v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926573v3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tixeuil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26850-7_13" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980798v4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11764-5_8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812928v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rivierre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930061v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence L. Larmore" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35668-1_30" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-MSH1TFQ1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jamet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCOSS.2013.33" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813387v3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00934161v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33536-5_7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759228v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerbaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687556v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Heurtefeux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286781v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borzoo Bonakdarpour" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.31" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588086v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ponsonnet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587166v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00472219v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292491v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayaka Kamei" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotsugu Kakugawa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14031-0_11" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479860v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshimitsu Masuzawa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Paroux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gradinariu Potop-Butucaru" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11322-2_19" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TCNGTCT7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295189v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11476-2_16" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SCWRWZK5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298811v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161053" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383351v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384649v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383349v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delporte-Gallet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fauconnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Toueg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295187v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2009.24" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383350v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dela&#235;t" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Nesterenko" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298724v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDCAT.2009.13" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295022v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-92295-7_34" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303457v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1400751.1400838" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303470v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Yamashita" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2008.12" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05504522v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05356504v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04800273v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434345v4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159863v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173649v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454388v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Larrea" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344193v4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Horn" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167935v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062225v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sant'Anna" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2025.115292" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117554v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2025.05.031" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580574v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TCS.2024.114577" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206069v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.114162" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031478v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113804" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968455v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7739661" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186596v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxab196" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109662v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113966" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03862272v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2022.11.019" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547132v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00878-9" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363013v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxz166" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03452675v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K Datta" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence L Larmore" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2020.08.004" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420362v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2018.09.002" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420598v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-018-0595-8" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347471v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2016.09.002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238065v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villain" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129626417500025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707698v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-016-1273-4" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485652v4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-19-3-14" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347461v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2015.09.004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411862v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2016.06.003" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW16T2H5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01292988v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.01.036" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099186v8" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227888v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veitmann" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bizet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devismes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guilment" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.10.004" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S15FRS8J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198945v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054115500173" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759847v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2014.01.021" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930045v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.05.031" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6BN3P5R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930035v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirostugu Kakugawa" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-011-9383-5" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197403v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.30.873-894" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/46BC2386A51909E5AFD92CE04CB52C65EE220C10/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009447v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197405v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.30.895-922" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/69CD94291CCAD1BE88F956DCC30255C72E5FE7D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009448v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197399v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s012905411100860x" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154466v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2010.04.002" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241437v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1462187.1462193" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244364v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxh154" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889714v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bapi Chatterjee" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Sarathi Mandal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81404-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371904v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vijaya Saradhi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Prasad" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisur Rahaman Molla" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50583-6" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508145v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2_1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508148v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sant&#8217;anna" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2_2" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852361v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Antonio Di Luna" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fernandez Anta" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21017-4" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178659v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00908ED1V01Y201903DCT015" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874862v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;vy" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792395v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Mittal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2022.104955" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03080444v6" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979166v3" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976276v3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784570v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667863v4" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272158v2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197475v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00591963v3" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00360305v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00248465v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00277661v2" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00340805v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189952v2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325470v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00120382v2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-devismes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8032-9732" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/117725161" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABB-6192-2021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408295v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Devismes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swan Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malenfer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Petit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Safir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-11127-2_16" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208079v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khoualdia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Cherif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012468v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jahier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Altisen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866194v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ilcinkas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Johnen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mazoit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.STACS.2025.30" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010239v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135828v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Labourel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2025.68" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203873v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CP.2025.19" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566761v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604485v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cournier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Defalque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3662158.3662778" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04620468v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bramas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Durand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafourcade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Lamani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-74498-3_6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552810v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604488v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Devismes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Mazoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3662158.3662803" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085120v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230513v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbineau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2023.2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925405v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3571306.3571397" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172396v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel B. Sant'Anna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081085v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172383v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03746703v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2022.7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657044v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rauch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4640462" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67087-0_9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205279v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03130277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427834" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03547159v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-91014-3_7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346225v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3465084.3467917" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376832v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427838" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03547154v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3427796.3427832" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911071v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3382734.3404502" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559617v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FUN.2021.6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02791601v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02521149v5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50995-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02791667v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489666v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2019.00045" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118440v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751905v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24922-9_25" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127131v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3288599.3288607" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118549v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489447v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K. Datta" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Larmore" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34992-9_8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02313746v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21759-4_2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781338v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779963v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785956v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alphand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bertolini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fahs" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779647v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Carrier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy Datta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938671v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03232-6_13" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544581v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.OPODIS.2016.10" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614643v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rousseau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2017.8115798" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215190v5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43659-3_43" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302333v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01432926v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39570-8_3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926573v3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tixeuil" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26850-7_13" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145472v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980798v4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11764-5_8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812928v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rivierre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817123v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930061v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence L. Larmore" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35668-1_30" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-MSH1TFQ1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jamet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCOSS.2013.33" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813387v3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00934161v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33536-5_7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759228v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gerbaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687556v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Heurtefeux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588086v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ponsonnet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00587166v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borzoo Bonakdarpour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286781v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.31" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00472219v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292491v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayaka Kamei" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotsugu Kakugawa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14031-0_11" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479860v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshimitsu Masuzawa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Paroux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gradinariu Potop-Butucaru" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11322-2_19" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TCNGTCT7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384649v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295187v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2009.24" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383349v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delporte-Gallet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fauconnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Toueg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298724v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDCAT.2009.13" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383350v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dela&#235;t" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Nesterenko" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295022v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-92295-7_34" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295189v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-11476-2_16" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SCWRWZK5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298811v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161053" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00383351v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303457v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1400751.1400838" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303470v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Yamashita" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2008.12" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554124v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Sarathi Mandal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishendu Mukhopadhyaya" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2026.115812" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562152v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TCS.2026.115812" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792395v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Mittal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2022.104955" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518561v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05504522v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05356504v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04800273v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434345v4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159863v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173649v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454388v2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Larrea" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344193v4" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Horn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167935v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554155v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2026.115819" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062225v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sant'Anna" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2025.115292" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117554v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2025.05.031" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580574v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TCS.2024.114577" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031478v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113804" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968455v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7739661" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186596v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxab196" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109662v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.113966" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206069v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2023.114162" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03862272v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2022.11.019" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547132v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00878-9" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363013v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxz166" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03452675v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajoy K Datta" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence L Larmore" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2020.08.004" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420598v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-018-0595-8" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420362v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2018.09.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347471v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2016.09.002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238065v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villain" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129626417500025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707698v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-016-1273-4" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485652v4" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-19-3-14" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347461v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2015.09.004" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01292988v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2016.01.036" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411862v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2016.06.003" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW16T2H5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099186v8" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227888v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veitmann" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bizet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devismes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guilment" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.10.004" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S15FRS8J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198945v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129054115500173" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759847v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2014.01.021" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930045v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.05.031" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6BN3P5R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00930035v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirostugu Kakugawa" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-011-9383-5" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197403v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.30.873-894" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/46BC2386A51909E5AFD92CE04CB52C65EE220C10/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197405v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.30.895-922" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/69CD94291CCAD1BE88F956DCC30255C72E5FE7D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009447v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009448v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197399v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s012905411100860x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154466v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2010.04.002" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241437v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1462187.1462193" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244364v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comjnl/bxh154" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889714v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bapi Chatterjee" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81404-4" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371904v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vijaya Saradhi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Prasad" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisur Rahaman Molla" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50583-6" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508145v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2_1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508148v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sant&#8217;anna" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44274-2_2" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852361v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Antonio Di Luna" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fernandez Anta" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21017-4" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178659v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00908ED1V01Y201903DCT015" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874862v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;vy" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03080444v6" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979166v3" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976276v3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784570v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667863v4" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272158v2" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197475v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00591963v3" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00360305v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00248465v2" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00277661v2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00340805v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189952v2" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325470v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00120382v2" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>