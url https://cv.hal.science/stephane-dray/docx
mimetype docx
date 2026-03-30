--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Dray </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0153-1105</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">074646524</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (93)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paying attention to other animal detections improves camera trap classification models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé‐jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.70260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero‐shot animal behaviour classification with vision‐language foundation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin van Reeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delestrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (7), pp.1460-1472. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.70059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of: Trait matching without traits: using correspondence analysis to investigate the latent structure of interaction networks. Round#3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community In Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pci.ecology.100765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trait matching without traits: using correspondence analysis to investigate the latent structure of interaction networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.e73. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community ionomics reveals a diversity of mineral nutrition in a species‐rich shrubland on infertile soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Hocedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Hequet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Léopold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (5), pp.e13301. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.13301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being confident in confidence scores: calibration in deep learning models for camera trap image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.88-99. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rse2.412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the multivariate Hawkes process to study interactions between multiple species from camera trap data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Donnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Peel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J Somers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 105 (4), pp.e4237. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.4237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the effect of mega-carcass abundance on the population dynamics of a facultative scavenger predator and its prey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mellina Sidous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cubaynes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Drouet-Hoguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e53. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pci.ecology.100594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the overall effect of biotic interactions on species distributions along environmental gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ohlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Poggiato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 483, pp.110424. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2023.110424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172480v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PhylteR: Efficient Identification of Outlier Sequences in Phylogenomic Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Tricou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (11), pp.msad234. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/molbev/msad234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995366v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic and species‐level biodiversity patterns are linked by demography and ecological opportunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin J Garroway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 76, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evo.14407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global spectrum of plant form and function: enhanced species-level trait dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Díaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kattge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), pp.755. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-022-01774-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Advances in Statistical Ecology: New Methods and Software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Arab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Bärbel Illian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2021.828919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycobacterium tuberculosis genetic features associated with pulmonary tuberculosis severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Genestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guislaine Refrégier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Hodille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rima Zein-Eddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 125, pp.74-83. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijid.2022.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An appraisal of graph embeddings for comparing trophic network architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.203-216. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191630v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of genetic diversity and species richness of North American amphibians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Munshi-South</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin J Garroway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (11), pp.2005-2015. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2021.01.04.425301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are human natal sex ratio differences across the world adaptive? A test of Fisher's principle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Douhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (3), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2020.0620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long‐term high densities of African elephants clear the understorey and promote a new stable savanna woodland community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ipavec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Wigley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 32 (6), </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.13101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Spurious Groups Problem in Between-Group PCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11692-021-09550-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images, écologie et deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur la biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of water physico-chemical characteristics in artificially pumped waterholes: do African herbivores drink at the same locations and does it lead to interference competition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cordonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farisayi Dakwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lovelater Sebele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Arid Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 173, pp.104014. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaridenv.2019.104014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249760v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can an herbivore affect where a top predator kills its prey by modifying woody vegetation structure?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moreangels Mbizah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Loveridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Macdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192 (3), pp.779-789. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-020-04617-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating microbial associations from sequencing survey data with co-correspondence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Desdevises</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lebredonchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (2), pp.468-480. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.13126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Mantel statistic with a spatially‐constrained permutation procedure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Datry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (4), pp.532-540. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flower phenology as a disruptor of the fruiting dynamics in temperate oak species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éliane Schermer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 225 (3), pp.1181-1192. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.16224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial analyses of multi-trophic terrestrial vertebrate assemblages in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pollock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceres Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Galiana Ibañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Montoya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (11), pp.1636-1648. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.12981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity indices for ecological networks: a unifying framework using Hill numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ohlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Chalmandrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise O’connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (4), pp.737-747. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in the invasive pest Drosophila suzukii: activity rhythms and gene expression in response to temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Plantamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Régis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Mialdea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 222, pp.jeb199398. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jeb.199398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nine Quick Tips for Analyzing Network Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane S. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (12), pp.e1007434. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1007434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms and biplots for double constrained correspondence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Šmilauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and Ecological Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (2), pp.171-197. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10651-017-0395-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling good from bad practices in the selection of spatial or phylogenetic eigenvectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bauman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Vleminckx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (10), pp.1638-1649. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecog.03380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond neutrality: disentangling the effects of species sorting and spurious correlations in community analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Peres-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (8), pp.1737-1747. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating spatial and phylogenetic information in the fourth‐corner analysis to test trait–environment relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (12), pp.2667-2674. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01983370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervised Multiblock Analysis in R with the ade4 Package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bougeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 86 (1), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18637/jss.v086.i01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple parametric tests for trait–environment association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Peres‐neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (5), pp.801-811. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.12666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the choice of a spatial weighting matrix in eigenvector-based methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bauman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josée Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (10), pp.2159-2166. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adegraphics: An S4 Lattice-Based Package for the Representation of Multivariate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Julien-Laferrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ab. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), pp.198-212. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32614/RJ-2017-042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critical issue in model-based inference for studying trait-based community assembly and a solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J. F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5, pp.e2885. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.2885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Distribution of a Large Herbivore Community at Waterholes: An Assessment of Its Stability over Years in Hwange National Park, Zimbabwe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Charbonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Madzikanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fritz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.e0153639. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0153639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global spectrum of plant form and function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kattge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. J. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 529 (7585), pp.167-71. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature16489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing ecological effects of radiation on populations and ecosystems to improve protection of the environment against radiation: Agreed statements from a Consensus Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brechignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Oughton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Barnthouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Beasley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Radioactivity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 158-159, pp.21-29. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvrad.2016.03.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogeny of the highly diversified catfish subfamily Loricariinae (Siluriformes, Loricariidae) reveals incongruences with morphological classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. I. Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.492-517. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ympev.2015.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interspecific interference competition at the resource patch scale: do large herbivores spatially avoid elephants while accessing water?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Valeix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 85 (6), pp.1574-1585. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.12582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering external information to improve the phylogenetic comparison of microbial communities: a new approach based on constrained Double Principal Coordinates Analysis (cDPCoA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aguirre De Carcer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (2), pp.242-9. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating spatially constrained null models for irregularly spaced data using Moran spectral randomization methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. H. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.1169-1178. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.12407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis with missing values: a comparative survey of methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Josse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 216 (5), pp.657-667. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-014-0406-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of normalized difference vegetation index curves reveals overwinter mule deer survival is driven by both spring and autumn phenology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Hurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hebblewhite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 369 (1643), pp.20130196. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2013.0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially constrained clustering of ecological networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (8), pp.771-779. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.12208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical ecology comes of age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen T. Buckland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byron J.T. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (20140698), </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2014.0698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the fourth-corner and the RLQ methods for assessing trait responses to environmental variation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Choler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 95 (1), pp.14-21. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/13-0196.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00942845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocal modulation of internal and external factors determines individual movements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Van Moorter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Revilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 82, pp.290--300. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2656.2012.02038.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits reveal processes driving natural afforestation at large spatial scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. W. Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. K. Wiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. J. Thorsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Holdaway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.e75219. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0075219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conference Report: Deuxièmes Rencontres R</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5/2, pp.164--165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guide for using functional diversity indices to reveal changes in assembly processes along ecological gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24, pp.794--806. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.12013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does local habitat fragmentation affect large-scale distributions? The case of a specialist grassland bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Reino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mb. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Segurado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity and Distributions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.423--432. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ddi.12019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling plant trait responses to livestock grazing from spatio-temporal variation: the partial RLQ approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wesuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Oldeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.98-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing species and community functional responses to environmental gradients: which multivariate methods?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kleyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jr. Pakeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.805--821. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1654-1103.2012.01402.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to measure and test phylogenetic signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamara Münkemüller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bzeznik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, pp.743-756. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.2041-210X.2012.00196.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Harttiini (Siluriformes, Loricariidae) from the Guianas: a multi-table approach to assess their diversity, evolution, and distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan I. Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan H. Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36 (1), pp.115-161. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26028/cybium/2012-361-010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the effects of spatial contingency and environmental filtering on metacommunity phylogenetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-A. Leibold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 93, pp.S14-S30. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/11-0494.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predator-prey spatial game as a tool to understand the effects of protected areas on harvester-wildlife interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22, pp.648-657. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/11-0422.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved testing of species traits-environment relationships in the fourth-corner problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Terbraak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cormont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 93, pp.1525--1526. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/12-0126.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between species feeding traits and environmental conditions in fish communities: a three-matrix approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brind'Amour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boisclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (2), pp.363-377. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/09-2178.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new perspective about Moran's Coefficient: Spatial autocorrelation as a linear regression problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geographical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43, pp.127-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Guerry's data: introducing spatial constraints in multivariate analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (4), pp.2278-2299. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/10-AOAS356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adephylo: new tools for investigating the phylogenetic signal in biological traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Balloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26 (15), pp.1907-1909. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btq292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exploratory analysis of autocorrelation in animal-movement studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Royer-Carenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Calenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25 (3), pp.673-681. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11284-010-0701-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Make Love Not War: When Should Less Competitive Males Choose Low-Quality but Defendable Females?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bernstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 175(6), pp.650-661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding essential scales of spatial variation in ecological data: a multivariate approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 32(1), pp.161-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of animals trajectories from a data analysis perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Royer-Carenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.34-41. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2008.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responding to spatial and temporal variations in predation risk: space use of a game species in a changing landsape of fear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achim Zeileis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 87, pp.1129-1137. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/Z09-101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the species traits-environment relationships : the fourth-corner problem revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 89, pp.3400-3412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing or explaining beta diversity ? comment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Couteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 89, pp.3227-3232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the number of principal components: A test of dimensionality based on measurements of similarity between matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.2228-2237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected male choosiness for mates in a spider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Allainé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Menu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Venner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 275, pp.77-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing phylogenetic dependence of morphological traits using co-inertia prior to investigate character evolution in Loricariinae catfishes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.I. Montoya-Burgos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46, pp.986-1002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial ordination of vegetation data using a generalization of Wartenberg's multivariate spatial correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Débias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19, pp.45-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ade4 Package--II: Two-table and K-table Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R News</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ade4 Package: Implementing the Duality Diagram for Ecologists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Multivariate Data Analysis in R with the ade4 and ade4TkGUI Packages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation partitioning of species data matrices : estimation and comparaison of fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Borcard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 87, pp.2614-2625</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial modelling : a comprehensive framework for principal coordinate analysis of neighbour matrices (PCNM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Peres-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, --, pp.483-493</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource partitioning in a grazer guild feeding on a multilayer diatom mat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cattaneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the North American Benthological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 25, pp.800-810</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling principal component analysis and GIS to map deer habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wildlife Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11, pp.363-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procustean co-inertia analysis for the linking of multivariate datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10, pp.110-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial variation in springtime food resources influences the winter body mass of roe deer fawns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Duncan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 137, pp.363-369. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-003-1364-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00189775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistency between ordination techniques and diversity measurements: two alternative strategies for species occurrence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Couteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 84, pp.242-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-inertia analysis and the linking of ecological tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 84 (11), pp.3078-3089. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/03-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate analysis of incomplete mapped data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions in GIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 7, pp.411-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broad-scale biodiversity pattern of the endemic tree flora of the Western Ghats (India) using canonical correlation analysis of herbarium records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gimaret-Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.429-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-plot relationships between tree species occurrences and hydrological soil constraints: an example in French Guiana investigated through canonical correlation analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 162, pp.143-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matching data sets from two different spatial samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13, pp.867-874</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling bovine trypanosomosis spatial distribution by GIS in an agro-pastoral zone of Burkina Faso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. de La Rocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Desquesnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Solano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 56, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation de données multivariées: réimplémentation des fonctionnalités graphiques de la librairie ade4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Julien-Laferriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de (K+1) tableaux avec le logiciel ade4. Application en épidémiologie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bougeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Harttiini (Siluriformes, Loricariidae) des Guyanes : phylogénie et évolution des formes ou variation sur un même thème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Segmentation Methods Applied to River continuum at Network scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Piégay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can ecological status be summarized for an operational Pressures/States model ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Cernesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Tournoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tormos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU (European Geosciences Union) General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of Ecological Data with ade4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer New York, 2018, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8850-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing a pair of tables : coinertia analysis and duality diagrams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jörg Blasius; Michael Greenacre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visualization and Verbalization of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.289-300, 2014, 978-1-4665-8980-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie prédictive & changement planétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Calba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiébault; Stéphanie and Hadi; Halima. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective de l'Institut écologie &amp; environnement du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, hors s\'{e}rie, Institut écologie &amp; environnement du CNRS, pp.9-44, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-shot animal behavior classification with vision-language foundation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin van Reeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delestrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trait matching without traits: using correspondence analysis to analyze the latent structure of interaction networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond accuracy : score calibration in deep learning models for camera trap image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adespatial: Multivariate Multiscale Spatial Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:d47b25223aa96318cf263c999dd68da682dd8151;origin=https://github.com/adeverse/adespatial;visit=swh:1:snp:d06d09bee3bd54bae9f68cb6a23080fcab8cf2d4;anchor=swh:1:rev:9718305b94051b414dbf34527362366b3b2778dc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ade4: Analysis of Ecological Data: Exploratory and Euclidean Methods in Environmental Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:95f239f062befdbdcdafff9f7481b8c21fdeff6c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adephylo: Exploratory Analyses for the Phylogenetic Comparative Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:8652a24db09b8a6b04e9db682f91a46a038cdbb6;origin=https://github.com/adeverse/adephylo;visit=swh:1:snp:30e131d15586bf8af39eded4f0d5290fbdefada8;anchor=swh:1:rev:2817c696a700dbf4e67c0e5be974191135f5367d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">phylter: Detect and Remove Outliers in Phylogenomics Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Vienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Tricou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:dfe8a3a2e14a5d702074a8c35f288bf13346c6a9;origin=https://github.com/damiendevienne/phylter;visit=swh:1:snp:d1c7bbb9b94f2c10238606bcc54cea184b8749af;anchor=swh:1:rev:3c06fa9ddf83bf5073fe05b28f7ff9f9fa39ebfc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId426"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Dray </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0153-1105</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">074646524</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (93)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paying attention to other animal detections improves camera trap classification models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé‐jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.70260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero‐shot animal behaviour classification with vision‐language foundation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin van Reeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delestrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (7), pp.1460-1472. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.70059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of: Trait matching without traits: using correspondence analysis to investigate the latent structure of interaction networks. Round#3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community In Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pci.ecology.100765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trait matching without traits: using correspondence analysis to investigate the latent structure of interaction networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.e73. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community ionomics reveals a diversity of mineral nutrition in a species‐rich shrubland on infertile soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Hocedez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Hequet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Léopold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (5), pp.e13301. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.13301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being confident in confidence scores: calibration in deep learning models for camera trap image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.88-99. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rse2.412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the multivariate Hawkes process to study interactions between multiple species from camera trap data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Donnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Peel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J Somers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 105 (4), pp.e4237. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.4237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the effect of mega-carcass abundance on the population dynamics of a facultative scavenger predator and its prey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mellina Sidous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cubaynes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Drouet-Hoguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e53. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pci.ecology.100594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying the overall effect of biotic interactions on species distributions along environmental gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ohlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Poggiato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 483, pp.110424. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2023.110424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172480v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PhylteR: Efficient Identification of Outlier Sequences in Phylogenomic Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Tricou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Biology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (11), pp.msad234. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/molbev/msad234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995366v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic and species‐level biodiversity patterns are linked by demography and ecological opportunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin J Garroway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 76, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/evo.14407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03447096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Advances in Statistical Ecology: New Methods and Software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Arab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Bärbel Illian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2021.828919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global spectrum of plant form and function: enhanced species-level trait dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Díaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kattge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), pp.755. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-022-01774-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mycobacterium tuberculosis genetic features associated with pulmonary tuberculosis severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Genestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guislaine Refrégier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Hodille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rima Zein-Eddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 125, pp.74-83. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijid.2022.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An appraisal of graph embeddings for comparing trophic network architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (1), pp.203-216. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191630v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of genetic diversity and species richness of North American amphibians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Munshi-South</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin J Garroway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (11), pp.2005-2015. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2021.01.04.425301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are human natal sex ratio differences across the world adaptive? A test of Fisher's principle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Douhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (3), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2020.0620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long‐term high densities of African elephants clear the understorey and promote a new stable savanna woodland community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ipavec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Wigley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 32 (6), </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.13101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Spurious Groups Problem in Between-Group PCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11692-021-09550-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images, écologie et deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur la biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can an herbivore affect where a top predator kills its prey by modifying woody vegetation structure?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moreangels Mbizah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Loveridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Macdonald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192 (3), pp.779-789. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-020-04617-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of water physico-chemical characteristics in artificially pumped waterholes: do African herbivores drink at the same locations and does it lead to interference competition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cordonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farisayi Dakwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lovelater Sebele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Arid Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 173, pp.104014. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaridenv.2019.104014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249760v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating microbial associations from sequencing survey data with co-correspondence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Desdevises</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lebredonchel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (2), pp.468-480. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.13126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial analyses of multi-trophic terrestrial vertebrate assemblages in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pollock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceres Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Núria Galiana Ibañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Montoya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (11), pp.1636-1648. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.12981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Mantel statistic with a spatially‐constrained permutation procedure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Crabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Datry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (4), pp.532-540. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flower phenology as a disruptor of the fruiting dynamics in temperate oak species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éliane Schermer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 225 (3), pp.1181-1192. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.16224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity indices for ecological networks: a unifying framework using Hill numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ohlmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Chalmandrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise O’connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (4), pp.737-747. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic plasticity in the invasive pest Drosophila suzukii: activity rhythms and gene expression in response to temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Plantamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Régis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Mialdea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 222, pp.jeb199398. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jeb.199398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nine Quick Tips for Analyzing Network Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane S. Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Matias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (12), pp.e1007434. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1007434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms and biplots for double constrained correspondence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Šmilauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and Ecological Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (2), pp.171-197. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10651-017-0395-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond neutrality: disentangling the effects of species sorting and spurious correlations in community analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Peres-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (8), pp.1737-1747. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating spatial and phylogenetic information in the fourth‐corner analysis to test trait–environment relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Thuiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (12), pp.2667-2674. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01983370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling good from bad practices in the selection of spatial or phylogenetic eigenvectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bauman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Vleminckx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (10), pp.1638-1649. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ecog.03380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervised Multiblock Analysis in R with the ade4 Package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bougeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 86 (1), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18637/jss.v086.i01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the choice of a spatial weighting matrix in eigenvector-based methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bauman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josée Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 99 (10), pp.2159-2166. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple parametric tests for trait–environment association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J.F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Peres‐neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (5), pp.801-811. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.12666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adegraphics: An S4 Lattice-Based Package for the Representation of Multivariate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Julien-Laferrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ab. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (2), pp.198-212. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32614/RJ-2017-042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A critical issue in model-based inference for studying trait-based community assembly and a solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cajo J. F. ter Braak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5, pp.e2885. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.2885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Distribution of a Large Herbivore Community at Waterholes: An Assessment of Its Stability over Years in Hwange National Park, Zimbabwe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Charbonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Madzikanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Fritz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.e0153639. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0153639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global spectrum of plant form and function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kattge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. J. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lavorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 529 (7585), pp.167-71. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature16489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02012352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing ecological effects of radiation on populations and ecosystems to improve protection of the environment against radiation: Agreed statements from a Consensus Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Brechignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Oughton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Barnthouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Beasley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Radioactivity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 158-159, pp.21-29. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvrad.2016.03.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interspecific interference competition at the resource patch scale: do large herbivores spatially avoid elephants while accessing water?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Valeix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 85 (6), pp.1574-1585. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2656.12582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogeny of the highly diversified catfish subfamily Loricariinae (Siluriformes, Loricariidae) reveals incongruences with morphological classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. I. Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.492-517. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ympev.2015.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering external information to improve the phylogenetic comparison of microbial communities: a new approach based on constrained Double Principal Coordinates Analysis (cDPCoA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aguirre De Carcer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (2), pp.242-9. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating spatially constrained null models for irregularly spaced data using Moran spectral randomization methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. H. Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.1169-1178. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210x.12407⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02018998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis with missing values: a comparative survey of methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Josse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 216 (5), pp.657-667. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-014-0406-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional analysis of normalized difference vegetation index curves reveals overwinter mule deer survival is driven by both spring and autumn phenology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Hurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hebblewhite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 369 (1643), pp.20130196. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2013.0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially constrained clustering of ecological networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (8), pp.771-779. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.12208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the fourth-corner and the RLQ methods for assessing trait responses to environmental variation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Choler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 95 (1), pp.14-21. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/13-0196.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00942845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical ecology comes of age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen T. Buckland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Byron J.T. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (20140698), </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2014.0698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocal modulation of internal and external factors determines individual movements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Van Moorter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Revilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 82, pp.290--300. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2656.2012.02038.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits reveal processes driving natural afforestation at large spatial scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. W. Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. K. Wiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. J. Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. J. Thorsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Holdaway</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.e75219. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0075219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conference Report: Deuxièmes Rencontres R</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The R Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5/2, pp.164--165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guide for using functional diversity indices to reveal changes in assembly processes along ecological gradients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24, pp.794--806. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvs.12013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does local habitat fragmentation affect large-scale distributions? The case of a specialist grassland bird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Reino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mb. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Segurado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity and Distributions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.423--432. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ddi.12019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to measure and test phylogenetic signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamara Münkemüller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bzeznik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, pp.743-756. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.2041-210X.2012.00196.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling plant trait responses to livestock grazing from spatio-temporal variation: the partial RLQ approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wesuls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Oldeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.98-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing species and community functional responses to environmental gradients: which multivariate methods?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kleyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jr. Pakeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.805--821. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1654-1103.2012.01402.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the effects of spatial contingency and environmental filtering on metacommunity phylogenetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-A. Leibold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 93, pp.S14-S30. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/11-0494.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Harttiini (Siluriformes, Loricariidae) from the Guianas: a multi-table approach to assess their diversity, evolution, and distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan I. Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan H. Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36 (1), pp.115-161. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26028/cybium/2012-361-010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predator-prey spatial game as a tool to understand the effects of protected areas on harvester-wildlife interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22, pp.648-657. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/11-0422.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved testing of species traits-environment relationships in the fourth-corner problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Terbraak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cormont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 93, pp.1525--1526. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/12-0126.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between species feeding traits and environmental conditions in fish communities: a three-matrix approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brind'Amour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boisclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 21 (2), pp.363-377. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/09-2178.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new perspective about Moran's Coefficient: Spatial autocorrelation as a linear regression problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geographical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43, pp.127-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Guerry's data: introducing spatial constraints in multivariate analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 5 (4), pp.2278-2299. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/10-AOAS356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adephylo: new tools for investigating the phylogenetic signal in biological traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Balloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26 (15), pp.1907-1909. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btq292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exploratory analysis of autocorrelation in animal-movement studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Royer-Carenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Calenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25 (3), pp.673-681. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11284-010-0701-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Make Love Not War: When Should Less Competitive Males Choose Low-Quality but Defendable Females?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bernstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Naturalist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 175(6), pp.650-661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding essential scales of spatial variation in ecological data: a multivariate approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 32(1), pp.161-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concept of animals trajectories from a data analysis perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Royer-Carenzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (1), pp.34-41. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoinf.2008.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responding to spatial and temporal variations in predation risk: space use of a game species in a changing landsape of fear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achim Zeileis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 87, pp.1129-1137. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/Z09-101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00539403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing or explaining beta diversity ? comment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Couteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 89, pp.3227-3232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the species traits-environment relationships : the fourth-corner problem revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 89, pp.3400-3412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing phylogenetic dependence of morphological traits using co-inertia prior to investigate character evolution in Loricariinae catfishes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.I. Montoya-Burgos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 46, pp.986-1002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the number of principal components: A test of dimensionality based on measurements of similarity between matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.2228-2237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected male choosiness for mates in a spider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Bel-Venner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Allainé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Menu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Venner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 275, pp.77-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial ordination of vegetation data using a generalization of Wartenberg's multivariate spatial correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Débias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19, pp.45-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ade4 Package--II: Two-table and K-table Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R News</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ade4 Package: Implementing the Duality Diagram for Ecologists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22, pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Multivariate Data Analysis in R with the ade4 and ade4TkGUI Packages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00434618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial modelling : a comprehensive framework for principal coordinate analysis of neighbour matrices (PCNM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Peres-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, --, pp.483-493</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation partitioning of species data matrices : estimation and comparaison of fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Peres-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Borcard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 87, pp.2614-2625</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource partitioning in a grazer guild feeding on a multilayer diatom mat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cattaneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cloutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the North American Benthological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 25, pp.800-810</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00428034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling principal component analysis and GIS to map deer habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wildlife Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11, pp.363-370</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procustean co-inertia analysis for the linking of multivariate datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thioulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10, pp.110-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial variation in springtime food resources influences the winter body mass of roe deer fawns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Duncan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 137, pp.363-369. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-003-1364-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00189775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistency between ordination techniques and diversity measurements: two alternative strategies for species occurrence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Couteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 84, pp.242-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-inertia analysis and the linking of ecological tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 84 (11), pp.3078-3089. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/03-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate analysis of incomplete mapped data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions in GIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 7, pp.411-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broad-scale biodiversity pattern of the endemic tree flora of the Western Ghats (India) using canonical correlation analysis of herbarium records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gimaret-Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.429-444</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-plot relationships between tree species occurrences and hydrological soil constraints: an example in French Guiana investigated through canonical correlation analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 162, pp.143-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matching data sets from two different spatial samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pettorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vegetation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 13, pp.867-874</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling bovine trypanosomosis spatial distribution by GIS in an agro-pastoral zone of Burkina Faso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. de La Rocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Desquesnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Solano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Veterinary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 56, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00427289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation de données multivariées: réimplémentation des fonctionnalités graphiques de la librairie ade4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Julien-Laferriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de (K+1) tableaux avec le logiciel ade4. Application en épidémiologie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bougeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Harttiini (Siluriformes, Loricariidae) des Guyanes : phylogénie et évolution des formes ou variation sur un même thème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Covain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Fisch-Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Montoya-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Mol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Segmentation Methods Applied to River continuum at Network scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vaudor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Piégay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can ecological status be summarized for an operational Pressures/States model ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lalande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Cernesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Tournoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tormos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU (European Geosciences Union) General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of Ecological Data with ade4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer New York, 2018, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8850-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing a pair of tables : coinertia analysis and duality diagrams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jörg Blasius; Michael Greenacre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visualization and Verbalization of Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.289-300, 2014, 978-1-4665-8980-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie prédictive & changement planétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Calba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiébault; Stéphanie and Hadi; Halima. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective de l'Institut écologie &amp; environnement du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, hors s\'{e}rie, Institut écologie &amp; environnement du CNRS, pp.9-44, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-shot animal behavior classification with vision-language foundation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin van Reeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delestrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trait matching without traits: using correspondence analysis to analyze the latent structure of interaction networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Nicvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04781994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond accuracy : score calibration in deep learning models for camera trap image sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspard Dussert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Chamaillé-Jammes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Miele</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adespatial: Multivariate Multiscale Spatial Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:d47b25223aa96318cf263c999dd68da682dd8151;origin=https://github.com/adeverse/adespatial;visit=swh:1:snp:d06d09bee3bd54bae9f68cb6a23080fcab8cf2d4;anchor=swh:1:rev:9718305b94051b414dbf34527362366b3b2778dc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ade4: Analysis of Ecological Data: Exploratory and Euclidean Methods in Environmental Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Béatrice Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thioulouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:95f239f062befdbdcdafff9f7481b8c21fdeff6c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">phylter: Detect and Remove Outliers in Phylogenomics Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien de Vienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Tricou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:dfe8a3a2e14a5d702074a8c35f288bf13346c6a9;origin=https://github.com/damiendevienne/phylter;visit=swh:1:snp:d1c7bbb9b94f2c10238606bcc54cea184b8749af;anchor=swh:1:rev:3c06fa9ddf83bf5073fe05b28f7ff9f9fa39ebfc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adephylo: Exploratory Analyses for the Phylogenetic Comparative Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Jombart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Siberchicot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:8652a24db09b8a6b04e9db682f91a46a038cdbb6;origin=https://github.com/adeverse/adephylo;visit=swh:1:snp:30e131d15586bf8af39eded4f0d5290fbdefada8;anchor=swh:1:rev:2817c696a700dbf4e67c0e5be974191135f5367d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId426"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6EA703D"/>
+    <w:nsid w:val="7CA41EA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-dray" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0153-1105" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074646524" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543064v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dussert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;&#8208;jammes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70260" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093147v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin van Reeth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delestrade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392370v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nicver" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100765" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173831v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nicvert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.580" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690655v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hocedez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gotty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hequet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#233;opold" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13301" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749328v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;-Jammes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.412" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465235v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Keith" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Peel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Somers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4237" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620548v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellina Sidous" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cubaynes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Drouet-Hoguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100594" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172480v4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Matias" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poggiato" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2023.110424" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995366v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Comte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tricou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tannier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Joseph" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Siberchicot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad234" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03447096v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Schmidt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J Garroway" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.14407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309499v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#237;az" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kattge" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Cornelissen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Wright" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01774-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03769561v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Arab" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine B&#228;rbel Illian" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.828919" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Genestet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refr&#233;gier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hodille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Zein-Eddine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Meur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2022.10.026" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191630v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13738" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03847577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Munshi-South" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.01.04.425301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03376776v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Douhard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2020.0620" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521533v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ipavec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wigley" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13101" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348141v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thioulouse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Renaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-B&#233;atrice Dufour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11692-021-09550-0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142486v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249760v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordonnier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farisayi Dakwa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovelater Sebele" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2019.104014" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013353v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreangels Mbizah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Loveridge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Macdonald" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04617-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02400150v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cajo J.F. ter Braak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Desdevises" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lebredonchel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13126" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325770v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clappe" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13141" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325817v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Schermer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bel-Venner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulanger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16224" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399915v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Braga" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pollock" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceres Barros" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Galiana Iba&#241;ez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12981" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078993v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmandrier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O&#8217;connor" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13221" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03015319v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plantamp" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Andrieux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne R&#233;gis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mialdea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.199398" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089501v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007434" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325712v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr &#352;milauer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10651-017-0395-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325734v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bauman" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vleminckx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03380" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325746v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Peres-Neto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2376" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983370v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2530" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325703v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v086.i01" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325691v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Peres&#8208;neto" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12666" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325729v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Fortin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2469" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julien-Laferri&#232;re" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Dufour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thioulouse" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dray" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32614/RJ-2017-042" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943804v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cajo J. F. ter Braak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peres-Neto" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2885" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016403v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Charbonnel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Madzikanda" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fritz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153639" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012352v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Diaz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kattge" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Cornelissen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. J. Wright" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavorel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16489" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016415v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brechignac" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oughton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mays" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barnthouse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Beasley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2016.03.021" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016402v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Covain" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fisch-Muller" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliveira" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Mol" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2015.10.018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107512v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Valeix" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12582" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044759v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aguirre De Carcer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12300" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018998v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Wagner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.12407" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260054v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Josse" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-014-0406-z" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02046803v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Hurley" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hebblewhite" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Taylor" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2013.0196" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045124v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12208" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123399v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen T. Buckland" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron J.T. Morgan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2014.0698" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942845v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro R. Peres-Neto" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/13-0196.1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281849v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Van Moorter" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Revilla" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanchard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2656.2012.02038.x" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281851v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. W. Mason" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Wiser" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Richardson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Thorsen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Holdaway" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075219" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887870v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281571v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mason" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Bello" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouillot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavoine" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12013" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q6WGNT3Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282709v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reino" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beja" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mb. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segurado" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12019" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A85D510D738EE7817EF9DDEBCD5CA42B90F2E27D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698326v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wesuls" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oldeland" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289796v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kleyer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leps" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr. Pakeman" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01402.x" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282742v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavergne" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bzeznik" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jombart" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2041-210X.2012.00196.x" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205047v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Covain" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fisch-Muller" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. Mol" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Bail" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2012-361-010" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282758v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-R. Peres-Neto" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-A. Leibold" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0494.1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278587v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tolon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loison" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fischer" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0422.1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278590v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Terbraak" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cormont" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-0126.1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303180v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brind'Amour" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boisclair" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legendre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/09-2178.1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698436v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698434v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/10-AOAS356" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539508v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balloux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq292" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-3QWQ8JGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539473v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Royer-Carenzi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calenge" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11284-010-0701-7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EDD394E3E804F6296FC41E78558E5BD47D44586A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539465v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernstein" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428373v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428328v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Royer-Carenzi" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2008.10.002" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539403v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tolon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Zeileis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Z09-101" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428249v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428248v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pelissier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couteron" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428163v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428178v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Allain&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menu" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428142v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428140v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sa&#239;d" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;bias" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434589v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Dufour" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chessel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434575v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434618v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428021v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Peres-Neto" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Borcard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427943v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428034v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattaneo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cloutier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427805v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pettorelli" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillard" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427412v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189775v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pettorelli" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chessel" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Duncan" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-003-1364-7" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZTP4S0ZM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427458v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;lissier" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sabatier" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427392v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/03-0178" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427413v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427423v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gimaret-Carpentier" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pascal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427234v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427264v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427289v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Michel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de La Rocque" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desquesnes" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Solano" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717563v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Julien-Laferriere" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717559v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755806v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Montoya-Burgos" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Mol" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170145v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Almeida" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594859v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lalande" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Tournoud" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tormos" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309884v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jombart" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8850-1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094529v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911607v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Calba" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779471v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781994v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305463v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976074v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d47b25223aa96318cf263c999dd68da682dd8151;origin=https://github.com/adeverse/adespatial;visit=swh:1:snp:d06d09bee3bd54bae9f68cb6a23080fcab8cf2d4;anchor=swh:1:rev:9718305b94051b414dbf34527362366b3b2778dc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690682v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:95f239f062befdbdcdafff9f7481b8c21fdeff6c" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979960v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8652a24db09b8a6b04e9db682f91a46a038cdbb6;origin=https://github.com/adeverse/adephylo;visit=swh:1:snp:30e131d15586bf8af39eded4f0d5290fbdefada8;anchor=swh:1:rev:2817c696a700dbf4e67c0e5be974191135f5367d" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976675v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Vienne" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:dfe8a3a2e14a5d702074a8c35f288bf13346c6a9;origin=https://github.com/damiendevienne/phylter;visit=swh:1:snp:d1c7bbb9b94f2c10238606bcc54cea184b8749af;anchor=swh:1:rev:3c06fa9ddf83bf5073fe05b28f7ff9f9fa39ebfc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-dray" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0153-1105" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074646524" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543064v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dussert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;&#8208;jammes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70260" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093147v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin van Reeth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delestrade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392370v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nicver" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100765" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173831v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nicvert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.580" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690655v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hocedez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gotty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hequet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey L&#233;opold" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13301" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749328v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chamaill&#233;-Jammes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.412" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465235v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Keith" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Peel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Somers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4237" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620548v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellina Sidous" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cubaynes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Drouet-Hoguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecology.100594" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172480v4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Matias" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poggiato" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2023.110424" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995366v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Comte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tricou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tannier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Joseph" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Siberchicot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad234" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03447096v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Schmidt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin J Garroway" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.14407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03769561v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guillot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Arab" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine B&#228;rbel Illian" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.828919" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309499v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#237;az" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kattge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Cornelissen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Wright" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01774-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Genestet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refr&#233;gier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hodille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Zein-Eddine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Meur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2022.10.026" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191630v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13738" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03847577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Munshi-South" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.01.04.425301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03376776v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Douhard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2020.0620" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521533v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ipavec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wigley" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.13101" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348141v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thioulouse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Renaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-B&#233;atrice Dufour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11692-021-09550-0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142486v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013353v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreangels Mbizah" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Loveridge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Macdonald" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04617-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249760v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordonnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hulot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farisayi Dakwa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovelater Sebele" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2019.104014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02400150v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cajo J.F. ter Braak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Desdevises" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lebredonchel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13126" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399915v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Braga" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pollock" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceres Barros" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Galiana Iba&#241;ez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12981" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325770v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clappe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13141" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325817v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;liane Schermer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bel-Venner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulanger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16224" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078993v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chalmandrier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O&#8217;connor" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13221" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03015319v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plantamp" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Andrieux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne R&#233;gis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mialdea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.199398" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089501v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007434" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325712v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr &#352;milauer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10651-017-0395-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325746v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Peres-Neto" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2376" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983370v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2530" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325734v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bauman" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vleminckx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.03380" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325703v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v086.i01" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325729v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Fortin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2469" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325691v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Peres&#8208;neto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12666" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julien-Laferri&#232;re" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ab. Dufour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thioulouse" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dray" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32614/RJ-2017-042" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943804v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cajo J. F. ter Braak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peres-Neto" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2885" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016403v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Charbonnel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Madzikanda" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fritz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153639" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02012352v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Diaz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kattge" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Cornelissen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. J. Wright" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavorel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16489" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016415v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brechignac" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oughton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mays" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barnthouse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Beasley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2016.03.021" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107512v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Valeix" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.12582" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016402v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Covain" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fisch-Muller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliveira" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Mol" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2015.10.018" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02044759v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aguirre De Carcer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12300" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018998v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H. Wagner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.12407" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260054v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Josse" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-014-0406-z" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02046803v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Hurley" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hebblewhite" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Taylor" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2013.0196" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045124v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12208" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942845v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro R. Peres-Neto" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/13-0196.1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123399v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen T. Buckland" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron J.T. Morgan" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2014.0698" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281849v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Van Moorter" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Revilla" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanchard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2656.2012.02038.x" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281851v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. W. Mason" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Wiser" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Richardson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Thorsen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Holdaway" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075219" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887870v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281571v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mason" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Bello" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouillot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavoine" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12013" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q6WGNT3Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282709v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reino" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beja" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mb. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segurado" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12019" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A85D510D738EE7817EF9DDEBCD5CA42B90F2E27D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282742v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavergne" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bzeznik" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jombart" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2041-210X.2012.00196.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698326v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wesuls" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oldeland" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289796v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kleyer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leps" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr. Pakeman" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01402.x" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02282758v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-R. Peres-Neto" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-A. Leibold" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0494.1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205047v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Covain" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fisch-Muller" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. Mol" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Bail" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2012-361-010" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278587v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tolon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loison" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fischer" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/11-0422.1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278590v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Terbraak" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cormont" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-0126.1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303180v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brind'Amour" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boisclair" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legendre" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/09-2178.1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698436v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698434v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/10-AOAS356" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539508v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balloux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq292" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-3QWQ8JGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539473v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Royer-Carenzi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calenge" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11284-010-0701-7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EDD394E3E804F6296FC41E78558E5BD47D44586A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539465v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernstein" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428373v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428328v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Royer-Carenzi" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2008.10.002" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539403v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tolon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loison" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Zeileis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Z09-101" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428248v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pelissier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couteron" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428249v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428142v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.I. Montoya-Burgos" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428163v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428178v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Allain&#233;" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menu" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428140v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sa&#239;d" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;bias" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434589v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Dufour" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chessel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434575v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434618v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427943v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Peres-Neto" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428021v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Borcard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428034v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattaneo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cloutier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427805v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pettorelli" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillard" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427412v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189775v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pettorelli" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chessel" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Duncan" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-003-1364-7" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZTP4S0ZM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427458v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;lissier" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sabatier" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427392v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/03-0178" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427413v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427423v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gimaret-Carpentier" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pascal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427234v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427264v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427289v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Michel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de La Rocque" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desquesnes" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Solano" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717563v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Julien-Laferriere" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717559v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755806v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Montoya-Burgos" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Mol" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170145v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Almeida" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594859v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lalande" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Tournoud" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tormos" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309884v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jombart" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8850-1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094529v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911607v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Calba" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779471v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781994v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305463v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976074v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d47b25223aa96318cf263c999dd68da682dd8151;origin=https://github.com/adeverse/adespatial;visit=swh:1:snp:d06d09bee3bd54bae9f68cb6a23080fcab8cf2d4;anchor=swh:1:rev:9718305b94051b414dbf34527362366b3b2778dc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690682v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:95f239f062befdbdcdafff9f7481b8c21fdeff6c" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976675v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien de Vienne" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:dfe8a3a2e14a5d702074a8c35f288bf13346c6a9;origin=https://github.com/damiendevienne/phylter;visit=swh:1:snp:d1c7bbb9b94f2c10238606bcc54cea184b8749af;anchor=swh:1:rev:3c06fa9ddf83bf5073fe05b28f7ff9f9fa39ebfc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979960v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8652a24db09b8a6b04e9db682f91a46a038cdbb6;origin=https://github.com/adeverse/adephylo;visit=swh:1:snp:30e131d15586bf8af39eded4f0d5290fbdefada8;anchor=swh:1:rev:2817c696a700dbf4e67c0e5be974191135f5367d" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>