--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -5363,273 +5363,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'urbanisation du territoire et ses conséquences sur la qualité de l'eau et des milieux aquatiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Brun</w:t>
+                <w:t xml:space="preserve">Vers une définition opératoire des espaces ruraux et de la ruralité. Questions et débats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dedeire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Hirczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Razafimahefa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous international sur "La gestion de l'eau, des outils pour agir", 1-3 juin 2009, Sherbrooke, Québec, Canada.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">45ème Colloque de l'ASRDLF " Entre projets locaux de développement et globalisation de l'économie : quels équilibres pour les espaces régionaux ? "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Clermont-Ferrand, France. 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03072345v1</w:t>
+                <w:t xml:space="preserve">halshs-00782006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une définition opératoire des espaces ruraux et de la ruralité. Questions et débats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Dedeire</w:t>
+                <w:t xml:space="preserve">L'urbanisation du territoire et ses conséquences sur la qualité de l'eau et des milieux aquatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lala Razafimahefa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45ème Colloque de l'ASRDLF " Entre projets locaux de développement et globalisation de l'économie : quels équilibres pour les espaces régionaux ? "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Clermont-Ferrand, France. 23 p</w:t>
+              <w:t xml:space="preserve">Rendez-vous international sur "La gestion de l'eau, des outils pour agir", 1-3 juin 2009, Sherbrooke, Québec, Canada.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00782006v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03072345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la reconstitution des communautés de l'eau en France méditerranéenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "La gestion intégrée de l'eau dans l'histoire environnementale : savoirs traditionnels et pratiques modernes", Université Laval, Québec, 27-29 octobre 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Québec, Canada. pp.389-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6247,51 +6247,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9EA499BC"/>
+    <w:nsid w:val="10D52CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6478,51 +6478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-ghiotti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9230-9141" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068693184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507330v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211436v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Leme da Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osmar Coelho Filho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22106" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786685v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03345339v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouffroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150052" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430105v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vystavna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2019.115461" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430158v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.5428" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452317v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Michon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Berriane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Aderghal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Medina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585091v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giband" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schoon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Declerck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-08834-210442" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602367v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roussary" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Salles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Canneva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.32.129-145" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106140v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/reco.2014.040202" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025527v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Riachi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.9941" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061962v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.035.0021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/coloc.2010.2145" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781980v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dedeire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Razafimahefa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045648ar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060840v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.145.0073" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.2866" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01944328v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.1742" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064048v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060839v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060838v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106189v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.1318" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louargant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603599v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Large" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04337949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mele" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872681v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525108v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106260v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273037v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Hellier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41819" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828660v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056700v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056154v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872627v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055301v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barakat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055300v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055299v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106320v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808730v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Santoni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Pietri-Orsini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533004v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pietri-Orsini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Crayol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628115v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Vanina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monfort" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628128v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879308v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Morera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227605v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612497v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03926705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Leme da Silva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525469v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;tina Boutroue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hrabanski" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784153v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Erostate" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596830v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072345v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782006v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929825v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116507v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Varenne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076488v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04708411v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336800v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hague" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-ghiotti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9230-9141" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068693184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507330v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211436v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Leme da Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osmar Coelho Filho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22106" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786685v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03345339v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouffroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150052" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430105v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vystavna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2019.115461" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430158v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.5428" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452317v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Michon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Berriane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Aderghal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Medina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585091v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giband" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schoon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Declerck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-08834-210442" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602367v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roussary" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Salles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Canneva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.32.129-145" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106140v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/reco.2014.040202" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01025527v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Riachi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.9941" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061962v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.035.0021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/coloc.2010.2145" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781980v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dedeire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Razafimahefa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045648ar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060840v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.145.0073" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.2866" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01944328v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.1742" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064048v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060839v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060838v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106189v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.1318" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louargant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603599v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Large" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04337949v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Mele" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872681v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525108v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106260v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273037v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Hellier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41819" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828660v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056700v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056155v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056154v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872627v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055301v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barakat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055300v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055299v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106320v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808730v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Santoni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Pietri-Orsini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533004v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pietri-Orsini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Crayol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628115v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Vanina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monfort" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628128v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879308v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brochet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Morera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227605v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612497v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03926705v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Leme da Silva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525469v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;tina Boutroue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hrabanski" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784153v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Erostate" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596830v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00782006v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072345v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929825v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116507v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Varenne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076488v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04708411v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336800v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Hague" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>