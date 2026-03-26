--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1602,421 +1602,421 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Planar Rectenna at 2.45 GHz With Circular Polarization for Wireless Power Transmission</w:t>
+                <w:t xml:space="preserve">A New Compact Coupled Circular Ring Band-Pass Filter Structure for ISM Band Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayoub Elmai</w:t>
+                <w:t xml:space="preserve">Soufiane El Maimouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Aytouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Zbitou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noha Chahboun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 4th International Conference on Energy and Green Computing (ICEGC’2025)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202568000038⟩</w:t>
+              <w:t xml:space="preserve">2025 5th International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Fez, France. pp.00030, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202568000030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05427655v1</w:t>
+                <w:t xml:space="preserve">hal-05427652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Design of a Compact Coplanar Low Pass Filter for THz applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Laakel Stinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Zbitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Gibari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Oukaira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 5th International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Fez, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/iraset64571.2025.11008092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Compact Coupled Circular Ring Band-Pass Filter Structure for ISM Band Application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Planar Rectenna at 2.45 GHz With Circular Polarization for Wireless Power Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Elmai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Zbitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soufiane El Maimouni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jamal Zbitou</w:t>
+                <w:t xml:space="preserve">Noha Chahboun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 5th International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Fez, France. pp.00030, </w:t>
+              <w:t xml:space="preserve">The 4th International Conference on Energy and Green Computing (ICEGC’2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, FEZ, France. pp.00038, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202568000030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202568000038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05427652v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of a residual ferroelectric contribution in antiferroelectric lead-zirconate thin films</w:t>
               </w:r>
@@ -2238,286 +2238,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03127678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception and realization of highly selective band-pass filters in Ka-band built on thin polymer films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amélioration de la dispersion de nanoparticules dans des polymères en combinant l’utilisation de sonication et de tensio-actifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Ouellaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Derval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Ginestar</w:t>
+                <w:t xml:space="preserve">Patricia Bertoncini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lirzin</w:t>
+                <w:t xml:space="preserve">Emmanuelle Abisset-Chavanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Conference on Microelectronics, ICM 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Scientifiques du Groupe Français des Polymères Grand Ouest et du programme SPEED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Le Mans, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774145v1</w:t>
+                <w:t xml:space="preserve">hal-01830925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la dispersion de nanoparticules dans des polymères en combinant l’utilisation de sonication et de tensio-actifs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception and realization of highly selective band-pass filters in Ka-band built on thin polymer films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Gibari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yahya Ouellaf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed El Gibari</w:t>
+                <w:t xml:space="preserve">Patrick Derval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Bertoncini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Abisset-Chavanne</w:t>
+                <w:t xml:space="preserve">Guillaume Lirzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques du Groupe Français des Polymères Grand Ouest et du programme SPEED</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">29th International Conference on Microelectronics, ICM 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Beirut, Lebanon. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICM.2017.8268896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01830925v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01774145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal drift compensation of piezoresistive implantable blood pressure sensors with low cost analog solutions</w:t>
               </w:r>
@@ -3015,402 +3015,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01904169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser DFB bi-longueur d'onde accordable pour la génération de signaux millimétriques</w:t>
+                <w:t xml:space="preserve">Millimeter-wave frequency generation with dual-wavelength DFB laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. van Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Accard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Legouezigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Poingt</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Pommereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TELECOM' 2009 &amp; 6èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Maroc. pp.A5-3, 1-4</w:t>
+              <w:t xml:space="preserve">European Workshop on Photonic Solutions for Wireless, Access and in-house Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Duisburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480425v1</w:t>
+                <w:t xml:space="preserve">hal-00575293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération d'onde millimétrique avec un laser DFB bi-longueur d'onde</w:t>
+                <w:t xml:space="preserve">Laser DFB bi-longueur d'onde accordable pour la génération de signaux millimétriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. van Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Accard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Poingt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pommereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Club Optique et Micro-ondes de la Société Française d'Optique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Besançon, France</w:t>
+              <w:t xml:space="preserve">TELECOM' 2009 &amp; 6èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Maroc. pp.A5-3, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00575294v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00480425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter-wave frequency generation with dual-wavelength DFB laser</w:t>
+                <w:t xml:space="preserve">Génération d'onde millimétrique avec un laser DFB bi-longueur d'onde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. van Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Accard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Legouezigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Poingt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop on Photonic Solutions for Wireless, Access and in-house Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Duisburg, Germany</w:t>
+              <w:t xml:space="preserve">Journée Club Optique et Micro-ondes de la Société Française d'Optique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00575293v1</w:t>
+                <w:t xml:space="preserve">hal-00575294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3422,277 +3422,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude et réalisation d’une transition GCPW-MS-GCPW avec via-hole sur couche mince en polymère</w:t>
+                <w:t xml:space="preserve">Etude d'un déflecteur électro-optique à base d’un guide à fuite sur polymères et d’un élément optique diffractif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France. , pp 347, JNM 2019</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Brest, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02479395v1</w:t>
+                <w:t xml:space="preserve">hal-02479414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un déflecteur électro-optique à base d’un guide à fuite sur polymères et d’un élément optique diffractif</w:t>
+                <w:t xml:space="preserve">Etude et réalisation d’une transition GCPW-MS-GCPW avec via-hole sur couche mince en polymère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ginestar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Le Meur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ginestar</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Brest, France. </w:t>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France. , pp 347, JNM 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02479414v1</w:t>
+                <w:t xml:space="preserve">hal-02479395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats de l'étude d'un déflecteur électro-optique sur polymères en vue de la réalisation d’un convertisseur analogique numérique tout-optique</w:t>
               </w:r>
@@ -3730,51 +3730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Club Optique Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Toulouse, France. </w:t>
@@ -3816,90 +3816,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception and realization of highly selective bandpass filters in Ka-band built on thin polymer films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Gibari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Bretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Derval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ginestar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lirzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Microelectronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Beirut, Lebanon. , 2017</w:t>
@@ -4663,51 +4663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490467v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guermal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Zbitou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Aytouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ginestar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Gibari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/telecom7010016" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Sissoko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chousseaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchanguiz Razban" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginestar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojapr.2022.102002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054270v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Dugu&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERL20093003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124796v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nadaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Renoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka Bah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0043293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Gundel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Haskou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2986227" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271134v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lorthioir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arzel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Assmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757003v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Dufay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guiffard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raynald Seveno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Thomas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.09.080" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497582v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31192" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579346v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Den-God-Frez Palessonga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Terisse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-017-1154-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199398v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Hadjloum" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wu Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afshin S. Daryoush" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl15060404" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672783v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Dijk" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poingt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pommereau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100065" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-8TV13FD2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05427655v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Elmai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Chahboun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202568000038" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05233982v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Laakel Stinou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Oukaira" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iraset64571.2025.11008092" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05427652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Maimouni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202568000030" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521598v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Coulibaly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF51943.2021.9477343" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127678v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. W. Gundel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774145v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Derval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lirzin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268896" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830925v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Ouellaf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bertoncini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Abisset-Chavanne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Gibari" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bleis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lirzin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lauzier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268895" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Terrisse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234904v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TELFOR.2015.7377523" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904169v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laurent" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chusseau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480425v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Legouezigou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575293v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479395v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilcot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479414v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Meur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685448v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163714v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Kassiba" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572793v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464156v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginestar Stephane" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490467v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guermal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Zbitou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Aytouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ginestar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Gibari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/telecom7010016" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652281v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Sissoko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chousseaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchanguiz Razban" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginestar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojapr.2022.102002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054270v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Dugu&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERL20093003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124796v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nadaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Renoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka Bah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0043293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Gundel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Haskou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2986227" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271134v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lorthioir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arzel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Assmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757003v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Dufay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guiffard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raynald Seveno" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Thomas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.09.080" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497582v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31192" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579346v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Den-God-Frez Palessonga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Terisse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-017-1154-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199398v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massinissa Hadjloum" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Wu Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afshin S. Daryoush" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl15060404" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672783v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Dijk" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poingt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pommereau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100065" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-8TV13FD2-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05427652v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Maimouni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202568000030" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05233982v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Laakel Stinou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Oukaira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iraset64571.2025.11008092" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05427655v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Elmai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Chahboun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202568000038" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521598v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Coulibaly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF51943.2021.9477343" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127678v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. W. Gundel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830925v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Ouellaf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bertoncini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Abisset-Chavanne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774145v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Derval" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lirzin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268896" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02089183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Gibari" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bleis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lirzin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lauzier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2017.8268895" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Terrisse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234904v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TELFOR.2015.7377523" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904169v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laurent" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chusseau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575293v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Legouezigou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480425v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575294v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479414v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Meur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479395v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilcot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685448v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163714v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Kassiba" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572793v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464156v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginestar Stephane" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>