--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1803,295 +1803,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04034609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiolipin content controls mitochondrial coupling and energetic efficiency in muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increased xerotolerance of Saccharomyces cerevisiae during an osmotic pressure ramp over several generations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Prola</w:t>
+                <w:t xml:space="preserve">Laurence Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Blondelle</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Denis</w:t>
+                <w:t xml:space="preserve">Eminence Dorelle Hondjuila Miokono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abd6322⟩</w:t>
+              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (4), pp.1445-1461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1751-7915.13789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03105418v1</w:t>
+                <w:t xml:space="preserve">hal-03174738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased xerotolerance of Saccharomyces cerevisiae during an osmotic pressure ramp over several generations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+                <w:t xml:space="preserve">Cardiolipin content controls mitochondrial coupling and energetic efficiency in muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Prola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Blondelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeline Vandestienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Pottier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Dumont</w:t>
+                <w:t xml:space="preserve">Jérôme Piquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eminence Dorelle Hondjuila Miokono</w:t>
+                <w:t xml:space="preserve">Raphaël Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (4), pp.1445-1461. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (1), pp.eabd6322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1751-7915.13789⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abd6322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03174738v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of Listeria monocytogenes on Surfaces via Relative Air Humidity: Key Role of Cell Envelope</w:t>
               </w:r>
@@ -2962,307 +2962,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01509941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the air humidity on the drying of a liquid droplet on a solid plate and on bacterial destruction</w:t>
+                <w:t xml:space="preserve">Comparison of the effects of major fatty acids present in the Mediterranean diet (oleic acid, docosahexaenoic acid) and in hydrogenated oils (elaidic acid) on 7-ketocholesterol-induced oxiapoptophagy in microglial BV-2 cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onrawee Laguerre</w:t>
+                <w:t xml:space="preserve">Meryam Debbabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lecoq</w:t>
+                <w:t xml:space="preserve">Amira Zarrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Zoz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+                <w:t xml:space="preserve">Maryem Bezine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Beney</w:t>
+                <w:t xml:space="preserve">Wiem Meddeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2017.05.014⟩</w:t>
+              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 207 (Pt B), pp.151-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2017.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01558465v1</w:t>
+                <w:t xml:space="preserve">hal-01912331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the effects of major fatty acids present in the Mediterranean diet (oleic acid, docosahexaenoic acid) and in hydrogenated oils (elaidic acid) on 7-ketocholesterol-induced oxiapoptophagy in microglial BV-2 cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of the air humidity on the drying of a liquid droplet on a solid plate and on bacterial destruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryem Bezine</w:t>
+                <w:t xml:space="preserve">Onrawee Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wiem Meddeb</w:t>
+                <w:t xml:space="preserve">L. Lecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Nury</w:t>
+                <w:t xml:space="preserve">F. Zoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2017.04.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 212, pp.76-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2017.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01912331v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01558465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the responses of Saccharomyces cerevisiae yeast strain during dehydration processes using synchrotron infrared spectroscopy</w:t>
               </w:r>
@@ -4045,307 +4045,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01531646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Boschetti</w:t>
+                <w:t xml:space="preserve">Recovery Estimation of Dried Foodborne Pathogens Is Directly Related to Rehydration Kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Zoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Laconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Alvarez-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201600749⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0160844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01492871v1</w:t>
+                <w:t xml:space="preserve">hal-01466823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery Estimation of Dried Foodborne Pathogens Is Directly Related to Rehydration Kinetics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pablo Alvarez-Martin</w:t>
+                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Amendola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Bergamaschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Dacarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (32), pp.5106 - 5113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201600749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0160844⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01466823v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Relative Air Humidity as a Potential Means to Improve Hygiene on Surfaces: A Preliminary Approach with Listeria monocytogenes</w:t>
               </w:r>
@@ -5273,51 +5273,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HACD1 , a regulator of membrane composition and fluidity, promotes myoblast fusion and skeletal muscle growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Blondelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Ohno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5420,51 +5420,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extremely rapid acclimation of Escherichia coli to high temperature over a few generations of a fed-batch culture during slow warming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5710,51 +5710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Logerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5818,51 +5818,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological responses of Escherichia coli exposed to different heat-stress kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6615,90 +6615,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alteration of Cardiolipin-Dependent Mitochondrial Coupling in Muscle Protects against Obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Prola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Blondelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeline Vandestienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Piquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Gp Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6890,51 +6890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire final ClostAbat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7011,51 +7011,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ClostAbat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7300,51 +7300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e congrès annuel de l'association française de cytométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7363,264 +7363,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of environmental stresses on microbial cell physiology: from the single cell to the whole population – Application to food microbiological processes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le bactériophage MS2 : un substitut des norovirus humains à l’épreuve de procédés de écontamination thermique ou lumineux à ultra haute intensité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ragon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Belliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis de Rougemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estienney, M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abou-Hamd, N</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Centre Wales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, angor University, Jul 2022, Wales, United Kingdom</w:t>
+              <w:t xml:space="preserve">XVIIIème congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290432v1</w:t>
+                <w:t xml:space="preserve">hal-05289811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bactériophage MS2 : un substitut des norovirus humains à l’épreuve de procédés de écontamination thermique ou lumineux à ultra haute intensité</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of environmental stresses on microbial cell physiology: from the single cell to the whole population – Application to food microbiological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIème congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Marine Centre Wales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, angor University, Jul 2022, Wales, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05289811v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bactériophage MS2 : un surrogate du norovirus humain à l’épreuve de procédés de décontamination thermique ou lumineux à ultra haute intensité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8314,51 +8314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Factory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8560,51 +8560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire EcoSec 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8681,51 +8681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">éminaire EcoSec 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8940,51 +8940,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HACD1, a regulator of membrane composition and fluidity, promotes myoblast fusion and is essential for skeletal muscle growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Blondelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ohno, Y.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9700,64 +9700,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermotolerance induced by heating kinetics of Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9834,51 +9834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10003,51 +10003,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (46)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -10095,51 +10095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des jeunes chercheurs 30ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10802,57 +10802,57 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and material properties of a new hybrid silicate human norovirus-like particles for biomedical and agri-food uses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abou-Hamad, N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Estienney, M</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -10927,57 +10927,57 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a new hybrid material: silicate human norovirus-like particles for biomedical and agri-food uses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abou-Hamad, N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Estienney, M</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11033,359 +11033,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directed evolution of oenococcus oeni to improve acid-tolerance reveals fixed beneficial mutations in the citrate locus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+                <w:t xml:space="preserve">Maîtrise de Listeria monocytogenes sur des surfaces par le contrôle de l’Humidité Relative de l’Air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Coulon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Herve Alexandre</w:t>
+                <w:t xml:space="preserve">Firmesse, O</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International ICFMH Conférence FoodMicro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Athènes, Greece. </w:t>
+              <w:t xml:space="preserve">XVIIIème congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773876v1</w:t>
+                <w:t xml:space="preserve">hal-05290290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maîtrise de Listeria monocytogenes sur des surfaces par le contrôle de l’Humidité Relative de l’Air</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Ragon</w:t>
+                <w:t xml:space="preserve">Directed evolution of oenococcus oeni to improve acid-tolerance reveals fixed beneficial mutations in the citrate locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firmesse, O</w:t>
+                <w:t xml:space="preserve">Herve Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIème congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">27th International ICFMH Conférence FoodMicro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Athènes, Greece. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290290v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Directed evolution of Oenococcus oeni to improve acid-tolerance reveals fixed beneficial mutations in the citrate locus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eicher, C</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+                <w:t xml:space="preserve">Coulon, J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coulon, J</w:t>
+                <w:t xml:space="preserve">Favier, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foodmicro 2022 – Next generation challenges in food microbiology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Athens, Greece</w:t>
@@ -11400,733 +11400,746 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive evolution to improve acid tolerance in Oenococcus oeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Julliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Tourti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th international synposium of oenology of Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive evolution to improve acid tolerance in Oenococcus oeni.</w:t>
+                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by Adaptive Evolution.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Julliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO-IVAS.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">23ème Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290022v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by adaptative evolution.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+                <w:t xml:space="preserve">Impact of milk drying and decontamination on foodborne pathogen Salmonella enterica survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvarez-Martin, P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Symposium on Lactic Acid Bacteria. Egmond aan Zee,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Netherlands, Netherlands</w:t>
+              <w:t xml:space="preserve">13ème édition du congrès National de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290030v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by Adaptive Evolution.</w:t>
+                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by Adaptive Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Julliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">H. Alexandre</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Forum des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">12th International Symposium on Lactic Acid Bacteria (LAB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Egmond aan Zee, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290385v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03150712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of milk drying and decontamination on foodborne pathogen Salmonella enterica survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Lang</w:t>
+                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by adaptative evolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Julliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Patrick Gervais</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème édition du congrès National de la Société Française de Microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">12th International Symposium on Lactic Acid Bacteria. Egmond aan Zee,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Netherlands, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290317v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving acid tolerance in Oenococcus oeni by Adaptive Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Julliat</w:t>
+                <w:t xml:space="preserve">Impact of drying on foodborne pathogens Salmonella enterica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvarez-Martin, P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Symposium on Lactic Acid Bacteria (LAB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Egmond aan Zee, Netherlands</w:t>
+              <w:t xml:space="preserve">13ème édition du congrès National de la Société Française de Microbiologie,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03150712v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying on foodborne pathogens Salmonella enterica</w:t>
+                <w:t xml:space="preserve">Impact of milk drying and heat decontamination on foodborne pathogen Salmonella enterica survival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
@@ -12157,1068 +12170,1055 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème édition du congrès National de la Société Française de Microbiologie,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">16ème congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290310v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of milk drying and heat decontamination on foodborne pathogen Salmonella enterica survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Lang</w:t>
+                <w:t xml:space="preserve">HACD1 regulates mitochondrial network morphology and cristae structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vandestienne, A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Prola,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chauvin, H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Courtin, G</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">9ème congrès MeetOchondrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Hossegor, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290308v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HACD1 regulates mitochondrial network morphology and cristae structure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Prola,</w:t>
+                <w:t xml:space="preserve">Rehydration involve a large part of foodborne pathogens death after drying. Number of abstract : 7681570</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chauvin, H</w:t>
+                <w:t xml:space="preserve">L Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courtin, G</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+                <w:t xml:space="preserve">Alvarez-Martin P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème congrès MeetOchondrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Hossegor, France</w:t>
+              <w:t xml:space="preserve">International Symposium of Salmonella and Salmonellosis (ISSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, St Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290305v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rehydration involve a large part of foodborne pathogens death after drying. Number of abstract : 7681570</w:t>
+                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival. Number of abstract : 70821533</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Pujol</w:t>
+                <w:t xml:space="preserve">Pujol L</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvarez-Martin P</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Beney</w:t>
+                <w:t xml:space="preserve">Alvarez-Martin P.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Salmonella and Salmonellosis (ISSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, St Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290035v1</w:t>
+                <w:t xml:space="preserve">hal-05290042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival. Number of abstract : 70821533</w:t>
+                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium of Salmonella and Salmonellosis (ISSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, St Malo, France</w:t>
+              <w:t xml:space="preserve">21ème Forum des Jeunes chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290042v1</w:t>
+                <w:t xml:space="preserve">hal-05290394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Lang</w:t>
+                <w:t xml:space="preserve">Use of relative humidity fluctuations to kill foodborne pathogen Listeria monocytogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Zoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Forum des Jeunes chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290394v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of relative humidity fluctuations to kill foodborne pathogen Listeria monocytogenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiona Zoz</w:t>
+                <w:t xml:space="preserve">Protection of yeast cells in micro-organized shells of natural polyelectrolytes during drying process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen, T.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lherminier, J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonseca, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Forum des Jeunes chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">International Congress on Engineering and Food 12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Québec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290389v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection of yeast cells in micro-organized shells of natural polyelectrolytes during drying process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lherminier, J</w:t>
+                <w:t xml:space="preserve">Maitrise de l’humidité relative pour contrôler la viabilité de Listeria monocytogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Zoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Engineering and Food 12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Québec City, Canada</w:t>
+              <w:t xml:space="preserve">11ème édition du congrès National de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290067v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maitrise de l’humidité relative pour contrôler la viabilité de Listeria monocytogenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiona Zoz</w:t>
+                <w:t xml:space="preserve">Impact des conditions de séchage sur la survie de Salmonella enterica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème édition du congrès National de la Société Française de Microbiologie</w:t>
+              <w:t xml:space="preserve">11e édition du congrès National de la Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290323v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des conditions de séchage sur la survie de Salmonella enterica</w:t>
+                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
@@ -13236,302 +13236,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e édition du congrès National de la Société Française de Microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">European Congress of the International Association of Food Protection. Cardiff</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Wales, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290330v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Lang</w:t>
+                <w:t xml:space="preserve">Use of relative fluctuations to kill foodborne pathogen Listeria monocytogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Zoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of the International Association of Food Protection. Cardiff</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Wales, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290081v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of relative fluctuations to kill foodborne pathogen Listeria monocytogenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiona Zoz</w:t>
+                <w:t xml:space="preserve">Altered fatty acid metabolism in mdx mice. Effect of an L-carnitine supplementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Demarquoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Beney</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of the International Association of Food Protection. Cardiff</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Wales, United Kingdom</w:t>
+              <w:t xml:space="preserve">12èmes journées de la Société Française de Myologie et Colloque Myogénèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290087v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of relative humidity fluctuations to kill foodborne pathogen Listeria monocytogenes</w:t>
               </w:r>
@@ -13569,51 +13556,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Micro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13632,2190 +13619,2095 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered fatty acid metabolism in mdx mice. Effect of an L-carnitine supplementation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Demarquoy</w:t>
+                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F Le Borgne</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes journées de la Société Française de Myologie et Colloque Myogénèse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Food Micro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290334v1</w:t>
+                <w:t xml:space="preserve">hal-05290125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of drying kinetics on foodborne pathogen Salmonella enterica survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Lang</w:t>
+                <w:t xml:space="preserve">Caractérisation de la levure encapsulée et effet de l’encapsulation sur sa viabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. D Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Gervais</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lherminier, J</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Micro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">20ème Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290125v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la levure encapsulée et effet de l’encapsulation sur sa viabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude des transferts dans un réacteur miniaturisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Allonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. D Nguyen</w:t>
+                <w:t xml:space="preserve">Olmos, E</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Forum des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Besançon, France</w:t>
+              <w:t xml:space="preserve">19ème Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290400v1</w:t>
+                <w:t xml:space="preserve">hal-05290406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des transferts dans un réacteur miniaturisé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pulsed Electric Field treatment of a fluid: chamber design and liquid flow significance on the microorganism destruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olmos, E</w:t>
+                <w:t xml:space="preserve">P Molin,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Forum des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">XIVème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290406v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed Electric Field treatment of a fluid: chamber design and liquid flow significance on the microorganism destruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du mélange dans un bioréacteur miniaturisé : confrontation des approches expérimentales et numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Allonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olmos, E</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290350v1</w:t>
+                <w:t xml:space="preserve">hal-05290359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du mélange dans un bioréacteur miniaturisé : confrontation des approches expérimentales et numériques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charline Allonneau</w:t>
+                <w:t xml:space="preserve">Single cell behavior during Pulsed Electric Field Treatment: modeling and comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olmos, E</w:t>
+                <w:t xml:space="preserve">P Molin,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290359v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single cell behavior during Pulsed Electric Field Treatment: modeling and comprehension</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P Molin,</w:t>
+                <w:t xml:space="preserve">Survie / réactivation de microorganismes du sol sous hautes pressions gazeuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Perrier-Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartmann, A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">Workshop « Interactions des microorganismes avec leurs environnements : adaptation, circulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290345v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survie / réactivation de microorganismes du sol sous hautes pressions gazeuses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Ragon</w:t>
+                <w:t xml:space="preserve">Cell death induced by electric fields: a comprehensive model coupling physical and biological aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hartmann, A</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « Interactions des microorganismes avec leurs environnements : adaptation, circulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Dijon, France</w:t>
+              <w:t xml:space="preserve">XIIIème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290416v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane fatty acid composition of skeletal muscle cells from dystrophin-deficient (Duchenne) patients: effect on membrane fluidity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Logerot, M</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Logerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Demarquoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Congress of Myology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell death induced by electric fields: a comprehensive model coupling physical and biological aspects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to destroy and preserve microorganisms at a high level of temperature by controlling heat kinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Lille, France</w:t>
+              <w:t xml:space="preserve">1st International CIGR on Food Safety: Advances and trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290365v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to destroy and preserve microorganisms at a high level of temperature by controlling heat kinetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of thermal variations induced by electric fields treatments on microorganism destruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International CIGR on Food Safety: Advances and trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290131v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of thermal variations induced by electric fields treatments on microorganism destruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rôle de l’effet thermique dans l’inactivation par champs électriques de Saccharomyces cerevisiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boehm, J.B</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International CIGR on Food Safety: Advances and trends</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Dijon, France</w:t>
+              <w:t xml:space="preserve">Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290138v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de l’effet thermique dans l’inactivation par champs électriques de Saccharomyces cerevisiae</w:t>
+                <w:t xml:space="preserve">Passive and active responses of Saccharomyces cerevisiae to thermal stress.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boehm, J.B</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Dijon, France</w:t>
+              <w:t xml:space="preserve">International Congress on Engineering and Food 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290372v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive and active responses of Saccharomyces cerevisiae to thermal stress.</w:t>
+                <w:t xml:space="preserve">Etude des réponses passives et actives de la levure suite à l’application de stress thermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Engineering and Food 9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, Montpellier, France</w:t>
+              <w:t xml:space="preserve">9ème Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290147v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des réponses passives et actives de Saccharomyces cerevisiae suite à l’application de stress thermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IXème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Saint Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (4)</w:t>
+        <w:t xml:space="preserve">Rapport (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l’Anses relatif à l’évaluation du risque de transmission du complexe Mycobacterium tuberculosis à l'humain via la consommation de produits laitiers crus issus d’un élevage caprin infecté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Federighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Henaff-Le Marrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Daube</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2024-SA-0067, Anses. 2024, 26 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04854468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l'Anses relatif à la présence de parasites Toxocara spp. dans les viandes de sanglier sauvage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à la définition des souches pathogènes d’Escherichia coli productrices de shigatoxines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+                <w:t xml:space="preserve">Frédéric Borges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Auvray</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gilles Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Saisine n°2023-SA-0055, Anses. 2023, pp.20</w:t>
+              <w:t xml:space="preserve">Saisine n°2020-SA-0095, Anses. 2023, 63 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04350896v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04171498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l'Anses relatif à la définition des souches pathogènes d’Escherichia coli productrices de shigatoxines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à la présence de parasites Toxocara spp. dans les viandes de sanglier sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+                <w:t xml:space="preserve">Frédéric Borges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Auvray</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gilles Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Saisine n°2020-SA-0095, Anses. 2023, 63 p</w:t>
+              <w:t xml:space="preserve">Saisine n°2023-SA-0055, Anses. 2023, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04171498v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04350896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des impacts sur la santé publique de la dynamique des populations de renards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15871,65 +15763,1041 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0049, Anses. 2023, 200 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04171242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis de l'Anses relatif aux modalités de maîtrise du risque lié à la présence de dangers microbiologiques dans les fromages et autres produits laitiers fabriqués à partir de lait cru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04171242v1</w:t>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2019-SA-0033, Anses. 2022, 126 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03889040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation des risques en appui des mesures de gestion de produits et sous-produits animaux dans la filière avicole, lors de suspicion et de confirmation des cas de botulisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Federighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Ganière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Grisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2019-SA-0114, Anses. 2022, 101 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03922620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation des risques liés à la consommation de nitrates et nitrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Louise Scippo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n° 2020-SA-0106, Anses. 2022, 274 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04027039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation des critères pris en compte dans l’analyse de risque pour la programmation des contrôles officiels sous la responsabilité de la Direction générale de l’alimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Federighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Atgié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2019-SA-0158, Anses. 2022, 155 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03922759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse comparative des avis de l’Anses et de l’EFSA relatifs aux demandes d’autorisation de mise sur le marché de plantes génétiquement modifiées au titre du règlement (CE) n° 1829/2003 - Identification, description et analyse des sources d’écart entre les avis formulés par l’Anses au cours du processus décisionnel européen et les avis adoptés par l’EFSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Klonjkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n° 2020-SA-0063, Anses. 2022, 84 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04021935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis relatif à la représentativité de l’échantillonnage pour la recherche d’histamine dans les poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n° 2021-SA-0021, Anses. 2022, 38 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04026020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation des risques en appui des mesures de gestion de produits dans la filière bovine, lors de suspicion et de confirmation de cas de botulisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Federighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Ganière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Grisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Saisine n° 2019-SA-0112, Anses. 2021, 112 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03792909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Plâtrière, Tranche 2, Lazer (05)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bonvalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunilda Bregu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie de Provence-Alpes-Côte d'Azur. 2018, pp.Volume 1 (364), Volume 2 (265), Volume 3 (424)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05512829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId373"/>
+      <w:footerReference w:type="default" r:id="rId399"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15997,51 +16865,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F63FCF2B"/>
+    <w:nsid w:val="A05D1BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16228,51 +17096,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-guyot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2316-234X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124704298" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-3482-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515489v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pfendler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Mei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394400v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy de Oliveira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.147336" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329926v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Savard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Firmesse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2025.104968" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136370v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2025.105111" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04706359v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Hill" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Davey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091838" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04628660v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nausad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Kumar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Sharma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Dulta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Dviwedi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2024.04.024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152835v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115185" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03902943v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dumont" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bellanger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grosselin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotobiol.2022.112603" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04229196v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Abou-Hamad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daval-Frerot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113545" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04034609v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Julliat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eicher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Tourti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabanel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104048" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03105418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Prola" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Blondelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeline Vandestienne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piquereau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Denis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd6322" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03174738v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pottier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eminence Dorelle Hondjuila Miokono" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13789" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327279v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Zoz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939385v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01887" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02544120v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpcy.72" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02171876v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Marin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Journaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927619000084" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01907589v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez-Martin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00475" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509941v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012617" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01558465v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onrawee Laguerre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecoq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zoz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2017.05.014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01912331v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Debbabi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Zarrouk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Bezine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiem Meddeb" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nury" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2017.04.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPHQ951L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01616052v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7an00257b" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01558447v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Chemlal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.06.028" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJL2BCG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509615v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laconelli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.10.005" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01618841v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01893" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509875v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.02.010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531646v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01466823v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0160844" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01466198v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148418" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01485208v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Nguyen Thi Minh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loison" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Burgaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927615015639" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164294v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927615000665" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290604v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Young" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12866" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01267213v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Allonneau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olmos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2014.12.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290612v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.06.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L731ZNSR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114543v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614013671" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Ohno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gache" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmcb/mjv049" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290963v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hauck Tiburski" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.146" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290639v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amauri Rosenthal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-013-9312-5" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291000v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Borgne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Logerot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049346" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01789685v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-010-0597-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D0QF9WF5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291044v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vejux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montange" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Riedinger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Kahn" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2007.12.001" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SB48Q1SN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291056v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-008-1519-x" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-76SDM0L9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291104v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Boehm" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2006.06.036" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T4S70BL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291112v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0620158" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W9Q6KVN7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295180v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20600" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B91843BD4B297FED6BBCD436E7440B0B71D022FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04833227v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gp Denis" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289771v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262840v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262822v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289775v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamad, N" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienney, M" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon, M" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290429v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289805v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290432v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289811v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Belliot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamd, N" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249764v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estienney" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289819v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin, P" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533452v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289823v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289783v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290440v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289787v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289791v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont, J" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young, M" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289832v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289845v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290446v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289794v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmann, A" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289838v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohno, Y." TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gache, V" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prola, A" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02481090v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289798v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289797v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290453v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02481121v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746507v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289850v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289858v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289800v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262869v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05351465v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Mishra" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Franco" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gil-Guerrero" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262886v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262861v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bourelle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251566v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290010v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290293v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290015v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03773876v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Coulon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Alexandre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290290v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmesse, O" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290019v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eicher, C" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulon, J" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favier, M" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03150729v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tourti" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290022v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tourti, N" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290030v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290385v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290317v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03150712v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290310v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290308v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290305v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandestienne, A" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prola," TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauvin, H" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtin, G" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290035v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pujol" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin P" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290042v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pujol L" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin P." TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290394v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290389v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290067v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen, T." TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherminier, J" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonseca, F" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290323v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290330v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290081v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290087v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290118v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290334v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Demarquoy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Le Borgne" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290125v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290400v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D Nguyen" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290406v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olmos, E" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290350v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Iaconelli" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Molin," TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290359v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290345v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290416v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290143v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logerot, M" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290365v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290131v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290138v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290372v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boehm, J.B" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290147v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290422v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290367v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04854468v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Henaff-Le Marrec" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fravalo" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Auvray" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04350896v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boni" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171498v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-guyot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2316-234X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/124704298" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-3482-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515489v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pfendler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Mei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394400v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy de Oliveira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.147336" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329926v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Savard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Firmesse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2025.104968" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136370v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2025.105111" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04706359v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Hill" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Davey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091838" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04628660v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nausad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Kumar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Sharma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Dulta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Dviwedi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2024.04.024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152835v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115185" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03902943v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dumont" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bellanger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grosselin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotobiol.2022.112603" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04229196v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Abou-Hamad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daval-Frerot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113545" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04034609v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Julliat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eicher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Tourti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabanel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104048" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03174738v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eminence Dorelle Hondjuila Miokono" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13789" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03105418v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Prola" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Blondelle" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeline Vandestienne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piquereau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Denis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd6322" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327279v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Zoz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939385v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01887" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02544120v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpcy.72" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02171876v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Marin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Journaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927619000084" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01907589v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez-Martin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00475" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509941v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012617" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01912331v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Debbabi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Zarrouk" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Bezine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiem Meddeb" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nury" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2017.04.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPHQ951L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01558465v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onrawee Laguerre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecoq" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zoz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2017.05.014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01616052v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7an00257b" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01558447v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Chemlal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.06.028" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJL2BCG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509615v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laconelli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.10.005" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01618841v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01893" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509875v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.02.010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531646v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01466823v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0160844" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01466198v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148418" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01485208v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Nguyen Thi Minh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loison" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Burgaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927615015639" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164294v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927615000665" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290604v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Young" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12866" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01267213v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Allonneau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olmos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2014.12.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290612v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.06.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L731ZNSR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114543v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614013671" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Ohno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gache" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Storck" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmcb/mjv049" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290963v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hartmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hauck Tiburski" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.146" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290639v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amauri Rosenthal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-013-9312-5" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291000v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Borgne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Logerot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049346" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01789685v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-010-0597-1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D0QF9WF5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291044v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vejux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montange" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Riedinger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Kahn" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2007.12.001" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SB48Q1SN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291056v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-008-1519-x" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-76SDM0L9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291104v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Boehm" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2006.06.036" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T4S70BL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02291112v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0620158" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W9Q6KVN7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295180v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.20600" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B91843BD4B297FED6BBCD436E7440B0B71D022FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04833227v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gp Denis" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289771v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262840v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262822v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289775v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamad, N" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienney, M" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon, M" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290429v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289805v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289811v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Belliot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamd, N" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290432v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249764v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estienney" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289819v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin, P" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533452v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289823v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289783v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290440v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289787v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289791v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont, J" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young, M" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289832v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289845v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290446v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289794v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmann, A" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289838v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohno, Y." TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gache, V" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prola, A" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02481090v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289798v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289797v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290453v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02481121v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746507v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289850v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289858v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289800v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262869v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05351465v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Mishra" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Franco" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gil-Guerrero" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262886v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262861v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bourelle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251566v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290010v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290293v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290015v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290290v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmesse, O" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03773876v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Coulon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Alexandre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290019v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulon, J" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favier, M" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03150729v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tourti" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290385v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290317v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03150712v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290030v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290310v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290308v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290305v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandestienne, A" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prola," TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauvin, H" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtin, G" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290035v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pujol" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin P" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290042v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pujol L" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Martin P." TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290394v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290389v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290067v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen, T." TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherminier, J" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonseca, F" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290323v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290330v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290081v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290087v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290334v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Demarquoy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Le Borgne" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290118v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290125v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290400v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D Nguyen" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290406v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olmos, E" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290350v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Iaconelli" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Molin," TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290359v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290345v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290416v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290365v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290143v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290131v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290138v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290372v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boehm, J.B" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290147v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290422v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290367v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04854468v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Henaff-Le Marrec" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fravalo" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Auvray" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171498v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boni" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04350896v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03889040v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cerf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922620v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gani&#232;re" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Grisot" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hilaire" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04027039v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Scippo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Desriac" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922759v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgi&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04021935v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Klonjkowski" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04026020v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03792909v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Federighi" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Gani&#232;re" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512829v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bonvalot" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilda Bregu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>