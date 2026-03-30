--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -456,199 +456,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Libertés prosodiques de Brassens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Perle Abbrugiati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brassens, liberté, libertés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaire de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.26-36, 2023, Chants Sons, 9791032004944</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le chant en français de quelques villes d’Espagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mercedes García Plata. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la ciudad a la nación: un acercamiento a la canción española contemporánea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.389-400, 2023, 978-84-19077-59-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543999v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-04550720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour me comprendre</w:t>
               </w:r>
@@ -847,414 +847,414 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J'allais rue des Solitaires, malade, de Vienne en Amsterdam : pour un ouvroir de polysémie enchantée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joël July; Céline Chabot-Canet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du Malentendu dans la chanson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.193-208, 2021, Chant-sons, 9791032003022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Faut-il traduire Jacques Brel ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Gravet; Katrien Lievois. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vous avez dit littérature belge francophone ? Le défi de la traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2021, 9782807616493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b17589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le fantôme et la pâte à papa ou le père perd toujours chez Trenet »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Audrey Coudevylle; Sarra Khaled; Colette Lucidarme; Catherine Thomas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trenet aujourd'hui : que reste-t-il de ses beaux jours ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, 2021, 9791032003299</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presque trente ans de cantologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarra Khaled; Issam Marzouki. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chanson, passerelles et transmissions culturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sud éditions, pp.31-47, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Je suis malade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Quinonero. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Serge Lama, la rage de vivre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Archipel, pp.100-101, 2021, 978-2-8098-4050-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550965v1</w:t>
-              </w:r>
-[...312 lines deleted...]
-                <w:t xml:space="preserve">hal-04523641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la chanson se rend hommage en miroir, des Feuilles mortes à L'Été indien</w:t>
               </w:r>
@@ -1389,225 +1389,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chanson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Zubiate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Coudevylle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernard Banoun; Isabelle Poulin; Yves Chevrel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des Traductions en Langue Française, XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1147-1174, 2019, Critique littéraire, 978-2-86432-019-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Echos et permanences de l'impermanence – Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Perle Abrugiatti; Stéphane Chaudier; Jean-Marie Jacono; Joël July; Stéphane Hirschi; Céline Pruvost. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cartographier la chanson contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.249-254, 2019, Chants sons, 979-1-03200-208-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523570v1</w:t>
-              </w:r>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">hal-04523599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Bruxelles, Berlin, Marseille – la déchirée, l'intenable et la mosaïque : cartographie chantée de quelques villes-carrefours »</w:t>
               </w:r>
@@ -1875,333 +1875,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La poésie à l’ère médiatique : introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Saemmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"La poésie délivrée", éd. Vaillant Alain, Linarès Serge, Saemmer Alexandra, Legoy Corinne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de Paris Ouest, pp.363-370, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02554913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berlin dans la chanson française : Les aventures de Simon et Günther de Daniel Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Divisions urbaines. Représentations, mémoires, réalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibidem Verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.79-97, 2017, 9783838270616</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03269926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps d'une chanson : une poétique de l'enregistrement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La poésie délivrée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.435-453, 2017, Orbis litterarum, 9782840162742</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03243816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Docteur Renaud, Mister Renard : parodie du Gainsbarre de Ecce homo, autoparodie de Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Perle Abbrugiati. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réécriture et chanson dans l'aire romane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Provence, pp.119-125, 2017, Chants sons, 9791032000960</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269906v1</w:t>
-              </w:r>
-[...231 lines deleted...]
-                <w:t xml:space="preserve">hal-03243816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lyrisme écologique de Richard Desjardins : entre intimisme et multimédiascope</w:t>
               </w:r>
@@ -2506,321 +2506,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04302503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'empreinte des emprunts chez Gainsbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balises : le magazine de la bibliothèque publique d'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Serge Gainsbourg, le temps d'une chanson, pp.4-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marianne Oswald et Cocteau : rouge incandescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Instinct Nomade</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Cocteau, l'enchanteur pourrissant, 12, pp.203-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'empreinte des emprunts chez Gainsbourg</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinquante ans de duos : modalités transatlantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Balises : le magazine de la bibliothèque publique d'information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études canadiennes / Canadian Studies : Revue interdisciplinaire des études canadiennes en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, La chanson populaire francophone : airs et ondes entre le Canada et la France, 93, pp.11-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eccs.5859⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les romans catalyseurs de chansons : esquisse de typologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Romans et chansons, 348, pp.15-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rsh.742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551011v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-04550885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brel en discographie aujourd’hui ?</w:t>
               </w:r>
@@ -3301,261 +3301,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gens du Nord / Chants du Nord</w:t>
+                <w:t xml:space="preserve">La chanson bâtarde de Stromae et Abd al Malik : Belgique, Afrique et francophonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hirschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives Texte et Musique (ATeM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3,1, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15203/atem_2018.06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chant des plaines du nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nord' - revue de critique littéraire des Hauts-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Nord et chansons, 2 (72), pp.7-29. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/nord.072.0007⟩</w:t>
+              <w:t xml:space="preserve">, 2018, Nord et chansons, 2 (72), pp.87-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nord.072.0087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">hal-04550768v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03237347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chant des plaines du nord</w:t>
+                <w:t xml:space="preserve">Gens du Nord / Chants du Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hirschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nord' - revue de critique littéraire des Hauts-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Nord et chansons, 2 (72), pp.87-99. </w:t>
+              <w:t xml:space="preserve">, 2018, Nord et chansons, 2 (72), pp.7-29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/nord.072.0087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/nord.072.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03237347v1</w:t>
+                <w:t xml:space="preserve">hal-03237339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand Aragon parodie Racine</w:t>
               </w:r>
@@ -4310,51 +4310,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Linarès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saemmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Paris Nanterre, 568 p., 2017, Orbis litterarum, 978-2-84016-274-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4893,51 +4893,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Peschanski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corbin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chagnoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Berset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14xxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Melan&#231;on" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hirschi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eccs.5833" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550745v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/musicologie/841-william-sheller-9782364415140.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04543999v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elargonauta.com/libros/de-la-ciudad-a-la-nacion-un-acercamiento-a-la-cancion-espanola-contemporanea/978-84-19077-59-2/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550720v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/brassens-liberte-libertes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523754v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550965v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523617v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17589" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523666v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523640v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523641v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/du-malentendu-chanson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523597v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b14861" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cielam.univ-amu.fr/publications/cartographier-chanson-contemporaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523599v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Zubiate" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coudevylle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-verdier.fr/livre/histoire-des-traductions-en-langue-francaise-xxe-siecle/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523553v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04215693v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Abbrugiati" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jacono" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l July" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523550v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/ferre-vos-papiers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02554913v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibidem.eu/en/divisions-urbaines.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03243816v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269893v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03248333v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04302503v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.200.0080" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550837v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550922v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551011v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsh.742" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550885v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eccs.5859" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550849v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afas.6888" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551038v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550825v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550874v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551027v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04302530v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/r2050.hs9.0079" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550791v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03237339v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.072.0007" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550768v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15203/atem_2018.06" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03237347v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.072.0087" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03242621v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03239831v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.067.0105" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234263v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15203/ATeM_2016.02" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234134v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.066.0063" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03239778v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.066.0005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02152056v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523448v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523483v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03218053v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03266700v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Legoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Linar&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vaillant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523806v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050772v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pillet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400538v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chr&#233;tien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Firode" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charbonnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329405v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Peschanski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corbin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chagnoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Berset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14xxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cros" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Melan&#231;on" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hirschi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eccs.5833" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550745v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/musicologie/841-william-sheller-9782364415140.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/brassens-liberte-libertes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04543999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elargonauta.com/libros/de-la-ciudad-a-la-nacion-un-acercamiento-a-la-cancion-espanola-contemporanea/978-84-19077-59-2/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523754v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523641v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/du-malentendu-chanson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523617v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17589" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523640v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550965v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523597v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b14861" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523599v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Zubiate" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coudevylle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-verdier.fr/livre/histoire-des-traductions-en-langue-francaise-xxe-siecle/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523570v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cielam.univ-amu.fr/publications/cartographier-chanson-contemporaine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523553v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04215693v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Abbrugiati" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jacono" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l July" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523550v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/ferre-vos-papiers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02554913v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269926v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibidem.eu/en/divisions-urbaines.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03243816v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269906v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03269893v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03248333v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04302503v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.200.0080" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550922v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550837v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550885v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eccs.5859" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551011v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsh.742" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550849v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/afas.6888" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551038v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550825v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550874v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04551027v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04302530v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/r2050.hs9.0079" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550791v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04550768v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15203/atem_2018.06" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03237347v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.072.0087" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03237339v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.072.0007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03242621v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03239831v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.067.0105" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234263v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15203/ATeM_2016.02" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234134v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.066.0063" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03239778v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nord.066.0005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02152056v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523448v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523483v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03218053v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03266700v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Legoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Linar&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vaillant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03234328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04523806v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050772v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pillet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400538v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chr&#233;tien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Firode" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charbonnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>