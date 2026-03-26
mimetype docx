--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane JAILLET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de Recherche CNRS (laboratoire EDYTEM)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4725-6698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069665559</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">217168954</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000359481331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Jaillet is geomorphologist, speleologist and cartographer. He specializes in the study of karst and underground networks speleogenesis. After a PhD (University Bordeaux 3, 2000) on the covered karst of Barrois (Lorraine area), he joined the University of Nancy 1 and in 2004, the CNRS (EDYTEM laboratory, University of Savoie) in order to develop the platform Images & 5D. This technology platform is specialized in 3D analysis tools, including terrestrial lidar (high mountain, mountain and karst underground).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (138)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle and early Upper Paleolithic settlement of the Georgian Caucasus: a general perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikoloz Tsikaridze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Mgeladze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamar Aghapishvili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levan Tielidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reed Coil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 368, pp.109556. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Mondes souterrains karstiques : investigations, compréhensions, représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bla⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colmatage détritique synchrone de deux drains karstiques étagés : grotte Roche et Fenêtre 4 (gorges de la Bourne, massif du Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre G Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85, pp.39-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les gestes humains dans les paysages souterrains. Apports de la lecture géomorphologique à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1573l⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des logiciels topographiques spéléologiques : des visées filaires aux synthèses de grands systèmes hydro-karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15as7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléothèmes et spéléofacts souterrains : sémiologie et cartographie haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-33. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15egk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence of mid-Pleistocene glaciations in the French Jura Mountains using debris flow deposits and U/Th dating of speleothems (Verneau karst network)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54 (2), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806x.ijs2558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités spéléo-génétiques. Karst et grotte ne sont pas des synonymes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14y1c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre modélisation et visualisation : lasergrammétrie terrestre et mobile pour l'analyse des géométries de conduits karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Chappuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-31. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15cvc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground ice beyond the limits of the cryosphere. Glaciological functioning and uses of the Grande Glacière du Parmelan (Bornes massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Flinois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Formes et processus périglaciaires des milieux montagnards, 30 (3), pp.225-238. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KarstConduitCatalogue: a dataset of LiDAR derived point clouds for the analysis of karstic conduit geometry and morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Trunz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Straubhaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (9), pp.4671-4690. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-17-4671-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinérance des &amp;quot;Everest&amp;quot; souterrains. Spéléométrie des -1000 du monde, période 1956 – 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-35. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14y19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counter-intuitive links between cave genesis and subaerial stream dynamics in the Têt valley–Lachambre network, eastern Pyrénées, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54 (1), pp.ijs2534. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.ijs2534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating human activities in caves through the study of broken structures: The case of the Saint-Marcel cave (France) during the early Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vandevelde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31, pp.1543-1569. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10816-024-09649-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte Huchard (Saint-Martin-d'Ardèche ; Ardèche) : approche chronologique intégrée d'une grotte ornée paléolithique à la sortie des gorges de l'Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Audiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean- Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (1), pp.35-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fold‐and‐Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo‐Canyon (Vercors Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre G Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ter.12761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valley incision chronologies from alluvium-filled cave systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanni Gunnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Braucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 258, pp.104963. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2024.104963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposing, triggering and runout processes at a permafrost‐affected rock avalanche site in the French Alps (Étache, June 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (10), pp.3221-3247. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.5881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse 4D (3D + temps) de l’entrée de la grotte Chauvet-Pont d’Arc (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48-1, pp.51-62. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04860286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fold-and-Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo-Canyon (Vercors Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les concrétions brisées du Massacre des Colonnes dans la grotte de Saint-Marcel (Ardèche) : analyse géomorphologique et premières datations U/Th</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (84), pp.21-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Abraham's dance and the pillar threatening the World Cultural Heritage Chauvet-Pont d'Arc Cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Larose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Guéguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (4), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2023EA003329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois siècles d’enregistrement des fréquentations humaines dans la grotte de Hautecourt (Ain, France),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Letscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp. 45-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones souterrains, inspection et imagerie 3D : contraintes et potentialités d’un nouvel outil de documentation des grottes et du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bujan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Cazes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Couillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04394455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of the geomorphological map and Harris matrices in the analysis of anthropic constructions: Application to the La Garma cave (Spain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Ontañon-Peredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Arias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (4), </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/w9x4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléo-genèse des grottes des Gorges de l'Ardèche : analyse morphologique et enregistrement des temporalités karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'Ardèche, temps présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 160, pp.11-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois siècles d'enregistrement des fréquentations humaines par les graffitis souterrains de la grotte de Hautecourt (Ain, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Letscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp.45-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte de La Garma (Cantabrie, Espagne) : identification, structuration et spatialisation des aménagements souterrains depuis le Paléolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Ontañon-Peredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Arias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47, pp.109-124. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeosciences.11847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 ans de 3D à EDYTEM. Haute-Montagne, Glacier, Torrent et Grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.27-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial patterning of Middle Palaeolithic lithic assemblages at the Abri du Maras, Southeast France: combining GIS analysis and 3D palaeotopographic reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gema Chacón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Pois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Moncel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49, pp.103999. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Maris-Froelich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of lithic studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.36. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383193v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D landscape evolution reconstruction of the Magdalenian Roc-aux-Sorciers site (Vienne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, pp.103892. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cave sediments in the Western Bauges karst: A record of Middle and Upper Pleistocene glacial advances in the French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 433, pp.108707. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2023.108707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le labyrinthe de la Borne aux Cassots : un exemple éloquent de réorganisation du drainage endokarstique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Karst Comtois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3, pp.24-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the asymmetry of certain fossil galleries: the major role of biocorrosion as exemplified in the Roquette cave (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18th International Congress of Speleology - Savoie Mont Blanc 2022 - SYMPOSIUM 04 - Geomorphology and Speleogenesis, 4 (24), pp.305-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biocorrosion : un nouveau regard sur le karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116 (24-30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle and Late Pleistocene evolution of the Ardèche Valley archaeological landscapes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Voinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 297, pp.107812. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French mountain karsts, markers of landscape evolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 79, pp.21-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bat guano minerals and mineralization processes in Chameau Cave, Eastern Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Heresanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Kadiri Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (1), pp.91-109. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.50.1.2374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dating the landscape evolution around the Chauvet-Pont d’Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-88240-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoméandres et basses terrasses de l’Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société géologique de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, pp.43-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04860339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Polarization of Carbonates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neha Panwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Revil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Schmutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Allain Duvillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (6), pp.e2021JB022029. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021JB022029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of Neanderthal occupations in the southeastern margins of the Massif Central (France): A multi-method approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïlys Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Joannes-Boyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 273, pp.107241. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caves and Bats: morphological impacts and archaeological implications. The Azé Prehistoric Cave (Saône-et-Loire, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 388, pp.107785. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2021.107785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de métiers CNRS consacré aux Milieux Souterrains et aux Karsts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zappelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 78, pp.55-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: Dating the landscape evolution around the Chauvet-Pont d’Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.16552. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-95754-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des rythmites sédimentaires à -750 au gouffre Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speleo mag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 111, pp. 16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst du synclinal de Villefranche, enregistreur de l’incision de la vallée de la Têt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanni Gunnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boletin de la Sociedad Española de Espeleología y Ciencias del Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, pp.15-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréquentations humaines, ornementation pariétale et processus naturels : Mise en place d’un cadre chronologique pour la grotte aux Points d’Aiguèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La Grotte aux Points d’Aiguèze (Gard) : Petite sœur de la Grotte Chauvet 2/2, 73, pp.49-62. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2019.3199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitioning of Mg, Sr, Ba and U into a subaqueous speleothem.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Zanchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illaria Baneschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Isola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 264, pp.67-91. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02415970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pont d’Arc et la grotte des Châtaigniers (Gorges de l’Ardèche, France), indicateurs des processus du recoupement du méandre de la Combe d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.57-68. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst and cave topographic images: 2D representations and 3D technologies, between reality and imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (3), pp.191-205. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.13488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Annual Kinematics of an Active Rock Glacier Quantified from Very High-Resolution DEMs: An Application-Case in the French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Thibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.14. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs10040547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D des volumes et remplissages souterrains de la grotte aux Points au temps des fréquentations paléolithiques (Aiguèze, Gard)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La grotte aux Points d'Aiguèze: petite soeur de la grotte Chauvet (1), 72, pp.27-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dépression glacio-karstique du Mariet (Bauges occidentales, France) : un marqueur de l’englacement würmien des Alpes françaises du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.107 - 120. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution des paléogéographies karstiques par l'approche cartographique 3D : Application au Pont d'Arc et à la Combe d'Arc (Ardèche, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp. 1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flowstone growth in Gournier River (Vercors, France): a diachronic landscape analysis by 3D modelling and photo draping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 47 (1), pp.81 - 91. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.47.1.2116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1978-2018 : Quarante années de l’Association française de Karstologie (AFK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.73-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between fluvial evolution and karstification related to climatic, tectonic and eustatic forcing in temperate regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rixhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 166, pp.38 - 56. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEOPHYSICAL, GEOTECHNICAL, AND SPELEOLOGIC ASSESSMENT FOR KARST-SINKHOLE COLLAPSE GENESIS IN CHERIA PLATEAU (NE ALGERIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ridha Mouici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Baali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riheb Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Boubaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mining Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.59-71. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5277/msc172403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Monitorer les milieux naturels, entre ambitions et contraintes, une affaire de compromis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.9-17. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et analyse de l’érosion régressive en rivière souterraine. Le projet participatif Bilborupt et la zone des cascades du Rupt du Puits, Lorraine, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.177-188. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Meunier (1843-1925) and the controversy about the digging of «natural limestone wells». The contribution of experimental Geology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 39-40, pp. 90-100. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dynenviron.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruissellement et dissolution d’un bassin versant lapiazé des karsts de Patagonie, île Tarlton, archipel de Madre de Dios (Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.137-146. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et caractérisation pour l’étude des dépôts sédimentaires dans les grottes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.243-248. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of cave levels in Kanaan, Kassarat and Jeita karst systems (Central Mount Lebanon, Lebanon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Gérard-Adjizian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Géomorphologie / Annals of Geomorphology / Zeitschrift für Geomorphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60 (2), pp.95-117. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zfg/2016/0239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier la grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers d'Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La grotte Chauvet et la caverne du Pont-d’Arc, Hors Série n°28, pp. 22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subsurface flux adjustments and speleogenesis as inferred from sediment traps in major Lebanese cave systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Arzouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Carsologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (1), pp.5-23. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3986/ac.v44i1.1149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enregistreur exceptionnel de l’incision de la vallée de la Têt : le karst de Villefranche-de-Conﬂent (Pyrénées-Orientales).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65, pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une brève histoire de la 3D en grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (1), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2014.3039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D de la conservation du remplissage détritique de la grotte Roche (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp. 25-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement, de mise en réseau et d'analyse des informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, n° spécial, " Micro-analyses et datations de l'art préhistorique dans son contexte archéologique "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations hydrologiques sur le système karstique de Foussoubie, Analyse fonctionnelle de différentes situations hydrologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tubes, Bulletin du Comité départemental de Spéléologie de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp. 67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conduits épinoyés du système karstique de Foussoubie (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tubes, Bulletin du Comité départemental de Spéléologie de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp. 59-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : bilan des applications pour l'enregistrement, l'intégration et l'analyse des informations spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, numéro spécial, pp. 145-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Tools for Managing and Promoting Karst Geosites in Southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoheritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6 (2), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12371-014-0112-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modélisation 3D, outil de transfert des connaissances Exemple de la réplique de la grotte Chauvet Pont d’Arc : la caverne du Pont d’Arc (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Valcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Péral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.41-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme CTI3D. 10 années entre cartographie et recherche de la troisième dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.143-152. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2014.1263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datations 36Cl de la fermeture de la grotte Chauvet, implications géomorphologiques et archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.63-78. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical element imaging for speleothem geochemistry: Application to a uranium-bearing corallite with aragonite diagenesis to opal (Eastern Siberia, Russia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Devès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Plaisir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 294-295, p190-202. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2011.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00662504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de la recherche interdisciplinaire : application à la grotte Chauvet-Pont d'Arc. Actes du colloque des Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeologia e Calcolatori</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2010 (suppl. 3), pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crues du système karstique de Foussoubie (Ardèche, France). Une analyse géomorphologique et hydrodynamique des circulations dans la zone épinoyée du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.115-138. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les karsts, les paysages karstiques et les cavités souterraines de la Lorraine et de ses marges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo L - Bulletin de la ligue spéléologique lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21, pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00719985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further constraints on the Chauvet cave artwork elaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (21), p. 8002-8006. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1118593109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00702721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spéléologie, entre sport et science : un éclairage proposé par la formation scientifique des cadres dans la seconde moitié du XXème siècle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spelunca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 128, pp. 15-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00782089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aménagements et structures anthropiques de la grotte Chauvet-Pont d'Arc. Apport d'une approche intégrative géomorpho-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.43-62. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d'éboulis de l'aven d'Orgnac : un dépôt entre apports externes et édification endokarstique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Peltiermuscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Karsts, Paysages et Préhistoire, 13, pp.149-156. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac. Étude du cône d'éboulis de la salle de Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Peltier-Muscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ardèche archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29, pp. 5-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la construction topographique et toponymique à l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.157-176. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique sédimentaire et effet de site en zone noyée du karst : le siphon de Chevaline (Grottes de Choranche, Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Dynamique sédimentaire dans le siphon de Chevaline, 60, pp.23-44. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2012.2727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spéléothèmes de l'aven d'Orgnac, potentialités et études en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.139-148. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray fluorescence microchemical analysis and autoradiography applied to cave deposits: speleothems, detrital rhythmites, ice and prehistoric paintings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Devès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (4), pp.407-426. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.9623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie, représentation et analyse morphologique 3D de drains, de conduits et de parois du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.119-130. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Karstologie, karsts, grottes et sources&amp;quot; de Eric Gilli, Dunod 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 58, p. 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00806177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse 3D de l'endokarst : applications lasergrammétriques sur l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (4), pp.379-394. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.9594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00681879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation par optimisation en vue d'une analyse diachronique par scanner laser terrestre de la falaise de glace du lac du Miage (Massif du Mont Blanc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.85-94. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et traitements de nuages de points 3D, par des techniques légères et à faibles coûts, pour l'élaboration de MNT à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et extraction par segmentation de spéléothemes de l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.145-154. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gamez : son apport à la connaissance des karsts couverts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19, pp.13-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00584046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des éboulements/écroulements dans les parois à permafrost de haute montagne : quatre années de releves laser terrestres dans le massif du Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 192, p.58-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00674966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Die Höhlen des Innerberglis / Les grottes de l'Innerbergli &amp;quot; Par Thomas Bitterli et Philip Häuselmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.63-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speleothem evidence of warm episodes in northeast France during Marine Oxygen Isotope Stage 3 and implications for permafrost distribution in northern Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hamelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 74 (2), pp.246-251. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yqres.2010.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00517745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale de l'infiltration en domaine karstique méditterranéen de type semi-aride : cas du Massif des Béni Snassen ( Maroc nord oriental )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu &amp;quot; Journées AFK 2010 Habkern - Suisse - du 16 au 19 Septembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.61-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution de l'entrée préhistorique de la grotte Chauvet-Pont d'Arc (Ardèche, France) : les apports de l'analyse géomorphologique et de la modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56, p.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00653361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte : La grotte du Pacifique (Chili). Première grotte ornée de l'archipel de Patagonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Henri Fage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et Tous Les Membres de L'Expédition Ultima Patagonia 2006 Et 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Newsletter On Rock Art - INORA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00537047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultima Patagonia 2010 : Dix ans sur les karsts du Grand Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spelunca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 118, pp.9-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00505108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution of soda straws growth rates of the Coufin Cave (Vercors, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (2), pp.61-70. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.39.2.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Le karst, indicateur performant des environnements passés et actuels &amp;quot; Coordination Nathalie Vanara et Michel Douat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.62-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst : from palaeogeographic archives to environmental indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.83-94. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.7520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00397478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport de la karstologie à la connaissance de l'hydrogéologie et de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00387347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale et morphologique d'une forêt de stalagmites par modélisation 3d dans le réseau d'Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 53, pp. 1-14. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2009.2644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00457291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; L'Eau de là &amp;quot; ou l'aventure du projet Spele-eau à Siou-Blanc : Une synthèse sur l'hydrologie Karstique du Var</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.62-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00392505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Englacement, eustatisme et réajustements karstiques de la bordure sud de l'archipel de Madre de Dios (Patagonie, Province Ultima Esperanza, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Brehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Despain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 51, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2008.2619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00347535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock falls in high-alpine rock walls quantified by terrestrial lidar measurements : A case study in the Mont Blanc area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (10502), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008GL033424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00292415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage glaciaire et karstification de l'archipel calcaire de Madré de Dios, Patagonie, Chili, «Expédition Franco-chilienne Ultima Patagonia 2006 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (1), pp.39-50. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre karstologie fondamentale et appliquée : l'étude de classement du site de Choranche/les Coulmes,Vercors, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (1), pp.103-112. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un grand réseau paragénétique, étude spéléogénétique des grands volumes karstifiés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.56-77. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2007.1003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroca (domaine marin côtier, Pays basque, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vanara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 49 (1), pp.43-55. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2007.2599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologic evolution of eastern Paris Basin: &amp;quot;ancient surfaces&amp;quot; and Quaternary incisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cojan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Corbonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gargani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178, pp.135-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroca (domaine marin côtier, Pays basque, France) : un karst continental ennoyé par les transgressions maritimes quaternaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vanara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 49, pp.43-55. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2007.2599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00352836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un jalon karstique pour la reconstitution paléogéographique de l'interfluve Ardèche/Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.117-147. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2007.1009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologic evolution of eastern Paris Basin: &amp;quot; ancient surfaces &amp;quot; and Quaternary incisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cojan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Corbonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gargani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178, pp.135-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00200707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concepts of heritage and heritage resource applied to karsts : protecting the Choranche caves (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Carsologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35 (2), pp.37-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00133668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte touristique, objet de recherche et lieu de médiation scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 236, pp.33-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00158276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement de Paléo-Mises en charge holocènes dans deux stalagmites du réseau du Rupt-du-Puits (Barrois, France). Analyses morphologiques des lamines et datations U/TH en TIMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Hamelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (3-4), pp.297-307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00203193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genesis of the Dordogne (France) high-purity silica placers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Désindes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bouchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 95, pp.80-94. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-005-0024-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00203338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karstification as geomorphological evidence of river incision : the karst of Cousance and the Marne valley (eastern Paris Basin)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hamelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16 (4), pp.167-172. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3121.2004.00544.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00120309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt de l'approche morphogénique pour la compréhension globale d'une grotte à haute valeur patrimoniale : la grotte Chauvet (Ardèche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de l'érosion dans le Barrois n et le Perthois (Est du Bassin parisien) : incision et karstification dans les bassins-versants de la Marne, de la Saulx et de l'Ornain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Allouc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Occhietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15 (4), pp.305-318. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/quate.2004.1777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00120311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quaternary stresses revealed by calcite twinning inversion : Insights from observations in the Savonnières underground quarry (eastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cushing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lozac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335, pp.701-708</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperçu géomorphologique des côtes de Meuse et de la capture de la Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes touloises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00135825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des plaquettes calcaires étagées : un outil pour la quantification de l'érosion dans les systèmes karstiques. Application au réseau du Rupt-du-Puits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux Laboratoire de Géographie Physique Appliquée, Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00136512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes quaternaires révélées par l'inversion du maclage de la calcite : Apports des observations de la carrière souterraine de Savonnières (Est de la France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Cushing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lozac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335 (8), pp.701-708. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0713(03)00115-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst et les carrières souterraines du Barrois : un siècle et demi de relations Hommes/Milieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Depaquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 40 (1), pp.27-38. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2002.2505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des plaquettes calcaires étagées un outil pour la quantification de l'érosion dans les systèmes karstiques. Application au réseau du Rupt-du-Puits (Meuse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux du Laboratoire de Géographie Physique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 21 (1), pp.11-24. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/tlgpa.2002.999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion et ruissellement sur karst nu : les îles subpolaires de la Patagonie chilienne (Magallanes, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 38 (1), pp.13-18. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2001.2480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations morphologiques sur le géosystème karstique du Rupt du Puits (Meuse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gamez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 26 (1), pp.27-38. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.1995.1125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age constraints on sea level during the last two glacial terminations based on submerged speleothems from New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hai Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres uis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (5), pp.35-38, 2022, Proceedings of the Scientific conference of the 18th International Congress of Speleology – UIS 2022, 24-31 July 2022, Le Bourget du Lac</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont-d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.J Delannoy et G.M. Geneste. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 384 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KARST 2018, 40 ans de l’Association française de karstologie, hommage à Richard Maire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. AFK, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JJ Delannoy ; S Jaillet ; B Sadier. Collection EDYTEM n°13, 196p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Stephane Jaillet ; Estelle Ployon ; Thierry Villemin. Collection EDYTEM, pp.216, 2011, Collection Edytem, n° 12, 978-2-918435-04-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00737370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac, valorisation touristique, apports scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Fabien Hobléa ; Emmanuel Reynard ; Jean Jacques Delannoy. Collection EDYTEM, pp.184, 2007, Collection Edytem, Cahiers de Géographie n° 5, ISBN 2-9520432-4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00786450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La galerie des Panneaux rouges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In, la grotte Chauvet Pont d'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.211-313, 2025, 9782715421431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience de carottage avec du matériel léger en eau peu profonde à l’aide d’une aiguille vibrante à béton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Reynaud; Eric Armynot du Châtelet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Short Papers from the 19th French Congress of Sedimentology, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 84, Association des Sédimentologistes Français, pp.31-34, 2025, 2-907205-83-8. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70665/OOKQ5196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La galerie du Cactus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In, La grotte Chauvet Pontd'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.162-207, 2025, 9782757709962</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Balme de l’Escargot, une nouvelle grotte à ours des cavernes dans le Vercors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoires de désob' - Recherches et découvertes du milieu souterrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.98-106, 2024, 978-2-9592262-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocorrosion et art pariétal : une exclusion mutuelle à l’origine de vides archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Beauvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Dardenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques. Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session Les espaces vides : preuves d’absences ou absences de preuves ?, Société préhistorique française, pp.85-104, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le labyrinthe de la Combe aux Prêtres : un exemple éloquent d’auto-capture en contexte d’incision.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix ans d’actions scientifiques à la Combe-aux-Prêtres (réseau de Francheville, Côte d’Or)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-36, 2023, 978-2-9588265-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 11. Galerie du Cactus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.228-233, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassins topographiques de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la grotte : des premiers vides souterrains aux paysages actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datation 36Cl de la paroi extérieure et du porche préhistorique de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.L. Bourles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carte intégrée des sols : principes et sémiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrier Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), pp.45-84, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques morphogéniques de la grotte Chauvet Pont d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), pp.384, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG Atlas Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 12. Galerie des Panneaux Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.234-239, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 9 Salle des Bauges (quart nord-est)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-220, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image topographique de la grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-39, 2020, Documents d'archéologie française, 9782735125333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talus externe et paléogrotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galerie d’Entrée, écroulements et fermeture de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrier Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG Chauvet, un outil au cœur des recherches interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.81-91, 2019, 978-2-7351-2560-9. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bronze Age decorated cave Les Fraux unusual status: ritual uses of an atypical French heritage site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Burens-Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Bourrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Petrognani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lindsey Büster; Eugène Warmenbol; Dimitrij Mlekuž. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Between worlds : understanding ritual cave use in later prehistory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.165-198, 2019, </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99022-4_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quarante années de l’Association française de karstologie (AFK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst 2018. 40 ans de l'association française de karstologie; Hommage à Richard Maire. Karstologia Mémoires n°20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFK, pp.73-82, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combe d'Arc, Pont d'arc, Grotte Chauvet : La grotte dans ses contextes naturel et culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Gély</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.152-158, 2018, </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritages glaciaires würmiens et enregistrements karstiques dans la bordure occidentale des Bauges (Alpes du Nord, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Coutterand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst 2018. 40 ans de l'association française de karstologie; Hommage à Richard Maire. Karstologia Mémoires n°20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFK, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image topographique de la grotte Chauvet-Pont d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Guillou Y</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.29-39, 2018, 978-2-7351-2560-9. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeomorphological Mapping: Rock Art and the Architecture of Place.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Gunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D modelling in rock art research: Terrestrial laser scanning, photogrammetry and the time factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruisselement et dissolution d'un bassin versant lapiazé des karsts de Patagonie, Ile Tarlton, Archipel de Madre de Dios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Malet; Laurent Astrade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring en milieu naturel : retours d'expériences en terrains difficiles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, Collection EDYTEM, pp. 137-146, 2017, 978-2-918435-11-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitorer les milieux naturels, entre ambitions et contraintes, une affaire de compromis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring en milieux naturels, retours d’expériences en terrains difficiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, pp.9-18, 2017, Collection Edytem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Subterranean Floods in Oceanic Subpolar Karst of Madre de Dios Archipelago (Patagonia, Chile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous Les Membres de L'Expédition Ultima Patagonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">H2Karst Research in Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 151-161, 2014, H2Karst Research in Limestone Hydrogeology, Environmental Earth Sciences, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-06139-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte des Gorges ( Jura) : un site inédit à l'interface des territoires symboliques du Paléolithique supérieur ancien.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’errico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pigeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bereizat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcel Otte &amp; Foni Le Brun Ricalens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modes de contacts et de déplacements au Paléolithique eurasiatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme CTI3D : 10 années entre cartographie et recherche de la troisième dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp.143-152, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst du Rupt du Puits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Gély; Franck Hanot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le bassin parisien, un nouveau regard sur la géologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, Association des géologues du bassin de Paris, p.167, 2014, 978-2-9550042-0-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lower Ardèche River Karst Landscapes and Caves (Lower Rhône Valley): Unique Morphologies Induced by the Messinian Salinity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mocochain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Fort ; Marie Françoise André. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscapes and landforms of France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp. 195-205, 2014, 978-94-007-7021-8. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-007-7022-5_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spéléothèmes de l'Aven d'Orgnac : potentialités et études en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.139-148, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la construction topographique et toponymique à l'aven d'Orgnac. Ardèche, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karts, paysages et préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.157-176, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00733415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datations 36Cl de la fermeture de la grotte Chauvet : Implications géomorphologiques et archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.63-78, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crues du système karstique de Foussoubie (Ardèche, France). Une analyse morphologique et hydrodynamique des circulations dans la zone épinoyée du Karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, pp.115-138, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00745473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d'éboulis de l'aven d'Orgnac : un dépôt entre apports externes et édification endokarstique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Peltiermuscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.139-148, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aménagements et structures anthropiques de la grotte Chauvet - Pont-d'Arc : apport d'une approche intégrative géomorpho-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.43-62, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle synthèse topographique des salles et galeries d'Orgnac I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy; Stéphane Jaillet; Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire environnements, dynamiques et territoires de la montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.177-182, 2012, Collection Edytem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et extraction par segmentation de spéléothemes de l'aven d'Orgnac (Ardèches, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.145-154, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation par optimisation en vue d'une analyse diachronique par scanner laser terrestre de la falaise de glace du lac du miage (Massif du Mont Blanc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.85-94, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sept ans de suivi de la dynamique de la falaise de glace du lac du Miage (massif du Mont Blanc) par scanner laser terrestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tamburini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.95-106, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevés lasergrammétriques et calibration sur calcite de morphologies externes de spéléothèmes pour une étude paléo-sismologique du Liban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lacave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.137-144, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et traitements de nuages de points 3D, par des techniques légères et à faible coûts, pour l'élaboration de MNT à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.155-168, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement et modélisation 3D de la fouille archéologique et paléontologique du cône d'entrée d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.131-136, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatre années de suivi de la morphodynamique des parois rocheuses du massif du Mont Blanc par laserscanning terrestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.69-76, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie, représentation et analyse morphologique 3D de drains, de conduits et de parois du Karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.119-130, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les karsts de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.156-157, 2010, Karstologia Mémoires, n°19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des karsts sans affleurement calcaire : les karsts sous couverture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.48-49, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système karstique du Rupt du Puits (Lorraine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.160-161, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paléokarst à &amp;quot; Fer fort &amp;quot; de poisson (Haute Marine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.72-73, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc) : un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velio Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Krautblatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neige et glace de montagne : Reconstitution, dynamique, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°8, pp.135-146, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karren in Patagonia. A natural laboratory for hydroaeolian dissolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angel Ginés ; Martin Knez ; Tadej Slabe ; Wolfgang Dreybrodt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst rock features. Karren sculpturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zalozba ZRC, pp.329-348, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac : un jalon karstique pour la reconstitution paléogéographiqque de l'interfluve Ardèche/Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac. Valorisation touristique, apports scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°5, pp.117-148, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00215440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac : un grand réseau paragénétique, étude spéléogénétique des grands volumes karstifiés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac. Valorisation touristique, apports scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°5, pp.57-78, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00213509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure karstique et hydrogéologique des karsts de plateau. Application au bassin de la haute Loue (massif du Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Églantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poljes, a pre-structuration of the hydrosystems in plateau karsts, the example of the Jura mountain (Fr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Églantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32. International Karstological School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ZRC Sazu, Jun 2025, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREDISPOSING, TRIGGERING AND RUNOUT CONDITIONS OF TWO ROCK SLOPE FAILURES IN THE FRENCH ALPS: ÉTACHE VALLEY AND CRÊTE DES GRANGETTES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th DACH Permafrost Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WSL Davos, Jan 2025, Davos (Suisse), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles 3D multi-scalaires, lasergrammétriques et photogrammétriques, de sites ornés du massif de l’Erongo (Namibie, Afrique australe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efraim Kaarina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenishwa Engelbrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hoerlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GMPCA - Rouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les glacières, objets (très) méconnus de la cryosphère - Cas d'étude savoyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Flinois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49e Congrès des Sociétés Savantes de Savoie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Amis du Vieux Chamonix, Oct 2024, Chamonix (74400), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speleogenetic reconstitution of a karst combining underground and surface geomorphology -implication for hydrology (Verneau, French Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Collon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Eurokarst Conference (EUROKARST 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROKARST, Jun 2024, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposition and triggering conditions at a permafrost-affected rock avalanche site in the French Alps (Étache, June 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-8396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones en grotte :Contraintes et potentialités pour la documentation des milieux souterrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drones &amp; Cap' 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Mur de Bretagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des écroulements de 2020 au Vallon d'Étache (Haute Maurienne) et à la Crête des Grangettes (Ecrins) : les dernières avancées de la recherche sur le permafrost des versants raides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique et Technique Prévention des risques d'origine glaciaire et périglaciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subpolar karst of Madre de Dios (Magallanes, Patagonia, Chile): a masterpiece of the world geoheritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnauld Malard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - UIS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union of Speleology (UIS), Jul 2022, Le Bourget-du-Lac, France. pp.55-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crues holocènes et stalagmites corrodées de l'évent de Foussoubie (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le bourget du Lac, France. pp.67-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDYING SPATIAL PATTERNS AT THE ABRI DU MARAS (SOUTH-EAST FRANCE, MIS 3): A GIS ANALYSIS AND 3D PALAEOTOPOGRAPHIC RECONSTRUCTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillemot Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncel Marie-Hélène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gema Chacón Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pois Veronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing 3D geomorphology of a karst network using Karstnet : application to the Verneau system ( French Jura )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Collon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès international de spéléologie﻿ UIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de carottages sur calcite souterraine. Enjeux et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapoigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From 3D to 2D. Towards a high resolution representation of underground worlds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Congress of Speleology - symposium 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française de Spéléologie, Jul 2022, Le Bourget du Lac, France, France. pp.103-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New chronological constraints on the intrakarstic fluvio glacial fan of the cave Sous les Sangles (Bas Bugey, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Congress Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet « Cave Time Capsule 2091 ». Choix techniques et mise en oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lansigu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget Du Lac, France. pp.411-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospecting for Last Interglacial speleothems in Vercors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Spötl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Caillault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International congress of speleology - Symposium 03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Savoie Mont Blanc, France. pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground air circulation modelling of the St-Marcel Cave (Ardèche, France) to adapt the opening system of the cave entrance to optimal habitat conditions for bats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Escourrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - Savoie Mont Blanc 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement des invasions glaciaires pléistocènes dans le karst des Bauges occidentales (Savoie, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological Behaviour Characterization of the Foussoubie Karst Network using Statistical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Erguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Johannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Pistre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - Savoie Mont Blanc 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier le monde souterrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Printemps des cartes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Montmorillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel Est l'âge Du Pont d'Arc ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque international « Quaternaire » Q12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléogenèse de la grotte des deux Ouvertures (Gorge de l'Ardèche, France). Implication pour les fréquentations humaines et animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.155-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la Géomorphologie 3D dans la reconstitution des paléogéographies préhistoriques disparues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst des Bauges occidentales (Alpes du Nord, France) : un enregistreur des fluctuations glaciaires du Pléistocène supérieur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Coutterand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Foliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 AFEQ-CNF-INQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-temporal mapping of rock glacier displacements: insights from SfM, ALS and TLS high-resolution datasets on the Laurichard rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Thibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Permafrost.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Permafrost Association, Jun 2016, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie et la cartographie en grotte.L'apport récent des technologies 3D.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de spéléologie scientifique 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Belge d'études Karstologique, groupe de contact du F.N.R.S, comission scientifique de l'Union belge de spéléologie., Nov 2016, Dry Hamptay, Belgique. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grotte aux Points (Aiguèze, Gard) : Analyse géométrique des surfaces actuelles et évolution des volumes souterrains depuis le Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Rencontre d'Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Chalain, France. pp. 113-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de CO2 dans la Goule de Foussoubie (Ardèche) : 2011-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Rencontre d’octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les maquettes de Stanislas Meunier (1843-1925). Une « reproduction expérimentale des puits naturels » et une « imitation des avens des Causses »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Noyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Carlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorations et recherches récentes en spéléologie physique et karstologie. Le CO² sous terre 25ème Rencontre d'Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Spéléo Club de Paris, CAF de Paris, 2015, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau HydrAkarst : HYDRologie -Ardèche -KARST Un réseau de mesures hydrologiques dense sur le karst de la basse Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZABR rivières cévenoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01838721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grotte des Deux-Ouvertures à St-Martin-d’Ardèche : Approches chronométriques croisées de la mise en place du massif stalagmitique (U/Th et 14C AMS) et Implications quant aux fréquentations humaines et animales de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADAPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp. 41-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps et durée du « réajustement karstique » : l’effondrement de la Cathédrale et l’ennoiement du siphon de Chevaline (Grottes de Choranche, Vercors, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Rencontre d’octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Spéléo Club Paris, 2014, le Châtelard, France. pp. 75-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un site inédit à l’interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura), in M. Otte (dir.), Modes de déplacements et de contacts dans le Paléolithique eurasiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco d'Erricoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Bereiziat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A venir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Liège, Belgique. pp. 537-567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Meunier (1843-1925) et ses &amp;quot;maquettes de caverne&amp;quot;. Une étude originale de l'altération des calcaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre d'octobre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A masterpiece of historic cave surveying : several representations of Miremont-Rouffignac cave, (Dordogne, France), XVIII-XIXTH centuries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Brno, Czech Republic. pp 47-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00909691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de pièges à sédiment pour l’étude des dépôts sédimentaires dans les grottes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ième Colloque Interdisciplinaire en Instrumentation (C2I)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03387059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social construction of rock art caves. Contributions of the geomorphological approach in Chauvet cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00867077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographier et représenter les mondes souterrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès la fédération française de Spéléologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Millau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The geomorphosites of Madre de Dios island (Patagonia, Chile) : &amp;quot;marble glaciers&amp;quot;, painting caves and hydro-aeolian karst landform. A singular heritage unique in the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Malard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Geomorphology IAG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00966896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic of sediments assessment by terrestrial laserscanner, application to quantify sediment yield of four streams in French Alps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D researches on conduits and karsts networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00867042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphogenesis reconstitution on Kelb valley, Lebanon: contribution of Jeita cave speleogenesis and karst landforms study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00866715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historiographie de la topographie souterraine et év olution des représentations. L'exemple de l'Aven d'Orgnac (Ardèche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Thématique Modys 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un site inédit à l'interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pigeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Petrognani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’errico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International IUSPP "Modes de contacts et de déplacements au Paléolithique eurasiatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04952017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution et réajustement post-glaciaire du karst et des surfaces lapiazées de l'archipel de Patagonie (Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variabilité spatiale des environnements quaternaires contraintes, echelles et temporalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement et de mise en réseau des informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADAPCA ( Micro-Analyses et Datations de l'Art Préhistorique dans son Contexte Archéologique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00662607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D, laserscanning and geomorphological studies in Orgnac cave (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress on "scientific research in show caves"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphology research in Jeita cave, Lebanon : speleogenesis study for a scientific valorization of a touristic cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster Session, International Congress on scientific research in Show Caves, Karst Research Institute ZRC Sazu, Slovenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00744442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de la recherche interdisciplinaire : application à la grotte Chauvet-Pont d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-J. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 2èmes Journées d’Informatique et Archéologie de Paris – JIAP 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France. pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiDAR survey of the rock faces of the solid mass of Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Geosite Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Evian, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00951321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des crues souterraines des karsts subpolaires océaniques de l'Archipel de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous Les Membres de L'Expédition Ultima Patagonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.359-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse temporelle de la vulnérabilité des ressources en eaux karstiques d'une moyenne montagne méditerranéenne : Beni Snassen (Maroc oriental)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.463-466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et dissolution superficielle des karsts subpolaires océaniques de l'Archipel de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.229-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies lidar et 3D pour l'étude de formes et de dépôts de l'endokarst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode d'analyse de la vulnérabilité des ressources en eau karstiques du massif des Béni Snassen orientaux (Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de recherche interdisciplinaire : application à la grotte Chauvet-Pont-d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00495876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rockfall quantification in high-Alpine rockwalls with permafrost: five years of survey with laser scanning in the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th European Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Longyearbyen., Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00950040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de site en zone noyée du karst : une cartographie morphosédimentaire à haute résolution du siphon de Chevaline des grottes de Choranche (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00544190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de morphologies pariétales en grotte à partir d'un lever laser 3D. Application aux salles rouges de l' Aven d'Orgnac ( Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Lidar ESGT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Mans, France. pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00496512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle : un outil pour la connaissance et la médiation. Application à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Peral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00495891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc): un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velio Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Krautblatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle de l'AFDP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00950189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Aiguille du Midi (Mont Blanc massif): a unique high-Alpine site to study bedrock permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th European Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Longyearbyen., Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00949901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taux record de dissolution superficielle des karsts de Patagonie : instrumentation et quantification sur le bassin versant expérimental de Tartlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possibilité de karsts profonds dans le Sud Est du Bassin de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des sciences de la terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00542431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Aiguille du Midi (Mont Blanc massif): a unique high-Alpine site to study bedrock permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des éboulements/écroulements dans les parois à permafrost de haute montagne : quatre années de laserscanning terrestre dans le massif du Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque techniques laser pour l'étude des environnements naturels et urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d'une grotte ornée dans l'archipel de Patagonie chilienne : la grotte du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Henri Fage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et Tous Les Membres de L'Expédition Ultima Patagonia 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque archéologie souterraine et spéléologie. 41ème congrès F.F.S</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Périgueux, France. pp.189-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00537129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc) : un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Glaciologie-nivologie de la SHF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphic and archeological features of coastal caves in madre de dios archipelago (Patagonia, Chile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Despain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Kerrville, United States. pp.516-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction automatique de la discontinuité plane à partir d'une scannerisation laser 3D en milieu rocheux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Techniques laser pour l'étude des environnements naturels et urbains "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des SIG pour l'étude de la vulnérabilité des eaux karstiques dans un milieu méditerranéen semi-aride : Exemple des Béni Snassen orientaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres international, Apport des Technologies Géomatiques dans l'étude des ressources en eau et le suivi du phénomène de la désertification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00872021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rates of high altitude rock wall erosion : four years of laserscanning in the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union, Assemblée General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00397798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs cachées des grottes : mémoires de la nature et des hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amphi pour tous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00264232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-Based LiDAR data on permafrost-related rock fall activity in the Mont-Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Permafrost 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks, United States. pp.349-354</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un témoin endokarstique de l'aggradation continentale pliocène du Rhône et de la Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance spécialisée de la Société Géologique de France organisée en l'honneur de Georges CLAUZON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche géomorphologique de l'environnement karstique de l'art rupestre. Apports de la 3D dans la reconstitution de la fermeture de la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion scientifique de l'Institut National du Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Angle sur Anglins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00395188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying rock falls/avalanches in steep high-alpine rock walls : three years of laserscanning in the Mont-Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre karstologie fondamentale et appliquée : l'étude de classement du site de Choranche/les Coulmes (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst de montagne : géomorphologie, patrimoine et ressources.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sion, Suisse. pp.103-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage glaciaire et karstification de l'archipel calcaire de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts de montagne, géomorphologie, patrimoine et ressources ", actes du colloque de karstologie franco-suisse, Sion, 15 septembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Sion, Suisse. pp.39-50, </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00404673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Resolution DEM Extraction from Terrestrial LIDAR Topometry and Surface Kinematics of the Creeping Alpine Permafrost : The Laurichard Rock Glacier Case Study (Southern French Alps)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schoeneich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth International Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks, Alaska, United States. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00575586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution DEM extraction from terrestrial LIDAR topometry and surface kinematics of the creeping Alpine permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schoeneich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks (Alaska), United States. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00389115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent slope instabilities in steep alpine rockwalls affected by permafrost: a case study in the Mont Blanc massif (the Drus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Alpine Glaciological Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of laserscanning and terrestrial photogrammetry to quantify rock falls/avalanches in steep high-alpine rock walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferenza Nazionale sui Cambiamenti Climatici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Saint Vincent, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent rock falls and rock avalanches in high-alpine rock walls affected by permafrost. A case study in the Mont-Blanc massif (2005-2006)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union, General Assembly 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of terrestrial scanning LIDAR to study the evolution of ice-contact Miage Lake and Miage Glacier ice cliff (Mont Blanc massif, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tamburini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Mortara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Nivologie-Glaciologie 2007 de la société Hydrotechnique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse 3D des volumes souterrains à méso échelle, nuages de points et modèles TIN de quelques objets de l'endokarst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque internationale des journées de l'AFK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Arettes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecroulements en haute montagne alpine à permafrost : l'exemple du Petit Dru (massif du Mont Blanc, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Glaciologie-nivologie de la SHF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en charge du réseau de la Luire (Vercors-France) : Enregistrements et implications géomorphologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Hydrogéologie Karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permafrost and rock falls in high mountain: the Drus (Mont Blanc massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Noetzli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ouverture fenêtres hydrogéologiques une forme de raccordement des karsts couverts aux vallées en domaine monoclinal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quinzième rencontre d'octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Corveissiat (Ain), France. pp.46-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00159041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie 3D haute résolution: un outil pour l'étude des structures karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogéologie Karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse. pp.235-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The barrois covered karst (NE France): a recorder of valley incision and cover retreat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque UIS Union International of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation &amp;quot;scientific team-member&amp;quot; of the French Federation of Speleology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meyssonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque UIS Union International of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Athènes, Greece. pp.133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'un soutirage dans des remplissages endokarstiques par l'étude des formes et de la répartition des stalagmites. (réseau Orgnac-Issirac, Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séries sédimentaires endokarstiques : mémoires de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Han-sur-Lesse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00111057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologie de concrétions contrôlée par des mouvements relatifs voûte / plancher. Réseau de Pont-de-Ratz, Hérault, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Couturaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séries sédimentaires endokarstiques : mémoires de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Han-sur-Lesse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des spéléologues en science et en environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises Nationales de l'Environnement karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Sorrèze, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomorphologie et hydrologie de la Salle Chevalier - Travaux du stage national &amp;quot; Equipier scientifique &amp;quot; 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème rencontre d'octobre SCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Saint-Christophe-la-Grotte, France. pp.28-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Karst : un enregistreur de l'incision des vallées et du recul des couvertures. Application au bassin de la Haute-Marne (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées européennes de AFK, Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00135831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les opérations de traçage menées sur le Barrois (Meuse, France) : une collaboration efficace entre spéléologues, universitaires et collectivités territoriales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Spéléologie et sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Ollioules, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00135786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissolved carbonate exports in the Chevaline river (Choranche, Vercors). Period 2008–2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 th International Karst School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’un nouvel aven-piège à aurochs sur le Plateau du Revard (Savoie) : Le Creux de l’Aurochs and roll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Nant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Badin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre archéologiques de Savoie 2024 - 12ème édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A radiometric constraint on sea level at the end of the Younger Dryas based on a submerged speleothem from New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Woodhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natasha Barlow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Austermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'incision des canyons dans les Alpes du Nord, les apports de la topographie 3D à haute résolution (laserscanning terrestre)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurian Badier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Karstologie, Karst 2018. Hommage à Richard Maire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Le Bourget du lac - Chambery, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une évolution paysagère des environs du Pont d'Arc: Apports de la 4D à la cartographie Géomorphologique Haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Spéléologie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Han-sur-Lesse, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte des Gorges, approche interdisciplinaire pour la contextualisation des évolutions paléoenvironnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Jeannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri-Georges Naton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enregistreur quaternaire souterrain de l’environnement exokarstique et endokarstique : le cône d’entrée de l’aven d'Orgnac (Ardèche, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambéry, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01894268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Commun de recherche - L'Opale pour contextualiser la Production d'Art ParietaL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04848547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modélisation 3D de la grotte des Gorges.Travaux réalisés en 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00981632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : topographie, cartographie, sédimentologie et 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations géomorphologiques et karstologiques préliminaires sur la grotte des Fraux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Billaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00782105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : géomorphologie - sédimentologie - 3D Bilan des études EDYTEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : topographie, cartographie, sédimentologie et 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations géomorphologiques préliminaires. Projet datation Grottes Ornées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du système karstique de la Dragonnière de Gaud, Rapport n°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 23p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du système karstique de la Dragonnière de Gaud, Rapport n°1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, 26p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse géologique, géomorphologique et karstogénique de la grotte des Gorges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 102 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D des parois des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie détaillée du cône d'entrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plancher stalagmitique de la salle Plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Quinif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude géomorphologique du site du Razal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 50p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation géomorphologique et karstique sur le site du Razal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 23p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d'une base de données et expérimentation de méthodes de mesure des mouvements gravitaires et des régimes thermiques des parois rocheuses à permafrost en haute montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude préalable au projet d'extension de classement du site des abords de Pont d'Arc - Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse géomorphologique de l'endokarst du bois de Trampot : le réseau Hadés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, 30p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bertras : puits d'entrée de l' aven d' Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.47-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avancée des travaux (2006-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.13-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 44 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cirque de Choranche - Grottes et concrétions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géomorphologique des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 116 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude à haute résolution du cône d' éboulis de la salle de Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.97-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution morphogénique des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.25-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d' éboulis de l' aven d' Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.77-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 34p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00369099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 26p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00369102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologénique et karstogénique – Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, 200 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre et reconstitution géologique du Bois de Ronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Sabaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion : Apport du système karstique d' Orgnac à la connaissance de l' évolution paléogéographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Sabaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.169-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : Géomorphologie, sédimentologie, archives naturelles et modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux nouveaux profils tomographiques sur le puits de Ronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.51-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologénique et karstogénique – Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : Etude spéléogénique et karstogénique. Etude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paragénétisme et trépanation dans l' aven d' Orgnac / Issirac : observations sur quelques sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tocino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.113-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une première reconstitution du système Orgnac-Issirac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.129-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un grand volume karstique : la salle 2 des réseaux Orgnac - Issirac. Hypothèse de mise en place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.73-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre géologique et géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.17-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques topographiques et cartographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.29-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première campagne de tomographie dans le secteur de Labastide-de-Virac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Menneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.155-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologenique et karstogenique - Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, 193 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et formations de la salle 2 des réseaux Orgnac - Issirac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.45-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D multi-scalaire de la grotte de la Tête du Lion (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The visibility of rock art under paleolithic lighting: perceptual experimentation and probabilistic modeling applied to the Chauvet-Pont d'Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Hullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creux de l'Aurochs and roll, Les Déserts, Savoie. Rapport de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Auvergne Rhône-Alpes. 2023, pp.102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Balme de l'Escargot à Corrençon-en-Vercors - Isère. Rapport de Recherche archéologique. Service Régional de l'Archéologie Auvergne Rhône-Alpes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Auvergne Rhône-Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03495426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Trou des Artios à Saint-François-de-Sales - Savoie. Rapport d'opération archéologique 2021. Rapport de recherche. Service Régional d'Archéologie Auvergne Rhône Alpes. 108 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie Auvergne Rhône Alpes. 2021, 108 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03494865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId830"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane JAILLET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de Recherche CNRS (laboratoire EDYTEM)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4725-6698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069665559</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">217168954</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000359481331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Jaillet is geomorphologist, speleologist and cartographer. He specializes in the study of karst and underground networks speleogenesis. After a PhD (University Bordeaux 3, 2000) on the covered karst of Barrois (Lorraine area), he joined the University of Nancy 1 and in 2004, the CNRS (EDYTEM laboratory, University of Savoie) in order to develop the platform Images & 5D. This technology platform is specialized in 3D analysis tools, including terrestrial lidar (high mountain, mountain and karst underground).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (138)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence of mid-Pleistocene glaciations in the French Jura Mountains using debris flow deposits and U/Th dating of speleothems (Verneau karst network)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54 (2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806x.ijs2558⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités spéléo-génétiques. Karst et grotte ne sont pas des synonymes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-25. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14y1c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléothèmes et spéléofacts souterrains : sémiologie et cartographie haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-33. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15egk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colmatage détritique synchrone de deux drains karstiques étagés : grotte Roche et Fenêtre 4 (gorges de la Bourne, massif du Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre G Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 85, pp.39-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les gestes humains dans les paysages souterrains. Apports de la lecture géomorphologique à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1573l⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des logiciels topographiques spéléologiques : des visées filaires aux synthèses de grands systèmes hydro-karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15as7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre modélisation et visualisation : lasergrammétrie terrestre et mobile pour l'analyse des géométries de conduits karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Chappuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-31. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15cvc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground ice beyond the limits of the cryosphere. Glaciological functioning and uses of the Grande Glacière du Parmelan (Bornes massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Flinois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Formes et processus périglaciaires des milieux montagnards, 30 (3), pp.225-238. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counter-intuitive links between cave genesis and subaerial stream dynamics in the Têt valley–Lachambre network, eastern Pyrénées, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54 (1), pp.ijs2534. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.ijs2534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinérance des &amp;quot;Everest&amp;quot; souterrains. Spéléométrie des -1000 du monde, période 1956 – 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Darne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-35. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14y19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KarstConduitCatalogue: a dataset of LiDAR derived point clouds for the analysis of karstic conduit geometry and morphology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Trunz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Straubhaar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (9), pp.4671-4690. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-17-4671-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Mondes souterrains karstiques : investigations, compréhensions, représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54-55, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bla⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle and early Upper Paleolithic settlement of the Georgian Caucasus: a general perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikoloz Tsikaridze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Mgeladze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamar Aghapishvili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levan Tielidze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reed Coil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 368, pp.109556. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fold-and-Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo-Canyon (Vercors Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valley incision chronologies from alluvium-filled cave systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanni Gunnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Braucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 258, pp.104963. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2024.104963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fold‐and‐Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo‐Canyon (Vercors Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Mai Yung Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre G Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bruguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ter.12761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposing, triggering and runout processes at a permafrost‐affected rock avalanche site in the French Alps (Étache, June 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (10), pp.3221-3247. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.5881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse 4D (3D + temps) de l’entrée de la grotte Chauvet-Pont d’Arc (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48-1, pp.51-62. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04860286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les concrétions brisées du Massacre des Colonnes dans la grotte de Saint-Marcel (Ardèche) : analyse géomorphologique et premières datations U/Th</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (84), pp.21-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Abraham's dance and the pillar threatening the World Cultural Heritage Chauvet-Pont d'Arc Cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Larose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Guéguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (4), </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2023EA003329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte Huchard (Saint-Martin-d'Ardèche ; Ardèche) : approche chronologique intégrée d'une grotte ornée paléolithique à la sortie des gorges de l'Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Audiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean- Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (1), pp.35-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating human activities in caves through the study of broken structures: The case of the Saint-Marcel cave (France) during the early Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Vandevelde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31, pp.1543-1569. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10816-024-09649-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois siècles d'enregistrement des fréquentations humaines par les graffitis souterrains de la grotte de Hautecourt (Ain, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Letscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp.45-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte de La Garma (Cantabrie, Espagne) : identification, structuration et spatialisation des aménagements souterrains depuis le Paléolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Ontañon-Peredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Arias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47, pp.109-124. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeosciences.11847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléo-genèse des grottes des Gorges de l'Ardèche : analyse morphologique et enregistrement des temporalités karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'Ardèche, temps présent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 160, pp.11-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 ans de 3D à EDYTEM. Haute-Montagne, Glacier, Torrent et Grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.27-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial patterning of Middle Palaeolithic lithic assemblages at the Abri du Maras, Southeast France: combining GIS analysis and 3D palaeotopographic reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gema Chacón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Pois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Moncel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49, pp.103999. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cave sediments in the Western Bauges karst: A record of Middle and Upper Pleistocene glacial advances in the French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 433, pp.108707. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2023.108707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D landscape evolution reconstruction of the Magdalenian Roc-aux-Sorciers site (Vienne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, pp.103892. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréa Maris-Froelich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of lithic studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.36. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383193v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of the geomorphological map and Harris matrices in the analysis of anthropic constructions: Application to the La Garma cave (Spain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Ontañon-Peredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Arias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (4), </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/w9x4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois siècles d’enregistrement des fréquentations humaines dans la grotte de Hautecourt (Ain, France),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Letscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp. 45-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones souterrains, inspection et imagerie 3D : contraintes et potentialités d’un nouvel outil de documentation des grottes et du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bujan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Cazes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Couillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04394455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biocorrosion : un nouveau regard sur le karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116 (24-30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the asymmetry of certain fossil galleries: the major role of biocorrosion as exemplified in the Roquette cave (Gard, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18th International Congress of Speleology - Savoie Mont Blanc 2022 - SYMPOSIUM 04 - Geomorphology and Speleogenesis, 4 (24), pp.305-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle and Late Pleistocene evolution of the Ardèche Valley archaeological landscapes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Voinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 297, pp.107812. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French mountain karsts, markers of landscape evolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 79, pp.21-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le labyrinthe de la Borne aux Cassots : un exemple éloquent de réorganisation du drainage endokarstique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Karst Comtois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3, pp.24-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timing of Neanderthal occupations in the southeastern margins of the Massif Central (France): A multi-method approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïlys Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Joannes-Boyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 273, pp.107241. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2021.107241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléoméandres et basses terrasses de l’Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société géologique de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, pp.43-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04860339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dating the landscape evolution around the Chauvet-Pont d’Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-88240-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Polarization of Carbonates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neha Panwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Revil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Schmutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Allain Duvillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (6), pp.e2021JB022029. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021JB022029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caves and Bats: morphological impacts and archaeological implications. The Azé Prehistoric Cave (Saône-et-Loire, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 388, pp.107785. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2021.107785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de métiers CNRS consacré aux Milieux Souterrains et aux Karsts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zappelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 78, pp.55-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: Dating the landscape evolution around the Chauvet-Pont d’Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.16552. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-95754-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bat guano minerals and mineralization processes in Chameau Cave, Eastern Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasile Heresanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Kadiri Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (1), pp.91-109. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.50.1.2374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des rythmites sédimentaires à -750 au gouffre Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Speleo mag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 111, pp. 16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pont d’Arc et la grotte des Châtaigniers (Gorges de l’Ardèche, France), indicateurs des processus du recoupement du méandre de la Combe d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.57-68. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréquentations humaines, ornementation pariétale et processus naturels : Mise en place d’un cadre chronologique pour la grotte aux Points d’Aiguèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La Grotte aux Points d’Aiguèze (Gard) : Petite sœur de la Grotte Chauvet 2/2, 73, pp.49-62. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2019.3199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitioning of Mg, Sr, Ba and U into a subaqueous speleothem.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Zanchetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illaria Baneschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Isola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 264, pp.67-91. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02415970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst and cave topographic images: 2D representations and 3D technologies, between reality and imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (3), pp.191-205. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.13488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst du synclinal de Villefranche, enregistreur de l’incision de la vallée de la Têt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanni Gunnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boletin de la Sociedad Española de Espeleología y Ciencias del Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, pp.15-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution des paléogéographies karstiques par l'approche cartographique 3D : Application au Pont d'Arc et à la Combe d'Arc (Ardèche, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp. 1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flowstone growth in Gournier River (Vercors, France): a diachronic landscape analysis by 3D modelling and photo draping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 47 (1), pp.81 - 91. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.47.1.2116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1978-2018 : Quarante années de l’Association française de Karstologie (AFK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.73-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D des volumes et remplissages souterrains de la grotte aux Points au temps des fréquentations paléolithiques (Aiguèze, Gard)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La grotte aux Points d'Aiguèze: petite soeur de la grotte Chauvet (1), 72, pp.27-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Annual Kinematics of an Active Rock Glacier Quantified from Very High-Resolution DEMs: An Application-Case in the French Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Thibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.14. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs10040547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dépression glacio-karstique du Mariet (Bauges occidentales, France) : un marqueur de l’englacement würmien des Alpes françaises du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.107 - 120. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruissellement et dissolution d’un bassin versant lapiazé des karsts de Patagonie, île Tarlton, archipel de Madre de Dios (Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.137-146. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GEOPHYSICAL, GEOTECHNICAL, AND SPELEOLOGIC ASSESSMENT FOR KARST-SINKHOLE COLLAPSE GENESIS IN CHERIA PLATEAU (NE ALGERIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ridha Mouici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Baali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riheb Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Boubaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mining Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24, pp.59-71. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5277/msc172403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Meunier (1843-1925) and the controversy about the digging of «natural limestone wells». The contribution of experimental Geology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 39-40, pp. 90-100. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/dynenviron.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Monitorer les milieux naturels, entre ambitions et contraintes, une affaire de compromis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.9-17. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et analyse de l’érosion régressive en rivière souterraine. Le projet participatif Bilborupt et la zone des cascades du Rupt du Puits, Lorraine, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.177-188. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et caractérisation pour l’étude des dépôts sédimentaires dans les grottes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (1), pp.243-248. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2017.1389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between fluvial evolution and karstification related to climatic, tectonic and eustatic forcing in temperate regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn Adamson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rixhon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 166, pp.38 - 56. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of cave levels in Kanaan, Kassarat and Jeita karst systems (Central Mount Lebanon, Lebanon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Gérard-Adjizian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Géomorphologie / Annals of Geomorphology / Zeitschrift für Geomorphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60 (2), pp.95-117. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/zfg/2016/0239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier la grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers d'Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La grotte Chauvet et la caverne du Pont-d’Arc, Hors Série n°28, pp. 22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subsurface flux adjustments and speleogenesis as inferred from sediment traps in major Lebanese cave systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazen Arzouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Carsologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (1), pp.5-23. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3986/ac.v44i1.1149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enregistreur exceptionnel de l’incision de la vallée de la Têt : le karst de Villefranche-de-Conﬂent (Pyrénées-Orientales).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65, pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Tools for Managing and Promoting Karst Geosites in Southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoheritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6 (2), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12371-014-0112-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : bilan des applications pour l'enregistrement, l'intégration et l'analyse des informations spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, numéro spécial, pp. 145-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conduits épinoyés du système karstique de Foussoubie (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tubes, Bulletin du Comité départemental de Spéléologie de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp. 59-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations hydrologiques sur le système karstique de Foussoubie, Analyse fonctionnelle de différentes situations hydrologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tubes, Bulletin du Comité départemental de Spéléologie de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp. 67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D de la conservation du remplissage détritique de la grotte Roche (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp. 25-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01839900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement, de mise en réseau et d'analyse des informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, n° spécial, " Micro-analyses et datations de l'art préhistorique dans son contexte archéologique "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modélisation 3D, outil de transfert des connaissances Exemple de la réplique de la grotte Chauvet Pont d’Arc : la caverne du Pont d’Arc (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Valcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Péral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.41-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme CTI3D. 10 années entre cartographie et recherche de la troisième dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.143-152. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2014.1263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une brève histoire de la 3D en grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (1), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2014.3039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further constraints on the Chauvet cave artwork elaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (21), p. 8002-8006. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1118593109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00702721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les karsts, les paysages karstiques et les cavités souterraines de la Lorraine et de ses marges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo L - Bulletin de la ligue spéléologique lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21, pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00719985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de la recherche interdisciplinaire : application à la grotte Chauvet-Pont d'Arc. Actes du colloque des Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeologia e Calcolatori</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2010 (suppl. 3), pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crues du système karstique de Foussoubie (Ardèche, France). Une analyse géomorphologique et hydrodynamique des circulations dans la zone épinoyée du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.115-138. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical element imaging for speleothem geochemistry: Application to a uranium-bearing corallite with aragonite diagenesis to opal (Eastern Siberia, Russia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Devès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Plaisir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 294-295, p190-202. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2011.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00662504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spéléologie, entre sport et science : un éclairage proposé par la formation scientifique des cadres dans la seconde moitié du XXème siècle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spelunca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 128, pp. 15-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00782089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d'éboulis de l'aven d'Orgnac : un dépôt entre apports externes et édification endokarstique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Peltiermuscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Karsts, Paysages et Préhistoire, 13, pp.149-156. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aménagements et structures anthropiques de la grotte Chauvet-Pont d'Arc. Apport d'une approche intégrative géomorpho-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.43-62. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac. Étude du cône d'éboulis de la salle de Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Peltier-Muscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ardèche archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29, pp. 5-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la construction topographique et toponymique à l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.157-176. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spéléothèmes de l'aven d'Orgnac, potentialités et études en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.139-148. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique sédimentaire et effet de site en zone noyée du karst : le siphon de Chevaline (Grottes de Choranche, Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Dynamique sédimentaire dans le siphon de Chevaline, 60, pp.23-44. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2012.2727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datations 36Cl de la fermeture de la grotte Chauvet, implications géomorphologiques et archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.63-78. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2012.1205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie, représentation et analyse morphologique 3D de drains, de conduits et de parois du karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.119-130. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Karstologie, karsts, grottes et sources&amp;quot; de Eric Gilli, Dunod 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 58, p. 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00806177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray fluorescence microchemical analysis and autoradiography applied to cave deposits: speleothems, detrital rhythmites, ice and prehistoric paintings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Devès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (4), pp.407-426. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.9623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02017682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse 3D de l'endokarst : applications lasergrammétriques sur l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 17 (4), pp.379-394. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.9594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00681879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation par optimisation en vue d'une analyse diachronique par scanner laser terrestre de la falaise de glace du lac du Miage (Massif du Mont Blanc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.85-94. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et traitements de nuages de points 3D, par des techniques légères et à faibles coûts, pour l'élaboration de MNT à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et extraction par segmentation de spéléothemes de l'aven d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), pp.145-154. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2011.1187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale de l'infiltration en domaine karstique méditterranéen de type semi-aride : cas du Massif des Béni Snassen ( Maroc nord oriental )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speleothem evidence of warm episodes in northeast France during Marine Oxygen Isotope Stage 3 and implications for permafrost distribution in northern Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hamelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 74 (2), pp.246-251. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yqres.2010.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00517745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Die Höhlen des Innerberglis / Les grottes de l'Innerbergli &amp;quot; Par Thomas Bitterli et Philip Häuselmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.63-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu &amp;quot; Journées AFK 2010 Habkern - Suisse - du 16 au 19 Septembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.61-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution de l'entrée préhistorique de la grotte Chauvet-Pont d'Arc (Ardèche, France) : les apports de l'analyse géomorphologique et de la modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56, p.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00653361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; Le karst, indicateur performant des environnements passés et actuels &amp;quot; Coordination Nathalie Vanara et Michel Douat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55, pp.62-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00583987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultima Patagonia 2010 : Dix ans sur les karsts du Grand Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spelunca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 118, pp.9-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00505108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution of soda straws growth rates of the Coufin Cave (Vercors, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 39 (2), pp.61-70. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5038/1827-806X.39.2.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte : La grotte du Pacifique (Chili). Première grotte ornée de l'archipel de Patagonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Henri Fage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et Tous Les Membres de L'Expédition Ultima Patagonia 2006 Et 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Newsletter On Rock Art - INORA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00537047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des éboulements/écroulements dans les parois à permafrost de haute montagne : quatre années de releves laser terrestres dans le massif du Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 192, p.58-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00674966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gamez : son apport à la connaissance des karsts couverts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spéléo L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19, pp.13-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00584046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst : from palaeogeographic archives to environmental indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.83-94. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.7520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00397478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport de la karstologie à la connaissance de l'hydrogéologie et de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00387347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale et morphologique d'une forêt de stalagmites par modélisation 3d dans le réseau d'Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 53, pp. 1-14. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2009.2644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00457291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock falls in high-alpine rock walls quantified by terrestrial lidar measurements : A case study in the Mont Blanc area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (10502), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2008GL033424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00292415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Englacement, eustatisme et réajustements karstiques de la bordure sud de l'archipel de Madre de Dios (Patagonie, Province Ultima Esperanza, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Brehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Despain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 51, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2008.2619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00347535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage glaciaire et karstification de l'archipel calcaire de Madré de Dios, Patagonie, Chili, «Expédition Franco-chilienne Ultima Patagonia 2006 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (1), pp.39-50. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre karstologie fondamentale et appliquée : l'étude de classement du site de Choranche/les Coulmes,Vercors, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (1), pp.103-112. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension &amp;quot; L'Eau de là &amp;quot; ou l'aventure du projet Spele-eau à Siou-Blanc : Une synthèse sur l'hydrologie Karstique du Var</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.62-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00392505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un jalon karstique pour la reconstitution paléogéographique de l'interfluve Ardèche/Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.117-147. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2007.1009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroca (domaine marin côtier, Pays basque, France) : un karst continental ennoyé par les transgressions maritimes quaternaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vanara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 49, pp.43-55. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2007.2599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00352836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologic evolution of eastern Paris Basin: &amp;quot; ancient surfaces &amp;quot; and Quaternary incisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cojan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Corbonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gargani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178, pp.135-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00200707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un grand réseau paragénétique, étude spéléogénétique des grands volumes karstifiés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (1), pp.56-77. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2007.1003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologic evolution of eastern Paris Basin: &amp;quot;ancient surfaces&amp;quot; and Quaternary incisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Cojan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Corbonnois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gargani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178, pp.135-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00741788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroca (domaine marin côtier, Pays basque, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vanara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Latapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 49 (1), pp.43-55. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2007.2599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concepts of heritage and heritage resource applied to karsts : protecting the Choranche caves (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Carsologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35 (2), pp.37-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00133668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte touristique, objet de recherche et lieu de médiation scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 236, pp.33-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00158276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement de Paléo-Mises en charge holocènes dans deux stalagmites du réseau du Rupt-du-Puits (Barrois, France). Analyses morphologiques des lamines et datations U/TH en TIMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Hamelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geologica Belgica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (3-4), pp.297-307</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00203193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genesis of the Dordogne (France) high-purity silica placers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Désindes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bouchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 95, pp.80-94. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00531-005-0024-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00203338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de l'érosion dans le Barrois n et le Perthois (Est du Bassin parisien) : incision et karstification dans les bassins-versants de la Marne, de la Saulx et de l'Ornain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Allouc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Occhietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15 (4), pp.305-318. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/quate.2004.1777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00120311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt de l'approche morphogénique pour la compréhension globale d'une grotte à haute valeur patrimoniale : la grotte Chauvet (Ardèche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00113367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karstification as geomorphological evidence of river incision : the karst of Cousance and the Marne valley (eastern Paris Basin)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hamelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 16 (4), pp.167-172. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3121.2004.00544.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00120309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aperçu géomorphologique des côtes de Meuse et de la capture de la Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes touloises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00135825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des plaquettes calcaires étagées : un outil pour la quantification de l'érosion dans les systèmes karstiques. Application au réseau du Rupt-du-Puits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux Laboratoire de Géographie Physique Appliquée, Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00136512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes quaternaires révélées par l'inversion du maclage de la calcite : Apports des observations de la carrière souterraine de Savonnières (Est de la France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.M. Cushing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lozac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335 (8), pp.701-708. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0713(03)00115-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quaternary stresses revealed by calcite twinning inversion : Insights from observations in the Savonnières underground quarry (eastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cushing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Lozac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335, pp.701-708</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des plaquettes calcaires étagées un outil pour la quantification de l'érosion dans les systèmes karstiques. Application au réseau du Rupt-du-Puits (Meuse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux du Laboratoire de Géographie Physique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 21 (1), pp.11-24. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/tlgpa.2002.999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst et les carrières souterraines du Barrois : un siècle et demi de relations Hommes/Milieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Depaquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Herbillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 40 (1), pp.27-38. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2002.2505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion et ruissellement sur karst nu : les îles subpolaires de la Patagonie chilienne (Magallanes, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 38 (1), pp.13-18. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.2001.2480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations morphologiques sur le géosystème karstique du Rupt du Puits (Meuse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gamez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 26 (1), pp.27-38. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/karst.1995.1125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age constraints on sea level during the last two glacial terminations based on submerged speleothems from New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hai Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres uis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karstologia Mémoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (5), pp.35-38, 2022, Proceedings of the Scientific conference of the 18th International Congress of Speleology – UIS 2022, 24-31 July 2022, Le Bourget du Lac</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont-d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm. Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.J Delannoy et G.M. Geneste. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 384 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KARST 2018, 40 ans de l’Association française de karstologie, hommage à Richard Maire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. AFK, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JJ Delannoy ; S Jaillet ; B Sadier. Collection EDYTEM n°13, 196p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Stephane Jaillet ; Estelle Ployon ; Thierry Villemin. Collection EDYTEM, pp.216, 2011, Collection Edytem, n° 12, 978-2-918435-04-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00737370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac, valorisation touristique, apports scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Fabien Hobléa ; Emmanuel Reynard ; Jean Jacques Delannoy. Collection EDYTEM, pp.184, 2007, Collection Edytem, Cahiers de Géographie n° 5, ISBN 2-9520432-4-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00786450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’expérience de carottage avec du matériel léger en eau peu profonde à l’aide d’une aiguille vibrante à béton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Reynaud; Eric Armynot du Châtelet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Short Papers from the 19th French Congress of Sedimentology, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 84, Association des Sédimentologistes Français, pp.31-34, 2025, 2-907205-83-8. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70665/OOKQ5196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La galerie des Panneaux rouges.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In, la grotte Chauvet Pont d'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.211-313, 2025, 9782715421431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La galerie du Cactus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In, La grotte Chauvet Pontd'Arc. Art et archéologie. Les premières salles. Dir. JM. Geneste, C. Fritz, V. Feruglio, G. Tosello.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Patrimoine. Centre des monuments nationaux., pp.162-207, 2025, 9782757709962</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Balme de l’Escargot, une nouvelle grotte à ours des cavernes dans le Vercors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoires de désob' - Recherches et découvertes du milieu souterrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.98-106, 2024, 978-2-9592262-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocorrosion et art pariétal : une exclusion mutuelle à l’origine de vides archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Beauvillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Barriquand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Dardenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques. Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session Les espaces vides : preuves d’absences ou absences de preuves ?, Société préhistorique française, pp.85-104, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le labyrinthe de la Combe aux Prêtres : un exemple éloquent d’auto-capture en contexte d’incision.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix ans d’actions scientifiques à la Combe-aux-Prêtres (réseau de Francheville, Côte d’Or)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-36, 2023, 978-2-9588265-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 9 Salle des Bauges (quart nord-est)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delannoy, J.J.; Geneste, J.M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monographie de la grotte Chauvet-Pont d’Arc, vol 1 Atlas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-220, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datation 36Cl de la paroi extérieure et du porche préhistorique de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.L. Bourles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la grotte : des premiers vides souterrains aux paysages actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG Atlas Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carte intégrée des sols : principes et sémiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrier Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), pp.45-84, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques morphogéniques de la grotte Chauvet Pont d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), pp.384, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 12. Galerie des Panneaux Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Clottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.234-239, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image topographique de la grotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-39, 2020, Documents d'archéologie française, 9782735125333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talus externe et paléogrotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galerie d’Entrée, écroulements et fermeture de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferrier Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carte 11. Galerie du Cactus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Fritz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Jacques Delannoy et Jean-Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la grotte Chauvet-Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.228-233, 2020, Monographie de la grotte Chauvet-Pont d'Arc, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassins topographiques de la Grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet Pont d'Arc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 111 (1), 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03115708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bronze Age decorated cave Les Fraux unusual status: ritual uses of an atypical French heritage site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Burens-Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Bourrillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Petrognani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lindsey Büster; Eugène Warmenbol; Dimitrij Mlekuž. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Between worlds : understanding ritual cave use in later prehistory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.165-198, 2019, </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99022-4_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG Chauvet, un outil au cœur des recherches interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.81-91, 2019, 978-2-7351-2560-9. </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image topographique de la grotte Chauvet-Pont d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Guillou Y</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.29-39, 2018, 978-2-7351-2560-9. </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritages glaciaires würmiens et enregistrements karstiques dans la bordure occidentale des Bauges (Alpes du Nord, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Coutterand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst 2018. 40 ans de l'association française de karstologie; Hommage à Richard Maire. Karstologia Mémoires n°20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFK, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combe d'Arc, Pont d'arc, Grotte Chauvet : La grotte dans ses contextes naturel et culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Gély</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy ; Jean Michel Geneste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas de la Grotte Chauvet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DAF Paris, pp.152-158, 2018, </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.49690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeomorphological Mapping: Rock Art and the Architecture of Place.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Gunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quarante années de l’Association française de karstologie (AFK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Audra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Dandurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephane Jaillet ; Christophe Gauchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst 2018. 40 ans de l'association française de karstologie; Hommage à Richard Maire. Karstologia Mémoires n°20</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFK, pp.73-82, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-D modelling in rock art research: Terrestrial laser scanning, photogrammetry and the time factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno David; Ian J. McNiven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of the Archaeology and Anthropology of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford Handbook, http://www.oxfordhandbooks.com/view/10.1093/oxfordhb/9780190607357.001.0001/oxfordhb-9780190607357-e-47, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruisselement et dissolution d'un bassin versant lapiazé des karsts de Patagonie, Ile Tarlton, Archipel de Madre de Dios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Malet; Laurent Astrade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring en milieu naturel : retours d'expériences en terrains difficiles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, Collection EDYTEM, pp. 137-146, 2017, 978-2-918435-11-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitorer les milieux naturels, entre ambitions et contraintes, une affaire de compromis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring en milieux naturels, retours d’expériences en terrains difficiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19, pp.9-18, 2017, Collection Edytem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst du Rupt du Puits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Gély; Franck Hanot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le bassin parisien, un nouveau regard sur la géologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, Association des géologues du bassin de Paris, p.167, 2014, 978-2-9550042-0-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte des Gorges ( Jura) : un site inédit à l'interface des territoires symboliques du Paléolithique supérieur ancien.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’errico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pigeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bereizat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcel Otte &amp; Foni Le Brun Ricalens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modes de contacts et de déplacements au Paléolithique eurasiatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme CTI3D : 10 années entre cartographie et recherche de la troisième dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp.143-152, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Subterranean Floods in Oceanic Subpolar Karst of Madre de Dios Archipelago (Patagonia, Chile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous Les Membres de L'Expédition Ultima Patagonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">H2Karst Research in Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 151-161, 2014, H2Karst Research in Limestone Hydrogeology, Environmental Earth Sciences, </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-06139-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lower Ardèche River Karst Landscapes and Caves (Lower Rhône Valley): Unique Morphologies Induced by the Messinian Salinity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mocochain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Fort ; Marie Françoise André. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscapes and landforms of France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp. 195-205, 2014, 978-94-007-7021-8. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-007-7022-5_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crues du système karstique de Foussoubie (Ardèche, France). Une analyse morphologique et hydrodynamique des circulations dans la zone épinoyée du Karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Belingard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, pp.115-138, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00745473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la construction topographique et toponymique à l'aven d'Orgnac. Ardèche, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karts, paysages et préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.157-176, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00733415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Datations 36Cl de la fermeture de la grotte Chauvet : Implications géomorphologiques et archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bourlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.63-78, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d'éboulis de l'aven d'Orgnac : un dépôt entre apports externes et édification endokarstique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Peltiermuscatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.139-148, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle synthèse topographique des salles et galeries d'Orgnac I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Jacques Delannoy; Stéphane Jaillet; Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire environnements, dynamiques et territoires de la montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.177-182, 2012, Collection Edytem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aménagements et structures anthropiques de la grotte Chauvet - Pont-d'Arc : apport d'une approche intégrative géomorpho-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.43-62, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spéléothèmes de l'Aven d'Orgnac : potentialités et études en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateurs : Jean Jacques Delannoy, Stephane Jaillet, Benjamin Sadier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts, Paysages et Préhistoire, Collection Edytem n°13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Edytem, p.139-148, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00747896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement et modélisation 3D de la fouille archéologique et paléontologique du cône d'entrée d'Orgnac (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Gamberi Almendra de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.131-136, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et traitements de nuages de points 3D, par des techniques légères et à faible coûts, pour l'élaboration de MNT à haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.155-168, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sept ans de suivi de la dynamique de la falaise de glace du lac du Miage (massif du Mont Blanc) par scanner laser terrestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tamburini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.95-106, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation par optimisation en vue d'une analyse diachronique par scanner laser terrestre de la falaise de glace du lac du miage (Massif du Mont Blanc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.85-94, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevés lasergrammétriques et calibration sur calcite de morphologies externes de spéléothèmes pour une étude paléo-sismologique du Liban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lacave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.137-144, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatre années de suivi de la morphodynamique des parois rocheuses du massif du Mont Blanc par laserscanning terrestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.69-76, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie, représentation et analyse morphologique 3D de drains, de conduits et de parois du Karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.119-130, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et extraction par segmentation de spéléothemes de l'aven d'Orgnac (Ardèches, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et modèles 3D en milieux naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM n° 12, pp.145-154, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00604590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des karsts sans affleurement calcaire : les karsts sous couverture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.48-49, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le système karstique du Rupt du Puits (Lorraine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.160-161, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paléokarst à &amp;quot; Fer fort &amp;quot; de poisson (Haute Marine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.72-73, 2010, Karstologia Mémoires, n° 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les karsts de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Losson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Audra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grottes et karsts de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de karstologie, pp.156-157, 2010, Karstologia Mémoires, n°19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00486772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc) : un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velio Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Krautblatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neige et glace de montagne : Reconstitution, dynamique, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°8, pp.135-146, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karren in Patagonia. A natural laboratory for hydroaeolian dissolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angel Ginés ; Martin Knez ; Tadej Slabe ; Wolfgang Dreybrodt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst rock features. Karren sculpturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zalozba ZRC, pp.329-348, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac : un jalon karstique pour la reconstitution paléogéographiqque de l'interfluve Ardèche/Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac. Valorisation touristique, apports scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°5, pp.117-148, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00215440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aven d'Orgnac : un grand réseau paragénétique, étude spéléogénétique des grands volumes karstifiés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac. Valorisation touristique, apports scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°5, pp.57-78, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00213509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREDISPOSING, TRIGGERING AND RUNOUT CONDITIONS OF TWO ROCK SLOPE FAILURES IN THE FRENCH ALPS: ÉTACHE VALLEY AND CRÊTE DES GRANGETTES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th DACH Permafrost Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WSL Davos, Jan 2025, Davos (Suisse), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poljes, a pre-structuration of the hydrosystems in plateau karsts, the example of the Jura mountain (Fr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Églantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32. International Karstological School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ZRC Sazu, Jun 2025, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure karstique et hydrogéologique des karsts de plateau. Application au bassin de la haute Loue (massif du Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Églantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles 3D multi-scalaires, lasergrammétriques et photogrammétriques, de sites ornés du massif de l’Erongo (Namibie, Afrique australe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efraim Kaarina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenishwa Engelbrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hoerlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GMPCA - Rouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speleogenetic reconstitution of a karst combining underground and surface geomorphology -implication for hydrology (Verneau, French Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Collon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Eurokarst Conference (EUROKARST 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROKARST, Jun 2024, Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposition and triggering conditions at a permafrost-affected rock avalanche site in the French Alps (Étache, June 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matan Ben-Asher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-8396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les glacières, objets (très) méconnus de la cryosphère - Cas d'étude savoyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Flinois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49e Congrès des Sociétés Savantes de Savoie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Amis du Vieux Chamonix, Oct 2024, Chamonix (74400), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones en grotte :Contraintes et potentialités pour la documentation des milieux souterrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drones &amp; Cap' 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Mur de Bretagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des écroulements de 2020 au Vallon d'Étache (Haute Maurienne) et à la Crête des Grangettes (Ecrins) : les dernières avancées de la recherche sur le permafrost des versants raides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Magnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josué Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Cathala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Scientifique et Technique Prévention des risques d'origine glaciaire et périglaciaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de carottages sur calcite souterraine. Enjeux et méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapoigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Husson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing 3D geomorphology of a karst network using Karstnet : application to the Verneau system ( French Jura )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Vivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Collon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congrès international de spéléologie﻿ UIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDYING SPATIAL PATTERNS AT THE ABRI DU MARAS (SOUTH-EAST FRANCE, MIS 3): A GIS ANALYSIS AND 3D PALAEOTOPOGRAPHIC RECONSTRUCTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillemot Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncel Marie-Hélène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gema Chacón Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pois Veronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From 3D to 2D. Towards a high resolution representation of underground worlds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Congress of Speleology - symposium 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française de Spéléologie, Jul 2022, Le Bourget du Lac, France, France. pp.103-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet « Cave Time Capsule 2091 ». Choix techniques et mise en oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lansigu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget Du Lac, France. pp.411-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New chronological constraints on the intrakarstic fluvio glacial fan of the cave Sous les Sangles (Bas Bugey, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Congress Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospecting for Last Interglacial speleothems in Vercors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Spötl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Racine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Caillault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International congress of speleology - Symposium 03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Savoie Mont Blanc, France. pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crues holocènes et stalagmites corrodées de l'évent de Foussoubie (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le bourget du Lac, France. pp.67-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04389664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subpolar karst of Madre de Dios (Magallanes, Patagonia, Chile): a masterpiece of the world geoheritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnauld Malard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - UIS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union of Speleology (UIS), Jul 2022, Le Bourget-du-Lac, France. pp.55-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement des invasions glaciaires pléistocènes dans le karst des Bauges occidentales (Savoie, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Honiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological Behaviour Characterization of the Foussoubie Karst Network using Statistical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Erguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Johannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Pistre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - Savoie Mont Blanc 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground air circulation modelling of the St-Marcel Cave (Ardèche, France) to adapt the opening system of the cave entrance to optimal habitat conditions for bats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Escourrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Aprin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judicaël Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Speleology - Savoie Mont Blanc 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel Est l'âge Du Pont d'Arc ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Genuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacques Bahain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque international « Quaternaire » Q12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02526709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier le monde souterrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Printemps des cartes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Montmorillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéléogenèse de la grotte des deux Ouvertures (Gorge de l'Ardèche, France). Implication pour les fréquentations humaines et animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yago Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages pour l'Homme, hommage à Paul Ambert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Laroche; Laurent Bruxelles; Philippe Galant; Martine Ambert, Oct 2019, Cabrières, France. pp.155-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la Géomorphologie 3D dans la reconstitution des paléogéographies préhistoriques disparues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le karst des Bauges occidentales (Alpes du Nord, France) : un enregistreur des fluctuations glaciaires du Pléistocène supérieur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Pons-Branchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Coutterand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Foliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 AFEQ-CNF-INQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grotte aux Points (Aiguèze, Gard) : Analyse géométrique des surfaces actuelles et évolution des volumes souterrains depuis le Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e Rencontre d'Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Chalain, France. pp. 113-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01878475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie et la cartographie en grotte.L'apport récent des technologies 3D.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de spéléologie scientifique 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Belge d'études Karstologique, groupe de contact du F.N.R.S, comission scientifique de l'Union belge de spéléologie., Nov 2016, Dry Hamptay, Belgique. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-temporal mapping of rock glacier displacements: insights from SfM, ALS and TLS high-resolution datasets on the Laurichard rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Thibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Permafrost.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Permafrost Association, Jun 2016, Potsdam, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de CO2 dans la Goule de Foussoubie (Ardèche) : 2011-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Rencontre d’octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les maquettes de Stanislas Meunier (1843-1925). Une « reproduction expérimentale des puits naturels » et une « imitation des avens des Causses »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franz Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Noyes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Carlier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorations et recherches récentes en spéléologie physique et karstologie. Le CO² sous terre 25ème Rencontre d'Octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Spéléo Club de Paris, CAF de Paris, 2015, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps et durée du « réajustement karstique » : l’effondrement de la Cathédrale et l’ennoiement du siphon de Chevaline (Grottes de Choranche, Vercors, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Rencontre d’octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Spéléo Club Paris, 2014, le Châtelard, France. pp. 75-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un site inédit à l’interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura), in M. Otte (dir.), Modes de déplacements et de contacts dans le Paléolithique eurasiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco d'Erricoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Bereiziat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A venir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Liège, Belgique. pp. 537-567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01313509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Meunier (1843-1925) et ses &amp;quot;maquettes de caverne&amp;quot;. Une étude originale de l'altération des calcaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre d'octobre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Chalain, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau HydrAkarst : HYDRologie -Ardèche -KARST Un réseau de mesures hydrologiques dense sur le karst de la basse Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZABR rivières cévenoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01838721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grotte des Deux-Ouvertures à St-Martin-d’Ardèche : Approches chronométriques croisées de la mise en place du massif stalagmitique (U/Th et 14C AMS) et Implications quant aux fréquentations humaines et animales de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hellstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADAPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp. 41-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic of sediments assessment by terrestrial laserscanner, application to quantify sediment yield of four streams in French Alps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographier et représenter les mondes souterrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès la fédération française de Spéléologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Millau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The geomorphosites of Madre de Dios island (Patagonia, Chile) : &amp;quot;marble glaciers&amp;quot;, painting caves and hydro-aeolian karst landform. A singular heritage unique in the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Malard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Geomorphology IAG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00966896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social construction of rock art caves. Contributions of the geomorphological approach in Chauvet cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Geneste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00867077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D researches on conduits and karsts networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00867042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphogenesis reconstitution on Kelb valley, Lebanon: contribution of Jeita cave speleogenesis and karst landforms study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00866715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A masterpiece of historic cave surveying : several representations of Miremont-Rouffignac cave, (Dordogne, France), XVIII-XIXTH centuries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Brno, Czech Republic. pp 47-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00909691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de pièges à sédiment pour l’étude des dépôts sédimentaires dans les grottes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Maire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ième Colloque Interdisciplinaire en Instrumentation (C2I)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03387059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D, laserscanning and geomorphological studies in Orgnac cave (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Prud'Homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress on "scientific research in show caves"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphology research in Jeita cave, Lebanon : speleogenesis study for a scientific valorization of a touristic cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Nehme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Adjizian-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster Session, International Congress on scientific research in Show Caves, Karst Research Institute ZRC Sazu, Slovenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00744442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement et de mise en réseau des informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADAPCA ( Micro-Analyses et Datations de l'Art Préhistorique dans son Contexte Archéologique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00662607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de la recherche interdisciplinaire : application à la grotte Chauvet-Pont d’Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-J. Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 2èmes Journées d’Informatique et Archéologie de Paris – JIAP 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France. pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un site inédit à l'interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pigeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Petrognani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco D’errico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International IUSPP "Modes de contacts et de déplacements au Paléolithique eurasiatique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04952017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution et réajustement post-glaciaire du karst et des surfaces lapiazées de l'archipel de Patagonie (Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variabilité spatiale des environnements quaternaires contraintes, echelles et temporalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historiographie de la topographie souterraine et év olution des représentations. L'exemple de l'Aven d'Orgnac (Ardèche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole Thématique Modys 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des crues souterraines des karsts subpolaires océaniques de l'Archipel de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous Les Membres de L'Expédition Ultima Patagonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.359-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse temporelle de la vulnérabilité des ressources en eaux karstiques d'une moyenne montagne méditerranéenne : Beni Snassen (Maroc oriental)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.463-466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation et dissolution superficielle des karsts subpolaires océaniques de l'Archipel de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France. pp.229-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00623056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LiDAR survey of the rock faces of the solid mass of Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Geosite Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Evian, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00951321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc): un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velio Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Krautblatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle de l'AFDP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00950189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Aiguille du Midi (Mont Blanc massif): a unique high-Alpine site to study bedrock permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th European Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Longyearbyen., Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00949901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle : un outil pour la connaissance et la médiation. Application à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Perazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Peral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00495891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de site en zone noyée du karst : une cartographie morphosédimentaire à haute résolution du siphon de Chevaline des grottes de Choranche (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00544190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de morphologies pariétales en grotte à partir d'un lever laser 3D. Application aux salles rouges de l' Aven d'Orgnac ( Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Lidar ESGT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Mans, France. pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00496512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode d'analyse de la vulnérabilité des ressources en eau karstiques du massif des Béni Snassen orientaux (Maroc)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rockfall quantification in high-Alpine rockwalls with permafrost: five years of survey with laser scanning in the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th European Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Longyearbyen., Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00950040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le SIG comme outil fédérateur de recherche interdisciplinaire : application à la grotte Chauvet-Pont-d'Arc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Informatique et Archéologie de Paris (JIAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00495876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taux record de dissolution superficielle des karsts de Patagonie : instrumentation et quantification sur le bassin versant expérimental de Tartlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possibilité de karsts profonds dans le Sud Est du Bassin de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des sciences de la terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00542431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies lidar et 3D pour l'étude de formes et de dépôts de l'endokarst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00540320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphic and archeological features of coastal caves in madre de dios archipelago (Patagonia, Chile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Despain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Kerrville, United States. pp.516-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aiguille du Midi (massif du Mont Blanc) : un site remarquable pour l'étude du permafrost des parois d'altitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Glaciologie-nivologie de la SHF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Aiguille du Midi (Mont Blanc massif): a unique high-Alpine site to study bedrock permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bölhert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Coviello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des éboulements/écroulements dans les parois à permafrost de haute montagne : quatre années de laserscanning terrestre dans le massif du Mont Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque techniques laser pour l'étude des environnements naturels et urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d'une grotte ornée dans l'archipel de Patagonie chilienne : la grotte du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Henri Fage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et Tous Les Membres de L'Expédition Ultima Patagonia 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque archéologie souterraine et spéléologie. 41ème congrès F.F.S</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Périgueux, France. pp.189-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00537129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction automatique de la discontinuité plane à partir d'une scannerisation laser 3D en milieu rocheux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Techniques laser pour l'étude des environnements naturels et urbains "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rates of high altitude rock wall erosion : four years of laserscanning in the Mont Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union, Assemblée General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00397798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des SIG pour l'étude de la vulnérabilité des eaux karstiques dans un milieu méditerranéen semi-aride : Exemple des Béni Snassen orientaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmaa Tayebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres international, Apport des Technologies Géomatiques dans l'étude des ressources en eau et le suivi du phénomène de la désertification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00872021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying rock falls/avalanches in steep high-alpine rock walls : three years of laserscanning in the Mont-Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre karstologie fondamentale et appliquée : l'étude de classement du site de Choranche/les Coulmes (Vercors, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hacquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst de montagne : géomorphologie, patrimoine et ressources.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Sion, Suisse. pp.103-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aven d'Orgnac : un témoin endokarstique de l'aggradation continentale pliocène du Rhône et de la Cèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance spécialisée de la Société Géologique de France organisée en l'honneur de Georges CLAUZON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche géomorphologique de l'environnement karstique de l'art rupestre. Apports de la 3D dans la reconstitution de la fermeture de la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion scientifique de l'Institut National du Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Angle sur Anglins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00395188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héritage glaciaire et karstification de l'archipel calcaire de Madre de Dios (Patagonie, Chili)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Tourte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karsts de montagne, géomorphologie, patrimoine et ressources ", actes du colloque de karstologie franco-suisse, Sion, 15 septembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Sion, Suisse. pp.39-50, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/edyte.2008.1053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00404673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Resolution DEM Extraction from Terrestrial LIDAR Topometry and Surface Kinematics of the Creeping Alpine Permafrost : The Laurichard Rock Glacier Case Study (Southern French Alps)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schoeneich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth International Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks, Alaska, United States. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00575586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution DEM extraction from terrestrial LIDAR topometry and surface kinematics of the creeping Alpine permafrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schoeneich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Permafrost</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks (Alaska), United States. pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00389115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs cachées des grottes : mémoires de la nature et des hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amphi pour tous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00264232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground-Based LiDAR data on permafrost-related rock fall activity in the Mont-Blanc massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Permafrost 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Fairbanks, United States. pp.349-354</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00363992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union, General Assembly 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferenza Nazionale sui Cambiamenti Climatici</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Saint Vincent, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of laserscanning and terrestrial photogrammetry to quantify rock falls/avalanches in steep high-alpine rock walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent rock falls and rock avalanches in high-alpine rock walls affected by permafrost. A case study in the Mont-Blanc massif (2005-2006)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rabatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of terrestrial scanning LIDAR to study the evolution of ice-contact Miage Lake and Miage Glacier ice cliff (Mont Blanc massif, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tamburini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Mortara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00364008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relation of permafrost degradation and slope instabilities in high-Alpine steep rockwalls (Mont blanc massif and Matterhorn) : the research project PERMAdataROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Nivologie-Glaciologie 2007 de la société Hydrotechnique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse 3D des volumes souterrains à méso échelle, nuages de points et modèles TIN de quelques objets de l'endokarst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhail Hajri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque internationale des journées de l'AFK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Arettes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecroulements en haute montagne alpine à permafrost : l'exemple du Petit Dru (massif du Mont Blanc, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Glaciologie-nivologie de la SHF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent slope instabilities in steep alpine rockwalls affected by permafrost: a case study in the Mont Blanc massif (the Drus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Alpine Glaciological Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Zürich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permafrost and rock falls in high mountain: the Drus (Mont Blanc massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gruber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Noetzli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Ravanel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3th EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00372493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en charge du réseau de la Luire (Vercors-France) : Enregistrements et implications géomorphologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Hydrogéologie Karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00142362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ouverture fenêtres hydrogéologiques une forme de raccordement des karsts couverts aux vallées en domaine monoclinal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quinzième rencontre d'octobre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Corveissiat (Ain), France. pp.46-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00159041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie 3D haute résolution: un outil pour l'étude des structures karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogéologie Karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse. pp.235-236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00403977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation &amp;quot;scientific team-member&amp;quot; of the French Federation of Speleology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meyssonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque UIS Union International of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Athènes, Greece. pp.133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The barrois covered karst (NE France): a recorder of valley incision and cover retreat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque UIS Union International of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'un soutirage dans des remplissages endokarstiques par l'étude des formes et de la répartition des stalagmites. (réseau Orgnac-Issirac, Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séries sédimentaires endokarstiques : mémoires de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Han-sur-Lesse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00111057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphologie de concrétions contrôlée par des mouvements relatifs voûte / plancher. Réseau de Pont-de-Ratz, Hérault, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Couturaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séries sédimentaires endokarstiques : mémoires de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Han-sur-Lesse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation des spéléologues en science et en environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises Nationales de l'Environnement karstique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Sorrèze, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géomorphologie et hydrologie de la Salle Chevalier - Travaux du stage national &amp;quot; Equipier scientifique &amp;quot; 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème rencontre d'octobre SCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Saint-Christophe-la-Grotte, France. pp.28-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00115753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Karst : un enregistreur de l'incision des vallées et du recul des couvertures. Application au bassin de la Haute-Marne (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Brulhet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées européennes de AFK, Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00135831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les opérations de traçage menées sur le Barrois (Meuse, France) : une collaboration efficace entre spéléologues, universitaires et collectivités territoriales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Spéléologie et sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Ollioules, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00135786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissolved carbonate exports in the Chevaline river (Choranche, Vercors). Period 2008–2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 th International Karst School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Postojna, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’un nouvel aven-piège à aurochs sur le Plateau du Revard (Savoie) : Le Creux de l’Aurochs and roll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Nant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Badin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre archéologiques de Savoie 2024 - 12ème édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A radiometric constraint on sea level at the end of the Younger Dryas based on a submerged speleothem from New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell N. Drysdale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Woodhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natasha Barlow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Austermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'incision des canyons dans les Alpes du Nord, les apports de la topographie 3D à haute résolution (laserscanning terrestre)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurian Badier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Karstologie, Karst 2018. Hommage à Richard Maire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Le Bourget du lac - Chambery, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une évolution paysagère des environs du Pont d'Arc: Apports de la 4D à la cartographie Géomorphologique Haute résolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Spéléologie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Han-sur-Lesse, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte des Gorges, approche interdisciplinaire pour la contextualisation des évolutions paléoenvironnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Jeannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri-Georges Naton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un enregistreur quaternaire souterrain de l’environnement exokarstique et endokarstique : le cône d’entrée de l’aven d'Orgnac (Ardèche, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Boche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Couchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambéry, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01894268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Commun de recherche - L'Opale pour contextualiser la Production d'Art ParietaL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04848547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une modélisation 3D de la grotte des Gorges.Travaux réalisés en 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00981632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations géomorphologiques et karstologiques préliminaires sur la grotte des Fraux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Billaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00782105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : topographie, cartographie, sédimentologie et 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : géomorphologie - sédimentologie - 3D Bilan des études EDYTEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00868385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du système karstique de la Dragonnière de Gaud, Rapport n°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 23p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations géomorphologiques préliminaires. Projet datation Grottes Ornées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : topographie, cartographie, sédimentologie et 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du système karstique de la Dragonnière de Gaud, Rapport n°1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, 26p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse géologique, géomorphologique et karstogénique de la grotte des Gorges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation géomorphologique et karstique sur le site du Razal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 23p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude géomorphologique du site du Razal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 50p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie détaillée du cône d'entrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.75-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plancher stalagmitique de la salle Plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Quinif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D des parois des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 102 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude préalable au projet d'extension de classement du site des abords de Pont d'Arc - Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse géomorphologique de l'endokarst du bois de Trampot : le réseau Hadés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, 30p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d'une base de données et expérimentation de méthodes de mesure des mouvements gravitaires et des régimes thermiques des parois rocheuses à permafrost en haute montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Deline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arattano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Chiarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cremonese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Giardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00399834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cirque de Choranche - Grottes et concrétions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géomorphologique des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 44 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Bertras : puits d'entrée de l' aven d' Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.47-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avancée des travaux (2006-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.13-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Paillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac - Géomorphologie, Sédimentologie, Archives Naturelles et Modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 116 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude à haute résolution du cône d' éboulis de la salle de Joly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.97-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution morphogénique des Salles Rouges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loïc Bersihand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.25-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cône d' éboulis de l' aven d' Orgnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.77-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00445974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kervazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 34p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00369099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grottes de Choranche et Massif des Coulmes : Enjeux de protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Astrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hoblea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00393911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude géologique et karstologique de la cavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Perroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 26p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00369102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La zone d'entrée de la grotte Chauvet, in Etudes pluridisciplinaires à la grotte Chauvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00404012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre et reconstitution géologique du Bois de Ronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Sabaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.13-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion : Apport du système karstique d' Orgnac à la connaissance de l' évolution paléogéographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Sabaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.169-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : Géomorphologie, sédimentologie, archives naturelles et modélisation 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux nouveaux profils tomographiques sur le puits de Ronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.51-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologénique et karstogénique – Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d'Orgnac : Etude spéléogénique et karstogénique. Etude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00965617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une première reconstitution du système Orgnac-Issirac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.129-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paragénétisme et trépanation dans l' aven d' Orgnac / Issirac : observations sur quelques sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tocino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.113-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologénique et karstogénique – Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, 200 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques topographiques et cartographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.29-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadre géologique et géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Fudral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Gasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.17-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un grand volume karstique : la salle 2 des réseaux Orgnac - Issirac. Hypothèse de mise en place</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.73-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première campagne de tomographie dans le secteur de Labastide-de-Virac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Menneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.155-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aven d' Orgnac : Étude spéléologenique et karstogenique - Étude des mémoires paléogéographiques et paléo environnementales du Bas-Vivarais - Rapport d'étape n° 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, 193 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et formations de la salle 2 des réseaux Orgnac - Issirac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, pp.45-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00446129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse 3D multi-scalaire de la grotte de la Tête du Lion (Ardèche, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Kemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Delannoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05363173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The visibility of rock art under paleolithic lighting: perceptual experimentation and probabilistic modeling applied to the Chauvet-Pont d'Arc cave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Hullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim Génuite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Tosello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creux de l'Aurochs and roll, Les Déserts, Savoie. Rapport de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie Auvergne Rhône-Alpes. 2023, pp.102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Balme de l'Escargot à Corrençon-en-Vercors - Isère. Rapport de Recherche archéologique. Service Régional de l'Archéologie Auvergne Rhône-Alpes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional de l'Archéologie Auvergne Rhône-Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03495426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Trou des Artios à Saint-François-de-Sales - Savoie. Rapport d'opération archéologique 2021. Rapport de recherche. Service Régional d'Archéologie Auvergne Rhône Alpes. 108 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Griggo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hobléa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service Régional d'Archéologie Auvergne Rhône Alpes. 2021, 108 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03494865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId830"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6BF7E3FF"/>
+    <w:nsid w:val="836B9517"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-jaillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4725-6698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069665559" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/217168954" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359481331" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496211v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291005v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Mai Yung Sen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rolland" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G Valla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496215v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Kemper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Burnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1573l" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496216v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15as7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15egk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05372974v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vivier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806x.ijs2558" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496213v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y1c" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496218v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Racine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chappuis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cvc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385839v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Flinois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13569" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470863v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Trunz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Straubhaar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-4671-2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496212v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Darne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y19" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947800v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Hez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.ijs2534" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544852v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-024-09649-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539692v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Yves Bigot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12761" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763215v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni Gunnell" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2024.104963" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644646v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cathala" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Bock" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matan Ben-Asher" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5881" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w37" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894535v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104046v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05389689v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillemot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Larose" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baillet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023EA003329" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767228v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yago Delannoy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Letscher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394455v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bujan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cazes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Couillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631254v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Onta&#241;on-Peredo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arias" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/w9x4" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413913v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346588v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523239v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11847" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413905v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gema Chac&#243;n" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pois" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103999" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037785v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Genuite" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pin&#231;on" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fuentes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103892" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092728v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Honiat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108707" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413893v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850045v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917453v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927998v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107812" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346145v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231629v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Heresanu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Kadiri Boutchich" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Jaillet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.50.1.2374" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226958v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Gresse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88240-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860339v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363132v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Panwar" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Sharma" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Schmutz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Allain Duvillard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022029" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411392v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Richard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Joannes-Boyau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107241" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627654v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107785" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557496v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418580v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;jacques Delannoy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;jacques Bahain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95754-5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767266v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thomas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143317v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2019.3199" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415970v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N. Drysdale" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illaria Baneschi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Guidi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Isola" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.08.001" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115614v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;l Arnaud" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12830" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-XPJMNSXK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115618v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.13488" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-C87V9HVC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880573v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bodin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thibert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanchez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040547" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878453v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839879v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12139" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-54XS81W6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892296v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887117v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.47.1.2116" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697599v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01690650v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harmand" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Adamson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rixhon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Losson" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.02.016" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527397v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mouici" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Baali" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riheb Hadji" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Boubaya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5277/msc172403" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496266v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1356" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496262v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Herbillon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1379" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429471v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Maury" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.409" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496267v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marbach" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morales" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1375" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496265v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lignier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1389" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117351v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nehme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hellstrom" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne G&#233;rard-Adjizian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zfg/2016/0239" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877631v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349020v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Adjizian-G&#233;rard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Arzouni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3986/ac.v44i1.1149" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939635v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496222v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perazio" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2014.3039" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01839900v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842729v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cretin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313884v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890437v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023846v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023748v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-014-0112-1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349749v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Valcke" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;ral" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496261v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2014.1263" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496253v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourl&#232;s" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1205" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662504v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dev&#232;s" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bacquart" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Plaisir" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2011.12.003" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G34W0JWV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842848v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496258v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1209" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00719985v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00702721v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1118593109" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782089v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496255v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Boche" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1204" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291801v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Gamberi Almendra de Carvalho" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Peltiermuscatelli" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1211" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982623v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peltier-Muscatelli" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496254v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Prud'Homme" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1212" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333052v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2012.2727" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496259v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Drysdale" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1210" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017682v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9623" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496250v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1184" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00806177v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00681879v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhail Hajri" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9594" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SB6TJ09G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496246v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Grange" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1181" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496244v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1188" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496247v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1187" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00584046v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00674966v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583995v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00517745v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hamelin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brulhet" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2010.06.007" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSHF7TWC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583763v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Tayebi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gasquet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bouabdellah" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583958v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00653361v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537047v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Fage" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tourte" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Tous Les Membres de L'Exp&#233;dition Ultima Patagonia 2006 Et 2008" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00505108v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937041v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.39.2.2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583987v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397478v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7520" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-L49X9P2J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00387347v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00457291v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2009.2644" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00392505v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00347535v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brehier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;el Despain" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2008.2619" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00292415v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GL033424" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2P1V748N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696303v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2008.1053" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496243v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hacquard" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2008.1059" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496241v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Bersihand" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noury" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2007.1003" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704492v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vanara" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Perre" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pernet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latapie" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2007.2599" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00741788v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Corbonnois" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gargani" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352836v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perr&#233;" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pernet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Latapie" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496242v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fudral" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kaufmann" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2007.1009" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00200707v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00133668v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158276v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00203193v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hamelin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00203338v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent D&#233;sindes" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Durand" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bailly" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouchot" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-005-0024-z" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NX7GG84Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120309v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3121.2004.00544.x" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HDMJCNDR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120311v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Allouc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Occhietti" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/quate.2004.1777" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119249v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rocher" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baize" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cushing" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lozac'H" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135825v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136512v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herbillon" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049453v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaillet" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Cushing" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00115-9" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJX3DTC4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496238v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Depaquis" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2002.2505" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496239v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/tlgpa.2002.999" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496236v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2001.2480" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496235v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gamez" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.1995.1125" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292758v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N Drysdale" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931927v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Geneste" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Delannoy" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clottes" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890457v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982729v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00737370v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00786450v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063076v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005337v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Didier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gallet" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/OOKQ5196" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063073v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521135v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marchand" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Picavet" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537266v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Dardenne" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413899v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032428v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmsh.fr/fr/diffusion-des-savoirs/30808" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115708v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115712v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115715v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115703v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115701v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032434v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100129280" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038214v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Debard" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878444v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115720v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115724v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01971407v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.49690" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014449v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourrillon" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petrognani" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grussenmeyer" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99022-4_9" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890352v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878448v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01848456v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coutterand" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01972159v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Guillou Y" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01895756v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gunn" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877642v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02071693v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637202v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349496v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tous Les Membres de L'Exp&#233;dition Ultima Patagonia" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06139-9_11" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897703v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S David" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bereizat" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robert" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982827v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01810998v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868106v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-7022-5_19" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747896v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00733415v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747893v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00745473v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747897v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747891v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747901v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.persee.fr/doc/edyte_1762-4304_2012_num_13_1_1213" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604590v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604506v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604516v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tamburini" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604583v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacave" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604595v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604576v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604299v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604534v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486772v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486651v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486774v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486652v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399799v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velio Coviello" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Cremonese" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gruber" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krautblatter" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363885v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00215440v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kaufmann" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00213509v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127532v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Husson" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007065v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901177v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055406v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim Kaarina" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenishwa Engelbrecht" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hoerl&#233;" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395518v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557246v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Collon" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755811v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8396" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288566v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684370v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346905v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Malard" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389664v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824641v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemot Pierre" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gema Chac&#243;n Navarro" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pois Veronique" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03951805v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932691v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Monvoisin" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389507v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389519v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389662v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lansigu" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418130v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sp&#246;tl" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Caillault" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03864930v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthom&#233;" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Bonnet" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Escourrou" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587871v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03466605v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Erguy" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Pistre" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502068v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526709v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02871578v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892286v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891864v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Foliot" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887932v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417994v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878475v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890403v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349739v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Jullien" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Noyes" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Carlier" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838721v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957694v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01893521v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Hoffmann" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313509v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Erricoa" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bereiziat" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311559v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00909691v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387059v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morel" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lignier" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maire" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867077v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868284v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00966896v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malard" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933854v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867042v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866715v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982669v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952017v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petrognani" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868383v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662607v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868197v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00744442v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836301v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boche" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sadier" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Delannoy" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00951321v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623067v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623139v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623056v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540320v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540364v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495876v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950040v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00544190v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00496512v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495891v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perazio" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peral" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950189v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B&#246;lhert" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cremonese" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krautblatter" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00949901v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Coviello" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gruber" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540324v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00542431v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marre" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372372v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372394v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537129v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Tous Les Membres de L'Exp&#233;dition Ultima Patagonia 2006" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372371v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446647v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403788v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00872021v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397798v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00264232v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363992v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403981v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00395188v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363995v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363787v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404673v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00575586v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389115v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372479v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364003v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399736v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arattano" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Chiarle" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Giardino" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364001v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399739v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Giordano" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364008v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mortara" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Conforti" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399750v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403808v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372490v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142362v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372493v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noetzli" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00159041v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403977v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112059v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112063v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyssonnier" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111057v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123379v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couturaud" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115084v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115753v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135831v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fauvel" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00135786v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126696v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625604v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nant" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Badin" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416662v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Woodhead" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Barlow" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Austermann" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01848057v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurian Badier" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892304v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897884v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jeannet" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Georges Naton" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01894268v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848547v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981632v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965614v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782105v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868385v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965610v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965728v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965600v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965598v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965718v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445945v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445853v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445941v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445934v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quinif" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404013v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965418v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399834v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393963v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paillet" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404008v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404009v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393911v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445971v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445988v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404010v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445985v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393919v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393915v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445955v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393917v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445954v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445980v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393906v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445961v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445974v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369099v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404012v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369102v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446188v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446196v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sabaut" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446279v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965618v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446201v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446177v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965617v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446275v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tocino" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446276v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446143v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446121v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446127v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446175v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kaufman" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Menneron" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446116v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446129v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363173v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234253v2" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thibault" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Hullo" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Droulez" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388804v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495426v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494865v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-jaillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4725-6698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069665559" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/217168954" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359481331" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05372974v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Vivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806x.ijs2558" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Barriquand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Camus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y1c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496217v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Kemper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Burnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15egk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291005v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Mai Yung Sen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rolland" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G Valla" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496215v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1573l" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496216v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15as7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496218v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Racine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chappuis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cvc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385839v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Flinois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13569" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947800v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Hez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Delmas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.ijs2534" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496212v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Darne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bigot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14y19" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470863v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Trunz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Straubhaar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-4671-2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496211v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763215v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni Gunnell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2024.104963" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947840v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12761" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cathala" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Bock" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matan Ben-Asher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5881" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860286v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w37" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104046v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05389689v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillemot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Larose" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baillet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023EA003329" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539692v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monney" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Beauvais" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Yves Bigot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544852v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-024-09649-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346588v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yago Delannoy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Letscher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523239v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Onta&#241;on-Peredo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Arias" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11847" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413905v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070818v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gema Chac&#243;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103999" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092728v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Honiat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108707" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037785v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Genuite" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pin&#231;on" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fuentes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103892" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631254v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/w9x4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767228v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394455v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bujan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cazes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Couillet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917453v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850045v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927998v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107812" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346145v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413893v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411392v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Richard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Joannes-Boyau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2021.107241" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860339v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226958v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Gresse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88240-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363132v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Panwar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Sharma" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Schmutz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Allain Duvillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB022029" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627654v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107785" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557496v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Monvoisin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;jacques Delannoy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;jacques Bahain" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95754-5" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231629v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Heresanu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Kadiri Boutchich" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Jaillet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.50.1.2374" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767266v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thomas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115614v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;l Arnaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12830" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-XPJMNSXK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957634v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2019.3199" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415970v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N. Drysdale" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Illaria Baneschi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Guidi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Isola" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.08.001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115618v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.13488" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-C87V9HVC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143317v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892296v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887117v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.47.1.2116" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697599v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878453v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880573v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bodin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thibert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanchez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040547" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839879v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12139" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-54XS81W6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496267v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marbach" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morales" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1375" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527397v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mouici" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Baali" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riheb Hadji" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Boubaya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5277/msc172403" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429471v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Maury" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.409" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496266v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1356" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496262v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Herbillon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1379" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496265v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lignier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1389" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01690650v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harmand" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Adamson" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rixhon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Losson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.02.016" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117351v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nehme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hellstrom" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne G&#233;rard-Adjizian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/zfg/2016/0239" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877631v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349020v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Adjizian-G&#233;rard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Arzouni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3986/ac.v44i1.1149" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939635v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023748v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-014-0112-1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023846v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cretin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890437v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313884v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01839900v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842729v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349749v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Valcke" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;ral" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perazio" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496261v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2014.1263" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496222v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2014.3039" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00702721v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourl&#232;s" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1118593109" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00719985v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842848v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496258v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1209" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662504v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dev&#232;s" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bacquart" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Plaisir" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rose" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2011.12.003" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G34W0JWV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782089v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291801v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Gamberi Almendra de Carvalho" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Boche" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Peltiermuscatelli" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1211" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496255v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Geneste" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1204" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982623v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peltier-Muscatelli" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496254v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Prud'Homme" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1212" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496259v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Drysdale" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1210" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333052v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2012.2727" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496253v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2012.1205" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496250v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1184" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00806177v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02017682v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9623" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00681879v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhail Hajri" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.9594" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SB6TJ09G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496246v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Grange" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1181" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496244v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1188" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496247v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2011.1187" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583763v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Tayebi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gasquet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bouabdellah" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00517745v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hamelin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brulhet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2010.06.007" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSHF7TWC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583995v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583958v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00653361v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00583987v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00505108v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937041v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.39.2.2" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537047v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Henri Fage" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tourte" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Tous Les Membres de L'Exp&#233;dition Ultima Patagonia 2006 Et 2008" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00674966v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00584046v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397478v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7520" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-L49X9P2J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00387347v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00457291v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2009.2644" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00292415v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GL033424" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2P1V748N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00347535v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brehier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;el Despain" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2008.2619" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696303v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2008.1053" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496243v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hacquard" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2008.1059" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00392505v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496242v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fudral" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kaufmann" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2007.1009" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352836v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vanara" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perr&#233;" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pernet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Latapie" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2007.2599" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00200707v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Corbonnois" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gargani" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496241v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Bersihand" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noury" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2007.1003" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00741788v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704492v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Perre" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pernet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latapie" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00133668v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158276v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00203193v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hamelin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00203338v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent D&#233;sindes" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Durand" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bailly" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouchot" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-005-0024-z" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NX7GG84Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120311v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Allouc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Occhietti" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/quate.2004.1777" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120309v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3121.2004.00544.x" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HDMJCNDR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135825v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136512v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herbillon" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049453v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rocher" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baize" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jaillet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Cushing" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lozac'H" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00115-9" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJX3DTC4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119249v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cushing" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496239v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/tlgpa.2002.999" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496238v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Depaquis" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2002.2505" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496236v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2001.2480" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496235v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gamez" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.1995.1125" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292758v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell N Drysdale" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Cheng" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931927v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Geneste" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Delannoy" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clottes" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100204910" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890457v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982729v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00737370v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00786450v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005337v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Didier" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gallet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/OOKQ5196" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063076v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05063073v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521135v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marchand" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Picavet" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537266v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Beauvillier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Dardenne" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413899v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038214v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Debard" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115715v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115712v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115701v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115703v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032434v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100129280" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878444v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Geneste" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115720v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115724v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032428v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fmsh.fr/fr/diffusion-des-savoirs/30808" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115708v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014449v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourrillon" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petrognani" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grussenmeyer" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99022-4_9" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01971407v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.49690" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01972159v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Guillou Y" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01848456v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coutterand" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878448v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01895756v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gunn" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890352v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877642v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02071693v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637202v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01810998v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897703v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S David" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bereizat" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Robert" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982827v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349496v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tous Les Membres de L'Exp&#233;dition Ultima Patagonia" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06139-9_11" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868106v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mocochain" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-7022-5_19" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00745473v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00733415v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747893v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747897v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747901v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.persee.fr/doc/edyte_1762-4304_2012_num_13_1_1213" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747891v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747896v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604576v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604595v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604516v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tamburini" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604506v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604583v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacave" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604299v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604534v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604590v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486651v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486774v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486652v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486772v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399799v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velio Coviello" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Cremonese" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gruber" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krautblatter" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363885v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00215440v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kaufmann" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00213509v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901177v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007065v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Husson" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127532v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055406v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim Kaarina" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenishwa Engelbrecht" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hoerl&#233;" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557246v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Collon" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755811v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8396" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395518v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288566v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684370v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932691v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Monvoisin" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03951805v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824641v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemot Pierre" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gema Chac&#243;n Navarro" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pois Veronique" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389507v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389662v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lansigu" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389519v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418130v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sp&#246;tl" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Caillault" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389664v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346905v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Malard" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587871v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03466605v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Erguy" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Johannet" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Pistre" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03864930v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthom&#233;" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Bonnet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Escourrou" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aprin" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526709v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502068v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02871578v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892286v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891864v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Foliot" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878475v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417994v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887932v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890403v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349739v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Jullien" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Noyes" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Carlier" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01893521v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Hoffmann" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313509v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Erricoa" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bereiziat" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311559v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838721v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957694v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933854v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868284v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00966896v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malard" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867077v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867042v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866715v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00909691v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387059v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morel" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lignier" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maire" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868197v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00744442v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662607v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836301v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boche" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sadier" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Delannoy" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952017v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petrognani" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868383v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982669v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623067v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623139v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00623056v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00951321v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950189v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B&#246;lhert" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cremonese" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krautblatter" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00949901v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Coviello" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gruber" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495891v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perazio" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peral" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00544190v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00496512v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540364v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00950040v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495876v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540324v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00542431v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marre" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540320v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446647v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372371v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372372v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372394v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537129v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Et Tous Les Membres de L'Exp&#233;dition Ultima Patagonia 2006" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403788v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397798v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00872021v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363995v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363787v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403981v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00395188v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404673v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00575586v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389115v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00264232v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00363992v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399739v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arattano" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Chiarle" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Giordano" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399736v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Giardino" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364003v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364001v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00364008v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mortara" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Conforti" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399750v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403808v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372490v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372479v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372493v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noetzli" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142362v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00159041v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00403977v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112063v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyssonnier" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112059v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111057v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123379v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couturaud" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115084v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115753v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135831v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fauvel" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00135786v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126696v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625604v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nant" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Badin" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416662v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Woodhead" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Barlow" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Austermann" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01848057v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurian Badier" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01892304v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897884v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jeannet" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Georges Naton" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01894268v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848547v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981632v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782105v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965614v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00868385v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965600v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965728v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965610v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965598v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965718v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965418v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404013v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445941v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445934v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quinif" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445853v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445945v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393963v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Paillet" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404008v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404009v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00399834v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393915v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393919v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445955v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445985v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445971v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445988v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404010v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393917v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445954v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445980v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393906v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445961v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00445974v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369099v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00393911v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369102v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00404012v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446196v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sabaut" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446279v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965618v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446201v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446177v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00965617v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446276v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446275v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tocino" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446188v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446127v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446121v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446143v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446175v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kaufman" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Menneron" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446116v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00446129v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363173v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234253v2" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thibault" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Hullo" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Droulez" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388804v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495426v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494865v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>