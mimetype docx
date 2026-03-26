--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -554,531 +554,531 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00256023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3 omega-scanning thermal microscope</w:t>
+                <w:t xml:space="preserve">The 3 omega Scanning Thermal Microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Volz</w:t>
+                <w:t xml:space="preserve">S. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Volz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Institute of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 76 (Art. No. 033701)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00126024v1</w:t>
+                <w:t xml:space="preserve">hal-00361794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 3 omega Scanning Thermal Microscope</w:t>
+                <w:t xml:space="preserve">3 omega-scanning thermal microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lefevre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Volz</w:t>
+                <w:t xml:space="preserve">S. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Institute of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 76 (3), pp.Art. No. 033701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1857151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00361794v1</w:t>
+                <w:t xml:space="preserve">hal-00126024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probe calibration of the scanning thermal microscope in the AC mode</w:t>
+                <w:t xml:space="preserve">Characterization of the thermal behavior of PN thermoelectric couples by scanning thermal microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Lefevre</w:t>
+                <w:t xml:space="preserve">L. D. P. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Saulnier</w:t>
+                <w:t xml:space="preserve">Stéphane Grauby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Fuentes</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Dilhaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Salhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.spmi.2003.11.004⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 35 (10), pp.797-803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mejo.2004.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00132499v1</w:t>
+                <w:t xml:space="preserve">hal-01550876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the thermal behavior of PN thermoelectric couples by scanning thermal microscope</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Probe calibration of the scanning thermal microscope in the AC mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dilhaire</w:t>
+                <w:t xml:space="preserve">Stéphane Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. A. Salhi</w:t>
+                <w:t xml:space="preserve">Jean-Bernard Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Claeys</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 35 (10), pp.797-803. </w:t>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 35, pp.283-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mejo.2004.06.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2003.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01550876v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00132499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal conductivity calibration for hot wire based dc scanning thermal microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastian Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Fuentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Trannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2174,446 +2174,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01052502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal nanometrology and scanning thermal microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat transfer through the water meniscus investigated with scanning thermal microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS symposium on "Analytical Techniques for Precise Characterization of Nanomaterials (ALTECH)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, France</w:t>
+              <w:t xml:space="preserve">Flow 14: 1st International Conference on Micro and Nanofluidics: Fundamentals and Applications, Delft (Netherlands</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01052499v1</w:t>
+                <w:t xml:space="preserve">hal-01052504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer through the water meniscus investigated with scanning thermal microscopy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal nanometrology and scanning thermal microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow 14: 1st International Conference on Micro and Nanofluidics: Fundamentals and Applications, Delft (Netherlands</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">E-MRS symposium on "Analytical Techniques for Precise Characterization of Nanomaterials (ALTECH)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01052504v1</w:t>
+                <w:t xml:space="preserve">hal-01052499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer in the water meniscus at the tip−sample contact in scanning thermal microscopy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Séverine Gomès</w:t>
+                <w:t xml:space="preserve">Scanning thermal microscopy: heat transfer through water meniscus at nanoscale contacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.O. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gomès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm 103: Nanoscale and Microscale Heat Transfer IV 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Materials Sciences and Engineering – Symposium on Scanning Probes Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01291346v1</w:t>
+                <w:t xml:space="preserve">hal-01464764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scanning thermal microscopy: heat transfer through water meniscus at nanoscale contacts</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Gomès</w:t>
+                <w:t xml:space="preserve">Heat transfer in the water meniscus at the tip−sample contact in scanning thermal microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Sciences and Engineering – Symposium on Scanning Probes Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Darmstadt, Germany</w:t>
+              <w:t xml:space="preserve">Eurotherm 103: Nanoscale and Microscale Heat Transfer IV 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464764v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du transfert de chaleur par le ménisque d'eau formé au contact entre une pointe chaude micrométrique et une surface</w:t>
               </w:r>
@@ -2904,260 +2904,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01020024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New probe calibration methodology of the scanning probe microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat transfer between a hot AFM tip, the environment and a cold sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoScale 2013: 10th Seminar on Quantitative Microscopy (QM) &amp; 6th Seminar on Nanoscale Calibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">QMNTIA 2013 (Quantitative micro and nanoscale thermal investigations and analyses)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01020151v1</w:t>
+                <w:t xml:space="preserve">hal-01020143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer between a hot AFM tip, the environment and a cold sample</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New probe calibration methodology of the scanning probe microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QMNTIA 2013 (Quantitative micro and nanoscale thermal investigations and analyses)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Reims, France</w:t>
+              <w:t xml:space="preserve">NanoScale 2013: 10th Seminar on Quantitative Microscopy (QM) &amp; 6th Seminar on Nanoscale Calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020143v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scanning Thermal Microscopy for quantitative thermal measurements</w:t>
               </w:r>
@@ -3232,420 +3232,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01020154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Nanoscale Heat Conduction with Electrical Means</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Couplages thermiques et électriques lors de la modélisation thermique de la sonde Wollaston utilisée en microscopie thermique à sonde locale (SThM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Photoacoustic and Photothermal Phenomena (ICPPP) 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Suzhou, China</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique (SFT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Gerardmer, France. pp.article 6234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021267v1</w:t>
+                <w:t xml:space="preserve">hal-01020133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplages thermiques et électriques lors de la modélisation thermique de la sonde Wollaston utilisée en microscopie thermique à sonde locale (SThM)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Nanoscale Heat Conduction with Electrical Means</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Clavier</w:t>
+                <w:t xml:space="preserve">Wassim Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique (SFT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Gerardmer, France. pp.article 6234</w:t>
+              <w:t xml:space="preserve">International Conference on Photoacoustic and Photothermal Phenomena (ICPPP) 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Suzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01020133v1</w:t>
+                <w:t xml:space="preserve">hal-01021267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity measurements with the 3omega method and scanning thermal microscopy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Studying of the heat transfer through the liquid film by the Scanning Thermal Microscopy (SThM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gomès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THERMINIC 19 (Thermal Investigation of ICs and Systems)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Berlin, Germany. Conference paper # 31663</w:t>
+              <w:t xml:space="preserve">QMNTIA 2013 (Quantitative micro and nanoscale thermal investigations and analyses)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019979v1</w:t>
+                <w:t xml:space="preserve">hal-01020153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer between a hot AFM tip and a cold sample: impact of the air pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3707,135 +3694,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01020047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying of the heat transfer through the liquid film by the Scanning Thermal Microscopy (SThM)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal conductivity measurements with the 3omega method and scanning thermal microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QMNTIA 2013 (Quantitative micro and nanoscale thermal investigations and analyses)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Reims, France</w:t>
+              <w:t xml:space="preserve">THERMINIC 19 (Thermal Investigation of ICs and Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Berlin, Germany. Conference paper # 31663</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01020153v1</w:t>
+                <w:t xml:space="preserve">hal-01019979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation thermophysique locale par microscopie thermique à sonde locale</w:t>
               </w:r>
@@ -4382,51 +4382,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal modelisation of the wollaston tip in AC mode used in Scanning Thermal Microscope used in Scanning Thermal Microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantitative Micro and Nano Thermal Imaging and Analysis - QMNTIA 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4477,51 +4477,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Chantrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The second international workshop on : Quantitative Micro and Nano Thermal Imaging and Analysis QMNTIA 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4546,51 +4546,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes des performances dynamiques d'un pyromètre infrarouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Thermique - SFT 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Ile des Embiez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4628,51 +4628,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the dynamical performances and the spatial resolution of an infrared pyrometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Siroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4723,64 +4723,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale heat transfer at contact between a hot tip and a substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Volz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.O Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5128,51 +5128,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scanning thermal microscopy (STHM): Advances of the technique for the characterization of the thermo-physical properties of solid materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.L. Bubendorff et F.H. Lei. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced techniques and applications on scanning probe microscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Research Signpost, pp.157-195, 2008, 978-81-7895-378-6</w:t>
@@ -5302,216 +5302,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01052494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the thermal properties of materials at the micro and the nanoscale</w:t>
+                <w:t xml:space="preserve">Heat transfer between a SThM probe and a sample: State of the art and application for commercialized probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021886v1</w:t>
+                <w:t xml:space="preserve">hal-01021822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer between a SThM probe and a sample: State of the art and application for commercialized probes</w:t>
+                <w:t xml:space="preserve">Characterization of the thermal properties of materials at the micro and the nanoscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gomès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021822v1</w:t>
+                <w:t xml:space="preserve">hal-01021886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation thermique des matériaux aux micro et nano-échelles</w:t>
               </w:r>
@@ -5896,51 +5896,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="14078EFF"/>
+    <w:nsid w:val="B596E9B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6127,51 +6127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5125-2123" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAP-2980-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05224236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Zagorec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Calamel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Delaporte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olinger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Orr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2024.10.009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269805v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lef&#232;vre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/44/442001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2005.07.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126024v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefebvre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1857151" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361794v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefevre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Volz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefevre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Saulnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fuentes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2003.11.004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-631S3QF3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550876v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. P. Lopez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauby" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dilhaire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Salhi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Claeys" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2004.06.010" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NLPZK0K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131220v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Voltz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Trannoy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287367v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gros" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;e Delmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024090v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Guen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renahy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vincent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464997v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gom&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yuksel-Gungor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gom&#233;s" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464984v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464347v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464773v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464978v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Chapuis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288189v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gom&#232;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052499v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291346v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464764v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Chapuis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052498v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288253v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020024v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020151v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020143v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020154v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021267v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Jaber" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020133v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Clavier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019979v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020047v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020153v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021380v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021848v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kikugawa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ohara" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Termentzidis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayalakshmi Parasuraman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Abs da Cruz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bardoux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352155v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351468v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gomes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352148v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357922v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siroux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desmet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361804v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O Chapuis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411980v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de G&#233;lis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bessin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacourt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288304v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352315v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052494v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021886v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021822v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021010v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007145v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5125-2123" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAP-2980-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05224236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Zagorec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Calamel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Delaporte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olinger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Orr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2024.10.009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269805v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lef&#232;vre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gom&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/44/442001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256023v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2005.07.010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361794v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefevre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Volz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126024v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefebvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1857151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550876v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. P. Lopez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grauby" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dilhaire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Salhi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Claeys" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2004.06.010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NLPZK0K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132499v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefevre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Saulnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fuentes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2003.11.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-631S3QF3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131220v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Voltz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Trannoy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287367v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gros" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alkurdi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;e Delmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pabiou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024090v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Guen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renahy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vincent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464997v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gom&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yuksel-Gungor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gom&#233;s" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464984v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464347v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464773v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464978v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Chapuis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288189v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gom&#232;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052504v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052499v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464764v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Chapuis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291346v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052498v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288253v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020024v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020143v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020151v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020154v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020133v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Clavier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021267v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Jaber" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020153v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020047v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019979v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021380v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021848v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kikugawa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ohara" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Termentzidis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayalakshmi Parasuraman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Abs da Cruz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Merabia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bardoux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352155v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351468v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gomes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352148v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357922v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siroux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desmet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361804v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O Chapuis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411980v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de G&#233;lis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bessin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacourt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288304v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352315v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052494v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021822v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021886v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021010v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021828v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007145v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>