--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -179,51 +179,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 6 (1), </w:t>
+              <w:t xml:space="preserve">, 2026, 6 (1), pp.92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s43856-025-01343-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -430,78 +430,78 @@
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 236, </w:t>
+              <w:t xml:space="preserve">, 2025, CEE-M Working papers ; 2024-16, 236, pp.107098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jebo.2025.107098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05110297v1</w:t>
+                <w:t xml:space="preserve">hal-04677596v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commitment to the truth creates trust in market exchange: Experimental evidence</w:t>
               </w:r>
@@ -1113,629 +1113,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03666626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 vaccine hesitancy in a representative working-age population in France: a survey experiment based on vaccine characteristics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Schwarzinger</w:t>
+                <w:t xml:space="preserve">Can we commit future managers to honesty?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verity Watson</w:t>
+                <w:t xml:space="preserve">J Rosaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Arwidson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+                <w:t xml:space="preserve">J F Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (4), pp.e210-e221. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s2468-2667(21)00012-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.701627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03185870v1</w:t>
+                <w:t xml:space="preserve">halshs-03277342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing COVID-19 vaccine hesitancy: is official communication the key?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracking the dynamics and allocating tests for COVID-19 in real-time: An acceleration index with an application to French age groups and départements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Baunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
+                <w:t xml:space="preserve">Mickael Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick A Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (6), pp.e353-e354. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (6), pp.e0252443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2468-2667(21)00108-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0252443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03269496v1</w:t>
+                <w:t xml:space="preserve">hal-03416163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional Differences in COVID-19 Vaccine Hesitancy in December 2020: A Natural Experiment in the French Working-Age Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Velardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Arwidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (11), pp.1364. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/vaccines9111364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the dynamics and allocating tests for COVID-19 in real-time: An acceleration index with an application to French age groups and départements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickael Degoulet</w:t>
+                <w:t xml:space="preserve">Addressing COVID-19 vaccine hesitancy: is official communication the key?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Lancet Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (6), pp.e353-e354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2468-2667(21)00108-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0252443⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03416163v1</w:t>
+                <w:t xml:space="preserve">hal-03269496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we commit future managers to honesty?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+                <w:t xml:space="preserve">COVID-19 vaccine hesitancy in a representative working-age population in France: a survey experiment based on vaccine characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schwarzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verity Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Arwidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Alla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J F Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
+              <w:t xml:space="preserve">Lancet Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (4), pp.e210-e221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.701627⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s2468-2667(21)00012-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03277342v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does charity begin at home for air pollution reductions? Unraveling intra familial altruism</w:t>
               </w:r>
@@ -2072,51 +2072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-National Allocation of COVID-19 Tests: An Efficiency Criterion with an Application to Italian Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2323,51 +2323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Schernberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Sagaon-Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Baillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2665,51 +2665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating health state utility from activities of daily living in the French National Hospital Discharge Database: a feasibility study with head and neck cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2793,356 +2793,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02270971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual Uncertainty About Longevity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Erik Schokkaert</w:t>
+                <w:t xml:space="preserve">Coordination with communication under oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason F Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13524-018-0713-4⟩</w:t>
+              <w:t xml:space="preserve">Experimental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (3), pp.627-649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10683-016-9508-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01897069v1</w:t>
+                <w:t xml:space="preserve">halshs-01480525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination with communication under oath</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
+                <w:t xml:space="preserve">Individual Uncertainty About Longevity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Dormont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fleurbaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Schokkaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 21 (3), pp.627-649. </w:t>
+              <w:t xml:space="preserve">Demography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 55 (5), pp.1829 - 1854. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10683-016-9508-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13524-018-0713-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01480525v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fairness in cost-benefit analysis: A methodology for health technology assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schokkaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fleurbaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Health Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 27 (1), pp.102 - 114. </w:t>
@@ -3297,51 +3297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of alcohol use disorders to the burden of dementia in France 2008–13: a nationwide retrospective cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Pollock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3909,278 +3909,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01476519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From representing views to representativeness of views: Illustrating a new (Q2S) approach in the context of health care priority setting in nine European countries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engagement et incitations : comportements économiques sous serment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cam Donaldson</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malézieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2016.08.036⟩</w:t>
+              <w:t xml:space="preserve">Actualite Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92 (1-2), pp.315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1039880ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01928064v1</w:t>
+                <w:t xml:space="preserve">hal-02084721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engagement et incitations : comportements économiques sous serment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+                <w:t xml:space="preserve">From representing views to representativeness of views: Illustrating a new (Q2S) approach in the context of health care priority setting in nine European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cam Donaldson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Mason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Pennington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sue Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualite Economique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 92 (1-2), pp.315. </w:t>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 166, pp.205 - 213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1039880ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2016.08.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02084721v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive ability and the effect of strategic uncertainty</w:t>
               </w:r>
@@ -4413,51 +4413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are choice experiments reliable? Evidence from the lab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 124 (1), pp.9--13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4621,51 +4621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4706,2173 +4706,2389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01474425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des politiques de santé : pour une prise en compte équitable des intérêts des populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Equivalent Income and Fair Evaluation of Health Care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fleurbaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schokkaert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carine van De Voorde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 455-456, pp.11-36. </w:t>
+              <w:t xml:space="preserve">Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (6), pp.711--729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/estat.2012.10015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hec.2859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01499636v1</w:t>
+                <w:t xml:space="preserve">hal-01499635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent Income and Fair Evaluation of Health Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Fleurbaey</w:t>
+                <w:t xml:space="preserve">Preference Elicitation under Oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Erik Schokkaert</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 22 (6), pp.711--729. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Economics and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65 (1), pp.110-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hec.2859⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeem.2012.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01499635v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00731244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preference Elicitation under Oath</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+                <w:t xml:space="preserve">Comment les individus valorisent-ils les décès associés à la pollution atmosphérique ? Une comparaison de trois scénarios hypothétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Ami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Economics and Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 460-461, pp.107-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00731244v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les individus valorisent-ils les décès associés à la pollution atmosphérique ? Une comparaison de trois scénarios hypothétiques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Evaluation des politiques de santé : pour une prise en compte équitable des intérêts des populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fleurbaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Schokkaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine van De Voorde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 460-461 (1), pp.107--128. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/estat.2013.10201⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 455-456, pp.11-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/estat.2012.10015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01498271v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty and framing in a valuation task</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment les individus valorisent-ils les décès associés à la pollution atmosphérique ? Une comparaison de trois scénarios hypothétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Ami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.joep.2013.08.001⟩</w:t>
+              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 460-461 (1), pp.107--128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/estat.2013.10201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01500881v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01498271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social psychology and environmental economics: a new look at ex ante corrections of biased preference evaluation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Uncertainty and framing in a valuation task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental and Resource Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10640-010-9448-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Economic Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39, pp.204-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.joep.2013.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00584247v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of information on intentions to vaccinate in a potential epidemic : swine origin influenza A (H1N1)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+                <w:t xml:space="preserve">Évaluation des politiques de santé : pour une prise en compte équitable des intérêts des populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fleurbaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Schokkaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine van De Voorde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 455-456, pp.11-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00636840v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do people always pay less than they say? Testbed laboratory experiments with IV and HG values</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
+                <w:t xml:space="preserve">Impact of information on intentions to vaccinate in a potential epidemic : swine origin influenza A (H1N1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Public Economic Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1467-9779.2011.01522.x⟩</w:t>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 72 (2), pp.142-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2010.11.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526134v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk perception and priority setting for intervention among hepatitis C virus and environmental risks: a cross-sectional survey in the Cairo community.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social psychology and environmental economics: a new look at ex ante corrections of biased preference evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander G. James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2458-10-773⟩</w:t>
+              <w:t xml:space="preserve">Environmental and Resource Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 48 (3), pp.413-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10640-010-9448-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00617217v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00584247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing time and emotions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+                <w:t xml:space="preserve">Do people always pay less than they say? Testbed laboratory experiments with IV and HG values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2009.0178⟩</w:t>
+              <w:t xml:space="preserve">Journal of Public Economic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (5), pp.857-882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-9779.2011.01522.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754490v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earned wealth, engaged bidders? Evidence from a second price auction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+                <w:t xml:space="preserve">Changing time and emotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Geoffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.econlet.2009.05.010⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 365 (1538), pp.271-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2009.0178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00429894v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">If you have the flu symptoms, your asymptomatic spouse may better answer the willingness-to-pay question&amp;quot;. Evidence from a double-bounded dichotomous choice model with heterogeneous anchoring.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Risk perception and priority setting for intervention among hepatitis C virus and environmental risks: a cross-sectional survey in the Cairo community.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Gad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Dewedar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fontanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Health Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhealeco.2009.03.002⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (1), pp.773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2458-10-773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00636179v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00617217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous anchoring in dichotomous choice valuation framework</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephane Luchini</w:t>
+                <w:t xml:space="preserve">If you have the flu symptoms, your asymptomatic spouse may better answer the willingness-to-pay question&amp;quot;. Evidence from a double-bounded dichotomous choice model with heterogeneous anchoring.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Schwarzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Carrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rel.734.0369⟩</w:t>
+              <w:t xml:space="preserve">Journal of Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (4), pp.873-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhealeco.2009.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00176056v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00636179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation économique des effets de la pollution atmosphérique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robert Kast</w:t>
+                <w:t xml:space="preserve">Earned wealth, engaged bidders? Evidence from a second price auction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reco.551.0065⟩</w:t>
+              <w:t xml:space="preserve">Economics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 105 (1), pp.36-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.econlet.2009.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01664618v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les consentements à payer pour des programmes de prévention sanitaire incluent-ils de l'altruisme ? Enseignements d'une enquête sur la fièvre Q</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Heterogeneous anchoring in dichotomous choice valuation framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Flachaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hollard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reco.555.0923⟩</w:t>
+              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 73 (4), pp.369-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rel.734.0369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00150088v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00176056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of information on non-health attributes on willingness to pay for multiple health care programmes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cam Donaldson</w:t>
+                <w:t xml:space="preserve">Valorisation économique des effets de la pollution atmosphérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Faugere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Geniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Kast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0277-9536(03)00321-6⟩</w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 55 (1), pp.65 - 92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.551.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01928088v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01664618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting several willingness to pay in a single contingent valuation survey: application to health care</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Les consentements à payer pour des programmes de prévention sanitaire incluent-ils de l'altruisme ? Enseignements d'une enquête sur la fièvre Q</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Panaponaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Protière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Moatti</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hec.703⟩</w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 55 (5), pp.923-945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.555.0923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-03199687v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00150088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The impact of information on non-health attributes on willingness to pay for multiple health care programmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Protière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cam Donaldson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phil Shackley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 58 (7), pp.1257 - 1269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0277-9536(03)00321-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliciting several willingness to pay in a single contingent valuation survey: application to health care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Protière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Health Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 12 (1), pp.51-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hec.703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03199687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Approche critique et mise en œuvre de la méthode d'évaluation contingente: un dialogue entre économiste et sociologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Geniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1240-1307(99)80063-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (34)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preferences for redistributive justice: A participatory-democracy experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6881,1448 +7097,1431 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Trannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05483448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The limits of behavioral nudges to increase youth turnout: Experimental evidence from two French elections</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+                <w:t xml:space="preserve">Commitment to the truth creates trust in market exchange: Experimental evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason F. Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677596v2</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04391214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commitment to the truth creates trust in market exchange: Experimental evidence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
+                <w:t xml:space="preserve">Correcting the Reproduction Number for Time-Varying Tests: a Proposal and an Application to COVID-19 in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Baunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo L. Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04391214v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654180v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correcting the Reproduction Number for Time-Varying Tests: a Proposal and an Application to COVID-19 in France</w:t>
+                <w:t xml:space="preserve">COVID-19 Acceleration and Vaccine Status in France - Summer 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick A Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Teschl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654180v2</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03365413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 Acceleration and Vaccine Status in France - Summer 2021</w:t>
+                <w:t xml:space="preserve">Are epidemiological indicators misleading under uncertainty? An evaluation and a remedy from an economic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick A Pintus</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick A. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03365413v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03153539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are epidemiological indicators misleading under uncertainty? An evaluation and a remedy from an economic perspective</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Degoulet</w:t>
+                <w:t xml:space="preserve">Does charity begin at home for air pollution reductions? Unraveling intra familial altruism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Miriam Teschl</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason F. Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03153539v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03100257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does charity begin at home for air pollution reductions? Unraveling intra familial altruism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Decision-Making in Rats is Sensitive to Rare and Extreme Events: the Black Swan Avoidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Degoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Matis Willem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jason F. Shogren</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pintus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03100257v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision-Making in Rats is Sensitive to Rare and Extreme Events: the Black Swan Avoidance</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Urgently Needed for Policy Guidance: An Operational Tool for Monitoring the COVID-19 Pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Teschl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pintus</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Degoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436427v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking the Dynamics and Allocating Tests for COVID-19 in Real-Time: an Acceleration Index with an Application to French Age Groups and Départements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick A. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02995369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Acceleration Index as a Test-Controlled Reproduction Number: Application to COVID-19 in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Baunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo L. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick A. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03079490v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urgently Needed for Policy Guidance: An Operational Tool for Monitoring the COVID-19 Pandemic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub-National Allocation of COVID-19 Tests: An Efficiency Criterion with an Application to Italian Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Degoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02526456v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-National Allocation of COVID-19 Tests: An Efficiency Criterion with an Application to Italian Regions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">An Early Assessment of Curfew and Second COVID-19 Lock-down on Virus Propagation in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Baunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Degoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pintus</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick A. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544388v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03002354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Early Assessment of Curfew and Second COVID-19 Lock-down on Virus Propagation in France</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+                <w:t xml:space="preserve">Who'll stop lying under oath ? Empirical evidence from Tax Evasion Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Malezieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03002354v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02159905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Psychometric Investigation of the Personality Traits Underlying Individual Tax Morale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8357,477 +8556,477 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02008071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who'll stop lying under oath ? Empirical evidence from Tax Evasion Games</w:t>
+                <w:t xml:space="preserve">Discrete Choice under Oaths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verity Watson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02159905v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02136103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Choice under Oaths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Leveraging the Honor Code: Public Goods Contributions under Oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Hergueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason F Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02136103v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01379060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging the Honor Code: Public Goods Contributions under Oath</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Truth-telling under Oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2016</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rosaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01379060v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01224135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truth-telling under Oath</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive ability and the effect of strategic uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nobuyuki Hanaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01224135v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01229612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive ability and the effect of strategic uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nobuyuki Hanaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8850,314 +9049,314 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2015</w:t>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01229612v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01095897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive ability and the effect of strategic uncertainty</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coordination with Communication under Oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Zylbersztejn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2014</w:t>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01095897v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00635801v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination with Communication under Oath</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+                <w:t xml:space="preserve">Impact of information on intentions to vaccinate in a potential epidemic: swine-origin Influenza A (H1N1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00635801v2</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00543967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do people always pay less than they say? Testbed laboratory experiments with IV and HG values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9165,1172 +9364,1071 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00443668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of information on intentions to vaccinate in a potential epidemic: swine-origin Influenza A (H1N1)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Referenda under Oath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00543967v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00490448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Referenda under Oath</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexander James</w:t>
+                <w:t xml:space="preserve">A TEST OF CHEAP TALK IN DIFFERENT HYPOTHETICAL CONTEXTS: THE CASE OF AIR POLLUTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Ami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00490448v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00382511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A TEST OF CHEAP TALK IN DIFFERENT HYPOTHETICAL CONTEXTS: THE CASE OF AIR POLLUTION</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Earned Wealth, Engaged Bidders? Evidence from a second price auction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2009</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00382511v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do French student really bid sincerely?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does respondent uncertainty explain framing effects in double bounded contingent valuation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jason Shogren</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00277282v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00285861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earned Wealth, Engaged Bidders? Evidence from a second price auction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+                <w:t xml:space="preserve">Willingness to Pay of Committed Citizens: A Field Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Ami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00277283v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00289451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willingness to Pay of Committed Citizens: A Field Experiment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Do French student really bid sincerely?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Luchini</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00289451v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does respondent uncertainty explain framing effects in double bounded contingent valuation?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contingent Valuation of Competing Public Sector Programmes: An Experiment of Single versus Joint Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cam Donaldson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Verity Watson</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Protière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00285861v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contingent Valuation of Competing Public Sector Programmes: An Experiment of Single versus Joint Evaluation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cam Donaldson</w:t>
+                <w:t xml:space="preserve">Monetary Values for Air Pollution Risk of Death: A Contingent Valuation Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282844v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00272776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monetary Values for Air Pollution Risk of Death: A Contingent Valuation Survey</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+                <w:t xml:space="preserve">Changing time and emotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Geoffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2008</w:t>
+              <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00272776v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00587792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing time and emotions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heterogeneous anchoring and the shift effect in iterative valuation questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2007</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aprahamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chanel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00587792v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00409676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous anchoring and the shift effect in iterative valuation questions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Equity in health care finance and delivery: what about Africa ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubou Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chanel</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Moatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00409670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10340,468 +10438,468 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the oath enhance truth-telling in eyewitness testimony? Experimental Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Luchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danica Mijovic-Prelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drazen Prelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04855141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of information on intentions to vaccinate in a potential epidemic: swine-origin Influenza A (H1N1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Massoni</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00543821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social psychology and environmental economics: a new look at ex ante corrections of biased preference evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander G. James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10640-010-9448-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00462193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preference Elicitation under Oath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert-Vincent Joule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Shogren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeem.2012.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00396721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10811,51 +10909,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Economic Perspective on Epidemiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10874,96 +10972,96 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Markt, Staat, Gesellschaft: Eine Festschrift für Richard Sturn,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metropolis Verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.241-254, 2022, 978-3-7316-1519-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment lutter contre la fraude fiscale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10986,338 +11084,338 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Malézieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Cohen; Claudia Sénik. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les français et l'argent : 6 nouvelles questions d'économie contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albin Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chap. 3, 2021, 9782226459817</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03499298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que nous voulons et pouvons savoir lors d’une pandémie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick A. Pintus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Teschl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnet de l'EHESS : Perspectives sur le Coronavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EHESS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.87-91, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monetary analysis of health outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verity Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dean Regier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainer Schulz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">978-0-12-812885-5. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cost-Benefit Analysis of Environmental Health Interventions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73-93, 2020, 978-0-12-812885-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-812885-5.00004-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03586395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effort and Redistribution: Is More than Value Judgement Involved?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11337,126 +11435,126 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Held, Martin and Kubon-Gilke, G. and Sturn, Richard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jahrbuch Normative und institutionelle Grundfragen der Ökonomik, Band 14: Reformen und ihre politisch-ökonomischen Fallstricke</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Metropolis Verlag, pp.165--184, 2015, 978-3-7316-1126-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equity in Health and Equivalent Incomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schokkaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine van De Voorde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fleurbaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11466,51 +11564,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dias, Pedro Rosa and O’Donnell, Owen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Health and Inequality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, Emerald Group Publishing Limited, pp.131-156, 2013, Research on Economic Inequality, 978-1-78190-553-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11520,151 +11618,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Askenazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre National de la Recherche Scientifique; Université Toulouse III - Paul Sabatier. 2020, 111 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03036192v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11674,51 +11772,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment lutter contre la fraude fiscale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11726,74 +11824,74 @@
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Malézieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Rue d'ULM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 53, 100 p., 2020, CEPREMAP, 978-2-7288-0662-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11803,51 +11901,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truth-telling under Oath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11889,73 +11987,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Workshop « Cognitions, Behaviors and Transformations », EM Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01984653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination with Communication under Oath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11997,73 +12095,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd TILEC Economic Governance Workshop, Tilburg University</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Tilburg, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01232565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination with Communication under Oath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jacquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12105,315 +12203,315 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Workshop on Social Economy for Young Economists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01184231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Equivalent Income Concept in Blood Pressure Lowering Drugs Assessment. How Include Inequality Aversion in Cost/Benefit Analysis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fleurbaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Health Technology Assessment international annual meeting (HTAi 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01475275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fair Cost-Benefit Evaluation of Health Care: a Case Study of Blood Pressure Lowering Drugs in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Luchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Schokkaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34ème journée des économistes de la santé français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01521223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId287"/>
+      <w:footerReference w:type="default" r:id="rId288"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12560,51 +12658,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05527076v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Luchini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Pfauwadel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A Pintus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwarzinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Teschl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-01343-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324740v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chanel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luchini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teschl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trannoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-025-09706-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110297v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Romaniuc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guido" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Berger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2025.107098" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722343v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquemet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Shogren" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Zylbersztejn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geb.2024.09.011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741042v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Degoulet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Matis Willem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Baunez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98487.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036990v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Luchini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Alla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1004134" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04171870v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo L Pintus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0281943" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03666626v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hergueux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-021-00641-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185870v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verity Watson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arwidson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2468-2667(21)00012-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03269496v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Schwarzinger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-2667(21)00108-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03513452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Velardo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alla" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9111364" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Degoulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0252443" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277342v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rosaz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Shogren" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.701627" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180465v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chanel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2021.100268" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277339v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irle.2021.106003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander James" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Murphy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0244958" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03140005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baunez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pintus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02576845v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason F. Shogren" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2020.103369" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02271446v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schernberg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Sagaon-Teyssier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CEOR.S198312" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02018089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rosaz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason F Shogren" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2017.2892" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290402v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malezieux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bejeap-2018-0149" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02270971v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Benmahammed" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-019-1195-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01897069v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dormont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Samson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleurbaey" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schokkaert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13524-018-0713-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480525v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-016-9508-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302587v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Thebaut" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.3515" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01897065v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ami" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aprahamian" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2018.09.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955227v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Pollock" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omer Hasan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dufouil" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Rehm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-2667(18)30022-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764576v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.683.0327" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01301784v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-016-0023-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588703v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schwarzinger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huguet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. T&#233;mam" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pointreau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(17)30254-2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6RX0GZD7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01476519v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr3.0091" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928064v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Donaldson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Baker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mason" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pennington" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Bell" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2016.08.036" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02084721v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert-Vincent Joule" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039880ar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01261036v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Hanaki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-015-9525-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359231v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01188" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463113v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2014.04.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474261v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21606544.2013.863743" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474425v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2014.04.014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499636v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van De Voorde" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2012.10015" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499635v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muller" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.2859" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0WDML2L7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731244v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeem.2012.05.004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01498271v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2013.10201" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500881v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2013.08.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander G. James" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-010-9448-4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636840v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massoni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vergnaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2010.11.018" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526134v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9779.2011.01522.x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00617217v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Mohamed" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Gad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Dewedar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-10-773" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754490v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Geoffard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2009.0178" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429894v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2009.05.010" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00636179v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Carrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhealeco.2009.03.002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176056v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flachaire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hollard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rel.734.0369" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01664618v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Faugere" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Geniaux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Kast" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.551.0065" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00150088v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Panaponaris" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Proti&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.555.0923" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928088v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Moatti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Shackley" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-9536(03)00321-6" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R1NXCLH0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03199687v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Moatti" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.703" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9H9VW97-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483667v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Claeys" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1240-1307(99)80063-6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483448v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trannoy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677596v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04391214v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03654180v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo L. Pintus" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03365413v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153539v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. Pintus" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100257v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436427v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995369v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03079490v2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02526456v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02544388v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03002354v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02008071v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159905v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02136103v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379060v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01224135v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229612v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01095897v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635801v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00443668v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543967v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490448v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382511v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277282v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277283v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00289451v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285861v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282844v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00272776v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587792v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409676v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409670v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Ciss&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04855141v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Launay" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danica Mijovic-Prelec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drazen Prelec" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543821v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462193v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396721v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03922237v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metropolis-verlag.de/An-Economic-Perspective-on-Epidemiology/15045/book.do" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499298v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.albin-michel.fr/les-francais-et-largent-9782226459817" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03552088v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehess.fr/fr/communiqu%C3%A9/communiqu%C3%A9-carnet-lehess-perspectives-sur-coronavirus" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03586395v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Regier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Schulz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128128855000044?via%3Dihub" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812885-5.00004-4" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01456138v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500857v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02948527v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ens.fr/564-cepremap-comment-lutter-contre-la-fraude-fiscale.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984653v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232565v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184231v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475275v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521223v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05527076v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Luchini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Pfauwadel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A Pintus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwarzinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Teschl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-01343-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324740v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chanel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luchini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teschl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trannoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-025-09706-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677596v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Romaniuc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Guido" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Berger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2025.107098" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722343v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquemet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Shogren" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Zylbersztejn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geb.2024.09.011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741042v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Degoulet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Matis Willem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Baunez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98487.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036990v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Luchini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Alla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1004134" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04171870v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo L Pintus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0281943" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03666626v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hergueux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-021-00641-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rosaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Shogren" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.701627" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416163v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Degoulet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0252443" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03513452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Velardo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verity Watson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arwidson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alla" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9111364" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03269496v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Schwarzinger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-2667(21)00108-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185870v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2468-2667(21)00012-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180465v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chanel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2021.100268" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03277339v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irle.2021.106003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander James" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Murphy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0244958" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03140005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baunez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pintus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02576845v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason F. Shogren" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2020.103369" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02271446v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schernberg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Sagaon-Teyssier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CEOR.S198312" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02018089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rosaz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason F Shogren" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2017.2892" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290402v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malezieux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bejeap-2018-0149" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02270971v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Benmahammed" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-019-1195-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480525v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-016-9508-x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01897069v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dormont" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Samson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleurbaey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schokkaert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13524-018-0713-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302587v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Thebaut" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.3515" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01897065v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ami" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aprahamian" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2018.09.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955227v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Pollock" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omer Hasan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dufouil" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Rehm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-2667(18)30022-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764576v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.683.0327" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01301784v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-016-0023-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588703v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schwarzinger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huguet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. T&#233;mam" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pointreau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(17)30254-2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6RX0GZD7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01476519v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr3.0091" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02084721v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert-Vincent Joule" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039880ar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928064v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Donaldson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Baker" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Mason" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pennington" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Bell" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2016.08.036" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01261036v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Hanaki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-015-9525-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359231v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01188" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01463113v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2014.04.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474261v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21606544.2013.863743" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01474425v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2014.04.014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499635v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.2859" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0WDML2L7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731244v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeem.2012.05.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05546775v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01499636v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van De Voorde" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2012.10015" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01498271v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2013.10201" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500881v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joep.2013.08.001" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05550396v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636840v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massoni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vergnaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2010.11.018" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584247v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander G. James" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-010-9448-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526134v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9779.2011.01522.x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754490v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Geoffard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2009.0178" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00617217v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Mohamed" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Gad" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Dewedar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2458-10-773" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00636179v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Carrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhealeco.2009.03.002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429894v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2009.05.010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00176056v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flachaire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hollard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rel.734.0369" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01664618v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Faugere" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Geniaux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Kast" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.551.0065" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00150088v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Panaponaris" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Proti&#232;re" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.555.0923" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928088v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Moatti" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Shackley" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-9536(03)00321-6" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R1NXCLH0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03199687v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Moatti" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.703" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9H9VW97-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483667v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Claeys" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1240-1307(99)80063-6" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483448v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trannoy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04391214v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03654180v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo L. Pintus" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03365413v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153539v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. Pintus" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100257v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436427v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02526456v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995369v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03079490v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02544388v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03002354v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159905v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02008071v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02136103v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379060v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01224135v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229612v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01095897v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635801v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543967v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00443668v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490448v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382511v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277283v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285861v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00289451v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277282v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282844v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00272776v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587792v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409676v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409670v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Ciss&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04855141v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Launay" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danica Mijovic-Prelec" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drazen Prelec" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543821v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462193v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396721v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03922237v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metropolis-verlag.de/An-Economic-Perspective-on-Epidemiology/15045/book.do" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03499298v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.albin-michel.fr/les-francais-et-largent-9782226459817" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03552088v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehess.fr/fr/communiqu%C3%A9/communiqu%C3%A9-carnet-lehess-perspectives-sur-coronavirus" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03586395v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Regier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Schulz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780128128855000044?via%3Dihub" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812885-5.00004-4" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01456138v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500857v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02948527v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ens.fr/564-cepremap-comment-lutter-contre-la-fraude-fiscale.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984653v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232565v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184231v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475275v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521223v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>