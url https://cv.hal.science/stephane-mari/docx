--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3430,287 +3430,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallographic snapshots of iterative substrate translocations during nicotianamine synthesis in Archaea.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The NRAMP6 metal transporter contributes to cadmium toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cailliatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Dreyfus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Lemaire</w:t>
+                <w:t xml:space="preserve">Bruno Lapeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Briat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Arnoux</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Curie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0904439106⟩</w:t>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 422 (2), pp.217-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/BJ20090655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445313v1</w:t>
+                <w:t xml:space="preserve">hal-00479190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The NRAMP6 metal transporter contributes to cadmium toxicity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Cailliatte</w:t>
+                <w:t xml:space="preserve">Crystallographic snapshots of iterative substrate translocations during nicotianamine synthesis in Archaea.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lapeyre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Curie</w:t>
+                <w:t xml:space="preserve">Pascal Arnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 422 (2), pp.217-228. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106 (38), pp.16180-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1042/BJ20090655⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0904439106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00479190v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal movement within the plant: contribution of nicotianamine and yellow stripe 1-like transporters.</w:t>
               </w:r>
@@ -4862,277 +4862,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new role for the Mn transporter NRAMP2 in the seed including novel analytical and imaging tools to decipher metal homeostasis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring natural variation of Arabidopsis thaliana tolerance to calcareous soil in the context of climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Comte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Javier Jiménez-Lamana</w:t>
+                <w:t xml:space="preserve">Weiss Alizée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bontpart Thibaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual general conference of COST Action 19116 “Trace metal metabolism in plants – PLANTMETALS”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">1. PlantACT! Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PlantAct!, Mar 2024, Düsseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901574v1</w:t>
+                <w:t xml:space="preserve">hal-04736015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring natural variation of Arabidopsis thaliana tolerance to calcareous soil in the context of climate change</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Chay</w:t>
+                <w:t xml:space="preserve">A new role for the Mn transporter NRAMP2 in the seed including novel analytical and imaging tools to decipher metal homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Leskova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Isaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Alcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Dauzat</w:t>
+                <w:t xml:space="preserve">Arnaud Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Jiménez-Lamana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. PlantACT! Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PlantAct!, Mar 2024, Düsseldorf, Germany</w:t>
+              <w:t xml:space="preserve">Annual general conference of COST Action 19116 “Trace metal metabolism in plants – PLANTMETALS”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736015v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pea sulfate transporter, PsSULTR4, contributes to seed yield and quality</w:t>
               </w:r>
@@ -5608,168 +5608,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering iron transport, storage and remobilization in seeds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The use of plasma-assisted techniques to unravel the genetics of metal storage in seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Bierla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Symposium on Metallomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">European Winter Conference on Plasma Spectrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04807382v1</w:t>
+                <w:t xml:space="preserve">hal-04807288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organellar membrane transporters that control Fe and Mn movement in plant cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Alejandro Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5828,178 +5824,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference on Organellar Channels and Transporters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Mount Snow, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04806703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of plasma-assisted techniques to unravel the genetics of metal storage in seeds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering iron transport, storage and remobilization in seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Melo Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Alcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Winter Conference on Plasma Spectrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Pau, France</w:t>
+              <w:t xml:space="preserve">7. International Symposium on Metallomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807288v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of key players of Fe speciation and transport machineries and regulation of Mn uptake by endocytosis</w:t>
               </w:r>
@@ -6104,191 +6104,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation du fer dans les cellules végétales au niveau des nucléoles, Ligne LUCIA. Deciphering Iron Loading in Seeds and Discovery of a New Pool of Iron in the Nucleolus with Synchrotron Radiation X-ray Fluorescence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iron movement in plants: new routes for novel functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren Castaings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Curie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOLEIL Users’ Meeting, Satellite Workshop 2015 INRA-SOLEIL: The Synchrotron Approach in Agriculture, Food and Environment Sciences (INRA-SOLEIL2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Saint-Aubin, France</w:t>
+              <w:t xml:space="preserve">1. Trilateral INUPRAG meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01149951v1</w:t>
+                <w:t xml:space="preserve">hal-01594757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron movement in plants: new routes for novel functions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accumulation du fer dans les cellules végétales au niveau des nucléoles, Ligne LUCIA. Deciphering Iron Loading in Seeds and Discovery of a New Pool of Iron in the Nucleolus with Synchrotron Radiation X-ray Fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Mari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Curie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Trilateral INUPRAG meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Nancy, France</w:t>
+              <w:t xml:space="preserve">SOLEIL Users’ Meeting, Satellite Workshop 2015 INRA-SOLEIL: The Synchrotron Approach in Agriculture, Food and Environment Sciences (INRA-SOLEIL2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Saint-Aubin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594757v1</w:t>
+                <w:t xml:space="preserve">hal-01149951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LUCIA To Decipher Metal Homeostasis And Toxicity In Plants</w:t>
               </w:r>
@@ -6858,51 +6858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Vile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Symposium on Iron Nutrition and Interactions in Plants ISINIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Düsseldorf, Germany. </w:t>
@@ -6931,103 +6931,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring natural variation of Arabidopsis thaliana tolerance to calcareous soil in the context of climate change.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiss Alizée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bontpart Thibaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. PlantACT! Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Düsseldorf, Germany. </w:t>
@@ -7888,131 +7888,281 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NRAMP2 controls manganese partitioning between seed coat and embryo to regulate seed vigor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Leskova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Isaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tou Cheu Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiram Castillo-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport et spéciation du fer dans la plante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie végétale. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02801360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId227"/>
+      <w:footerReference w:type="default" r:id="rId231"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8159,51 +8309,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leskova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tou Cheu Xiong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qpb.2025.11" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531421v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bontpart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacombe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.03.013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233899v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Jim&#233;nez-Lamana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Bierla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Szpunar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ja00140g" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04157402v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Wojcieszek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13111736" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04097969v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montaci&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Riondet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darri&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad180" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03888733v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Smokvarska" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.463" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03650483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nga T Nguyen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mather Khan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Castro-Guerrero" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Chen Chia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Vatamaniuk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcac046" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thi Thanh Hoang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Almeida" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Alcon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17526" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Hilbert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Novero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rovenich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Grimm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01678" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445553v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20190188" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518238v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Oliveira de Araujo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Isaure" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Alchoubassi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2020.03.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104457v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngela Carri&#243;-Segu&#237;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Romero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Pe&#241;arrubia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38005-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martiniere" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Fiche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01065" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695892v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alejandro Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cailliatte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Dirick" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00578" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354671v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Flis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ouerdane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Grillet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13964" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14364" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854612v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannetz Roschzttardtz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Minh Hoang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945537v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.514828" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01048736v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Schmidt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00535" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506358v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nibras Belgaroui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Zaidi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameny Farhat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chouayekh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu122" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921131v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#233;ro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanchon Divol" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Verdeil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00350" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873879v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Couch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.107672" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860372v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bournier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tissot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossia Boucherez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.482281" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623165v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.C111.269720" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507421v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Schikora" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.073023" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660713v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Conejero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.5.1.10159" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445313v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dreyfus" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemaire" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arnoux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0904439106" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479190v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapeyre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20090655" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367118v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cassin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Higuchi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcn207" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370145v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Czernic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445498v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.144444" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124879v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gendre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#232;ro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Pianelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02937.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124925v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Lobinski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erl184" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666907v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ansorbolo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vavasseur" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.05.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK5RBL2Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675769v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena K. Vatamaniuk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Lang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreekanth Chalasani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladomyra O. Demkiv" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M313142200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676654v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vacchina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac020704m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W62JFCW5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418544v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901574v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Comte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736015v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiss Aliz&#233;e" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bontpart Thibaut" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122063v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan&#233;lie Bachelet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Sanchez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aim&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeannin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267993v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03981800v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04844028v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Hoang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Melo Almeida" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807382v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806703v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807288v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Richard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595217v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Castaings" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149951v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594757v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594250v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huguet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Trcera" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190179v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fils" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755916v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Barek Bouazaoui" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-73657-0_244" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E6E8A443D2D816B845356375A9ED5A77619CBBC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581601v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Perrin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coq" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crapsky" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888340v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888020v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251285v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874363v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozzanino Timothy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cassan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04844085v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Zottner" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711323v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833040v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebrun" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/4735_103" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603136v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594263v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801360v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leskova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tou Cheu Xiong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qpb.2025.11" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531421v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bontpart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacombe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.03.013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233899v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Jim&#233;nez-Lamana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Bierla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Szpunar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ja00140g" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04157402v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Wojcieszek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13111736" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04097969v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montaci&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Riondet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darri&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad180" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03888733v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Smokvarska" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.463" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03650483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nga T Nguyen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mather Khan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Castro-Guerrero" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Chen Chia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Vatamaniuk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcac046" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thi Thanh Hoang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Almeida" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Alcon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17526" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912952v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Hilbert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Novero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rovenich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Grimm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01678" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445553v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20190188" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02518238v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Oliveira de Araujo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Isaure" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Alchoubassi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2020.03.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104457v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngela Carri&#243;-Segu&#237;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Romero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Pe&#241;arrubia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38005-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martiniere" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Fiche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01065" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695892v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alejandro Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cailliatte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Dirick" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00578" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354671v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Flis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ouerdane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Grillet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13964" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14364" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854612v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannetz Roschzttardtz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Minh Hoang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945537v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.514828" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01048736v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Schmidt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00535" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506358v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nibras Belgaroui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Zaidi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameny Farhat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Chouayekh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu122" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921131v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#233;ro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanchon Divol" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Verdeil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00350" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873879v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Couch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.107672" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860372v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bournier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tissot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossia Boucherez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.482281" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623165v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.C111.269720" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507421v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Schikora" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.109.073023" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660713v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Conejero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.5.1.10159" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479190v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lapeyre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20090655" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445313v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dreyfus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemaire" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arnoux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0904439106" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367118v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cassin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Higuchi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcn207" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370145v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Czernic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445498v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.144444" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124879v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gendre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#232;ro" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Pianelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02937.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124925v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Lobinski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erl184" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666907v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ansorbolo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vavasseur" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.05.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK5RBL2Z-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675769v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena K. Vatamaniuk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Lang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreekanth Chalasani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladomyra O. Demkiv" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M313142200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676654v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vacchina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marqu&#232;s" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac020704m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W62JFCW5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418544v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736015v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiss Aliz&#233;e" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bontpart Thibaut" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04901574v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Comte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122063v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan&#233;lie Bachelet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Sanchez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aim&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeannin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267993v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03981800v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04844028v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Hoang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Melo Almeida" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807288v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Richard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806703v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807382v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595217v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Castaings" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594757v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149951v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594250v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huguet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Trcera" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190179v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fils" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755916v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Barek Bouazaoui" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-73657-0_244" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E6E8A443D2D816B845356375A9ED5A77619CBBC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581601v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Perrin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coq" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crapsky" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888340v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888020v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251285v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874363v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozzanino Timothy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cassan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04844085v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Zottner" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711323v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833040v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebrun" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/4735_103" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603136v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594263v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05545059v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Isaure" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiram Castillo-Michel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801360v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>