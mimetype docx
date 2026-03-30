--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -428,213 +428,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04710485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Héas, Omar Zanna (dir.), Les émotions dans la recherche en sciences humaines et sociales</w:t>
+                <w:t xml:space="preserve">Expériences paysagères et pratique du ski de randonnée dans les Alpes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laine Chanteloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/lectures.51045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/paysage.24604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710789v1</w:t>
+                <w:t xml:space="preserve">hal-03625136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expériences paysagères et pratique du ski de randonnée dans les Alpes françaises</w:t>
+                <w:t xml:space="preserve">Stéphane Héas, Omar Zanna (dir.), Les émotions dans la recherche en sciences humaines et sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 25, </w:t>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/paysage.24604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/lectures.51045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03625136v1</w:t>
+                <w:t xml:space="preserve">hal-04710789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espace(s) et relations entre existant.e.s dans les Alpes françaises</w:t>
               </w:r>
@@ -828,178 +828,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires et présences des microplastiques et des PFAS dans l’environnement montagnard</w:t>
+                <w:t xml:space="preserve">Les randonnées alpines comme dispositif d’enchantement. Les ressorts des plaisirs à arpenter la montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Congrès de l’AFS Environnement (s) &amp; Inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">XIe Congrès de l’Association Française de Sociologie "Environnement (s) &amp; Inégalités"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Jean Jaurès, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126509v1</w:t>
+                <w:t xml:space="preserve">hal-05126515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les randonnées alpines comme dispositif d’enchantement. Les ressorts des plaisirs à arpenter la montagne</w:t>
+                <w:t xml:space="preserve">Trajectoires et présences des microplastiques et des PFAS dans l’environnement montagnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIe Congrès de l’Association Française de Sociologie "Environnement (s) &amp; Inégalités"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Jean Jaurès, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">11e Congrès de l’AFS Environnement (s) &amp; Inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126515v1</w:t>
+                <w:t xml:space="preserve">hal-05126509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre chien et loup. Ethnographies des paysages de la peur des pratiquants d’activités récréatives en milieu alpin</w:t>
               </w:r>
@@ -1061,217 +1061,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04710506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions socio-anthropologiques autour du rôle des émotions dans les processus socialisations des pratiquant.es d’activités récréatives en environnement montagnard</w:t>
+                <w:t xml:space="preserve">Vécu émotionnel à l’égard du milieu montagnard lors de la pratique de la randonnée à ski, en raquettes et à pied</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laine Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture et émotions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENS, May 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">XIe congrès international de la Société de Sociologie du Sport de Langue Française « Dire, faire et analyser : la sociologie du sport face au langage »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes, Jun 2022, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710823v1</w:t>
+                <w:t xml:space="preserve">hal-04103845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vécu émotionnel à l’égard du milieu montagnard lors de la pratique de la randonnée à ski, en raquettes et à pied</w:t>
+                <w:t xml:space="preserve">Réflexions socio-anthropologiques autour du rôle des émotions dans les processus socialisations des pratiquant.es d’activités récréatives en environnement montagnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marpot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laine Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIe congrès international de la Société de Sociologie du Sport de Langue Française « Dire, faire et analyser : la sociologie du sport face au langage »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes, Jun 2022, Rennes (FR), France</w:t>
+              <w:t xml:space="preserve">Culture et émotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS, May 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04103845v1</w:t>
+                <w:t xml:space="preserve">hal-04710823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature sport recreationists emotions toward wildlife in the French Alps</w:t>
               </w:r>
@@ -2190,51 +2190,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marpot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.16394" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710485v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Savre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2097384" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710789v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.51045" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625136v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.24604" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241895v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Defraiteur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Raymond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097418ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710126v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pa.325" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126509v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126515v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710506v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710823v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103845v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103962v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710524v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710529v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710770v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126489v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04718712v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024CHAMA002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126505v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marpot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine Chanteloup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.16394" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710485v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Savre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2097384" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625136v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.24604" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.51045" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241895v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Defraiteur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Raymond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097418ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710126v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pa.325" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126515v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126509v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710506v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Bailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103845v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710823v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103962v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710524v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806107v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710529v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710770v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126489v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04718712v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024CHAMA002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126505v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>