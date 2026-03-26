--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -249,329 +249,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propósito de la altura de los hornos romanos de ánforas: una restitución arquitectónica en el alfar de El Mohíno (Provincia Bética, Hispania)</w:t>
+                <w:t xml:space="preserve">Gestion du combustible et dynamique des boisements à l'époque romaine. L'exemple des ateliers potiers d'Embournière (Neffiès, Hérault) et de Las Cravieros (Fanjeaux, Aude)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iván González Tobar</w:t>
+                <w:t xml:space="preserve">Julien Chardonneau- Henneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique García Vargas</w:t>
+                <w:t xml:space="preserve">Rovira Nuria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
+                <w:t xml:space="preserve">Benoit Favennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Arvidsson</w:t>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archivo español de arqueología : serie Anejos</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 125, pp.141-176</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05519516v1</w:t>
+                <w:t xml:space="preserve">hal-04857671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du combustible et dynamique des boisements à l'époque romaine. L'exemple des ateliers potiers d'Embournière (Neffiès, Hérault) et de Las Cravieros (Fanjeaux, Aude)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A propósito de la altura de los hornos romanos de ánforas: una restitución arquitectónica en el alfar de El Mohíno (Provincia Bética, Hispania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iván González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Chardonneau- Henneuse</w:t>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+                <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rovira Nuria</w:t>
+                <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Favennec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Brossier</w:t>
+                <w:t xml:space="preserve">Océane Arvidsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archivo español de arqueología : serie Anejos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 98, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3989/aespa.098.025.743⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857671v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une villa vinicole de la cité de Béziers : Saint-Bézard (Aspiran, Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -756,64 +756,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bourgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Pagnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ivorra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -981,51 +981,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique/Bulletin de la SFAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 1, pp.137-145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1044,428 +1044,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01431627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">La boulangerie de Saint-Bézard à Aspiran (Hérault), du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. au IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C. : un exemple d’espace culinaire domanial en Narbonnaise centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Monteix</w:t>
+                <w:t xml:space="preserve">Núria Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Poux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Longepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Cuisines et boulangeries en Gaule romaine, 70 (1), pp.1-8</w:t>
+              <w:t xml:space="preserve">, 2013, Cuisines et boulangeries en Gaule romaine, 70 (1), pp.165-190</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01287406v3</w:t>
+                <w:t xml:space="preserve">hal-01931781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La boulangerie de Saint-Bézard à Aspiran (Hérault), du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. au IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C. : un exemple d’espace culinaire domanial en Narbonnaise centrale</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Le Fur</w:t>
+                <w:t xml:space="preserve">Nicolas Monteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Longepierre</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthieu Poux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Cuisines et boulangeries en Gaule romaine, 70 (1), pp.165-190</w:t>
+              <w:t xml:space="preserve">, 2013, Cuisines et boulangeries en Gaule romaine, 70 (1), pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931781v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01287406v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un timbre de Q. Iulius Theophilus sur Pascual 1 de Tarraconaise à Aspiran (Hérault). Un nouvel indice des liens économiques entre les provinces de Tarraconaise et de Narbonnaise au début du Ier s. ap. J.-C. ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le complexe domanial et artisanal de Saint-Bézard (Aspiran, Hérault) au début du Ier s. ap. J.-C. Fondation et genèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 45, pp.143-164</w:t>
+              <w:t xml:space="preserve">, 2012, 45, pp.21-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04535212v1</w:t>
+                <w:t xml:space="preserve">halshs-04535208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le complexe domanial et artisanal de Saint-Bézard (Aspiran, Hérault) au début du Ier s. ap. J.-C. Fondation et genèse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Un timbre de Q. Iulius Theophilus sur Pascual 1 de Tarraconaise à Aspiran (Hérault). Un nouvel indice des liens économiques entre les provinces de Tarraconaise et de Narbonnaise au début du Ier s. ap. J.-C. ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Carrato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 45, pp.21-38</w:t>
+              <w:t xml:space="preserve">, 2012, 45, pp.143-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04535208v1</w:t>
+                <w:t xml:space="preserve">halshs-04535212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aqueducs de la &amp;lt;i&amp;gt;villa&amp;lt;/i&amp;gt; de Vareilles à Paulhan (Hérault) : I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. av. J.-C.-III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. apr. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1607,51 +1607,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las Jurièires-Basses (fouille gazoduc « Artère du Midi) : un établissement rural du Haut-Empire réoccupé à la fin de l’Antiquité. [Notice HARUR]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 27, pp.65-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1793,51 +1793,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pellecuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1884,51 +1884,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des premières installations rurales italiennes en Gaule transalpine (fin du II&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s.-milieu du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. avant J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 57, pp.231-260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1956,623 +1956,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01902020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les niveaux du VIe s. sur la villa de Lieussac (Montagnac, Hérault, France). Contribution à l'étude du mobilier céramique et métallique du début du haut Moyen-âge languedocien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Un portrait du IIe siècle ap. J. C. redécouvert à Neffiès (Hérault),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Terrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Evers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gascou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Feugere</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archäologisches Korrespondenzblatt </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, pp.377-394</w:t>
+              <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 23, pp.149-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04540303v1</w:t>
+                <w:t xml:space="preserve">halshs-00266327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles découvertes d'établissements ruraux protohistoriques à Fontès (Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 23, pp.111-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une production de céramique à vernis noir dans la région de Béziers (Hérault) entre la fin du IIe s. et le milieu du Ier s. av. J.-C. : emprunt indigène ou présence italienne précoce ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les niveaux du VIe s. sur la villa de Lieussac (Montagnac, Hérault, France). Contribution à l'étude du mobilier céramique et métallique du début du haut Moyen-âge languedocien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Sanchez</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Feugere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archäologisches Korrespondenzblatt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, pp.377-394</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845946v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un portrait du IIe siècle ap. J. C. redécouvert à Neffiès (Hérault),</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Une production de céramique à vernis noir dans la région de Béziers (Hérault) entre la fin du IIe s. et le milieu du Ier s. av. J.-C. : emprunt indigène ou présence italienne précoce ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Richard</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 32 (1), p. 125-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.1999.1522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00266327v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles catégories céramiques de l'Antiquité en Biterrois. 2- La céramique commune réductrice du Languedoc Occidental (Ve-VIe s. ap. J.-C.)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Signes de la romanisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Feugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Passelac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pellecuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Garmy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études héraultaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 31, pp.299-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.1998.1510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532219v1</w:t>
+                <w:t xml:space="preserve">hal-02463590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signes de la romanisation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nouvelles catégories céramiques de l'Antiquité en Biterrois. 2- La céramique commune réductrice du Languedoc Occidental (Ve-VIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études héraultaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 28-29, pp.9-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/ran.1998.1510⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02463590v1</w:t>
+                <w:t xml:space="preserve">hal-04532219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles catégories céramiques de l'Antiquité en Biterrois. 1- La céramique commune réductrice micacée (IIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 20-2, pp.80-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2597,64 +2597,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'occupation du sol au premier Age du Fer dans la moyenne vallée de l'Hérault. Acquis et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documents d'archéologie méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 18, pp.664 - 753. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2746,51 +2746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chardonneau-Henneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Houlès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de Cabrières 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Cabrières, France. pp.25-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3203,51 +3203,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La céréaliculture en Gaule narbonnaise durant l’époque romaine : croisement des données archéologiques et archéobotaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3328,51 +3328,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OLEASTRO : Neue Ergebnisse des französisch-spanischen Forschungsprograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bourgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3466,51 +3466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Corbeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Carrato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3660,51 +3660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bourgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Garcia Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amphorae ex Hispania. Paisajes de producción y de consumo, R. Járrega, P. Berni dir., III Congreso Internacional de la SECAH-Ex Officina Hispana Tarragona, 10-13 de diciembre de 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Tarragone, España. pp.310-333</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3880,51 +3880,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La poix des Gabales et des Rutènes. Une matière première vitale pour la viticulture de Narbonnaise centrale durant le Haut-Empire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Trintignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4057,51 +4057,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les productions Augusto-tibériennes de l'atelier de potiers de Bastide-Neuve à Velaux (B.-du-Rh.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Silvéréano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4139,51 +4139,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La poix des Gabales et des Rutènes. Une matière première vitale pour la viticulture de Narbonnaise centrale durant le Haut-Empire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Trintignac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4234,51 +4234,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La céramique non tournée gallo-romaine en bas-Languedoc. In : JOLY (M.), SÉGUIER (J.-M.) dir. — Les céramiques non tournées en Gaule romaine dans leur contexte social, économique et culturel : entre tradition et innovation. Actes du colloque tenu les 25 et 26 novembre 2010 à Paris, INHA, 55e supplément à la Revue Archéologique du Centre de la France, 2015, p. 49-64.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barberan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Raynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4316,51 +4316,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Destins croisés, histoires séparées. Les villae vinicoles antiques de Vareilles (Paulhan) et de Saint-Bézard (Aspiran, Hérault).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des rivages méditerranéens, 50 ans de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Arles, France. p. 367-374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4454,51 +4454,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La villa de Quintus Iulius Pri(...) à Aspiran (Hérault) : un centre domanial de Gaule Narbonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Homme et la Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Montpellier, France. p. 111-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4536,51 +4536,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les communautés rurales du Languedoc occidental entre l’âge du Bronze final IIIb et la fin du premier âge du Fer (IXe - Ve s. av. J.-C.) : études de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Bagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ième Colloque de l'Association Française pour l'Étude de l'Âge du Fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Chauvigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4605,64 +4605,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciès mobilier et typologie des établissements du Haut-Empire dans la moyenne vallée de l'Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianey Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4713,64 +4713,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciès mobilier et typologie des établissements du Haut Empire dans la moyenne vallée de l'Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4834,51 +4834,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les communautés rurales du Languedoc occidental entre l'Age du Bronze final IIIb et la fin du premier Age du Fer (IXe-Ve s. av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Bagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitats et paysages ruraux en Gaule et regards sur d'autres régions du monde celtique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Chauvigny, France. p. 181-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4897,221 +4897,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00749833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée Biterroise (BOB). État de la question et perspectives (IIe-IIIe s. ap. J.-C.)</w:t>
+                <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée de Béziers (BOB)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international annuel de la SFECAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECAG, May 2008, Ampurias, Espagne. pp.813-836</w:t>
+              <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée de Béziers (BOB). Etat de la question et perspectives (IIe-IIIe s. ap. J.-C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Ampurias, France. p. 813-836</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04525695v1</w:t>
+                <w:t xml:space="preserve">halshs-00509006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée de Béziers (BOB)</w:t>
+                <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée Biterroise (BOB). État de la question et perspectives (IIe-IIIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La typo-chronologie de la céramique Brune Orangée de Béziers (BOB). Etat de la question et perspectives (IIe-IIIe s. ap. J.-C)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Ampurias, France. p. 813-836</w:t>
+              <w:t xml:space="preserve">Congrès international annuel de la SFECAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECAG, May 2008, Ampurias, Espagne. pp.813-836</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00509006v1</w:t>
+                <w:t xml:space="preserve">hal-04525695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données sur les productions céramiques de l’atelier de Dourbie à Aspiran (Hérault) (première moitié du Ier s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Bourgaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5214,51 +5214,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvéréano Sarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bussière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5339,51 +5339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Silvéréano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bussière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5432,441 +5432,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04525940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysage et usages du sol dans la région de Béziers (Gaule Narbonnaise) entre le Ier s. av. J.-C. et le IIIe s. ap. J.-C.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les moulins hydrauliques de Vareilles (Paulhan) et de L'Auribelle-Basse (Pézenas/Hérault). Stockage et transformation des céréales dans l'économie rurale de Gaule Narbonnaise (Ier-IIIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L. Labruna, R. Pierobon dir., Paesaggio e utilizzazione della terra : diritto, economia, società, Actes du colloque international, Naples, 26-27 février 1999, Index</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Naples, Italie. pp.250-294</w:t>
+              <w:t xml:space="preserve">P. C. Anderson, L. S. Cummings, T. K. Schippers, B. Simonel dir., Le Traitement des récoltes : un regard sur la diversité du Néolithique au présent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Antibes, France. pp.295-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04533601v1</w:t>
+                <w:t xml:space="preserve">hal-04532133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La villa gallo-romaine de Vareilles à Paulhan (Hérault, fouille A75) : un centre domanial du Haut-Empire spécialisé dans la viticulture ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+                <w:t xml:space="preserve">Cultivateurs, éleveurs et artisans dans les campagnes de la Gaule romaine : matières premières et produits transformés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S. Lepetz et V. Matterne dir., Cultivateurs, éleveurs et artisans dans les campagnes gallo-romaines. Matières premières et produits transformés, Actes du VIe colloque international d'AGER, Compiègne, 5-7 juin 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Amiens, France. pp.309-337</w:t>
+              <w:t xml:space="preserve">La Villa gallo-romaine de "Vareilles" à Paulhan (Hérault; fouille de l'autoroute A75) : un centre domanial du Haut-Empire spécialisé dans la viticulture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2002, Compiègne, France. p. 309-337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532156v1</w:t>
+                <w:t xml:space="preserve">halshs-00507472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivateurs, éleveurs et artisans dans les campagnes de la Gaule romaine : matières premières et produits transformés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+                <w:t xml:space="preserve">Paysage et usages du sol dans la région de Béziers (Gaule Narbonnaise) entre le Ier s. av. J.-C. et le IIIe s. ap. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Villa gallo-romaine de "Vareilles" à Paulhan (Hérault; fouille de l'autoroute A75) : un centre domanial du Haut-Empire spécialisé dans la viticulture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2002, Compiègne, France. p. 309-337</w:t>
+              <w:t xml:space="preserve">L. Labruna, R. Pierobon dir., Paesaggio e utilizzazione della terra : diritto, economia, società, Actes du colloque international, Naples, 26-27 février 1999, Index</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Naples, Italie. pp.250-294</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00507472v1</w:t>
+                <w:t xml:space="preserve">hal-04533601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Traitement des récoltes : un regard sur la diversité du Néolithique au présent.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Paillet</w:t>
+                <w:t xml:space="preserve">La villa gallo-romaine de Vareilles à Paulhan (Hérault, fouille A75) : un centre domanial du Haut-Empire spécialisé dans la viticulture ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les moulins hydrauliques de Vareilles (Paulhan) et de l'Auribelle-Basse (Pézenas/Hérault). Stockage et transformation des céréales dans l'économie rurale de Gaule Narbonnaise (Ier-IIIe s. ap. J.-C.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Antibes, France. p. 295-326</w:t>
+              <w:t xml:space="preserve">S. Lepetz et V. Matterne dir., Cultivateurs, éleveurs et artisans dans les campagnes gallo-romaines. Matières premières et produits transformés, Actes du VIe colloque international d'AGER, Compiègne, 5-7 juin 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Amiens, France. pp.309-337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00507489v1</w:t>
+                <w:t xml:space="preserve">hal-04532156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les moulins hydrauliques de Vareilles (Paulhan) et de L'Auribelle-Basse (Pézenas/Hérault). Stockage et transformation des céréales dans l'économie rurale de Gaule Narbonnaise (Ier-IIIe s. ap. J.-C.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+                <w:t xml:space="preserve">Le Traitement des récoltes : un regard sur la diversité du Néolithique au présent.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Paillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">P. C. Anderson, L. S. Cummings, T. K. Schippers, B. Simonel dir., Le Traitement des récoltes : un regard sur la diversité du Néolithique au présent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Antibes, France. pp.295-326</w:t>
+              <w:t xml:space="preserve">Les moulins hydrauliques de Vareilles (Paulhan) et de l'Auribelle-Basse (Pézenas/Hérault). Stockage et transformation des céréales dans l'économie rurale de Gaule Narbonnaise (Ier-IIIe s. ap. J.-C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Antibes, France. p. 295-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532133v1</w:t>
+                <w:t xml:space="preserve">halshs-00507489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour des oppida de Montlaurès (Narbonne, Aude) et de Saint-Siméon (Pézénas, Hérault) : méthodes et résultats d'une recherche sur le territoire vivrier de deux agglomérations protohistoriques (VIe et Ve s. av. n. è.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Anne de Chazelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ropiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5917,51 +5917,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'habitat rural dispersé des IIe et Ier s. av. J.-C. en Languedoc occidental et Roussillon, in R. Buxo et E. Pons dir.,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Els productes alimentaris d'origen vegetal a l'edat del ferro de l'Europa occidental : de la produccio al consum, Girona, Actes du XXIIe colloque international pour l'Étude de l'Age du Fer (AFEAF), 21-24 mai 1998,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, Girone, Espagne. pp.55-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5986,51 +5986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’établissement rural des Jurièires Basses à Puissalicon (Hérault) Ier s.-VIème s. ap. J.-C. : contribution à l’histoire des campagnes de la cité de Béziers dans l'Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6120,51 +6120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'officine de Soumaltre à Aspiran (Hérault) : observations sur les structures artisanales et les productions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ginouvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">congrès international annuel de la SFECAG, Dijon, 16-19 mai 1996,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1996, Marseille, France. pp.313-330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6260,51 +6260,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6346,51 +6346,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’approvisionnement et la gestion de l’énergie combustible pour la production de poteries au cours du Haut Empire dans la moyenne vallée de l’Hérault. Actualité de la recherche anthracologique sur les ateliers de Saint-Pargoire/Contours et Aspiran/Saint-Bézard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6499,64 +6499,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuisines et boulangeries en Gaule romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Monteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 70 (1), 268 p., 2013, 978-2-271-07972-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6613,51 +6613,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La saveur de la terre. Le vin dans l’Antiquité en Languedoc et en Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Atelier BAIE, 351 p., 2025, 978-2-919208-83-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6714,51 +6714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eneko Hiriart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Călin Gabriel Tămaş</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
@@ -6908,51 +6908,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La datation des contextes archéologiques dans le sud-est de la Gaule (IIe-IIIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Mergoil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 46, 374 p., 2021, Archéologie et Histoire Romaine, Chr. Pellecuer, 978-2-35518-062-0</w:t>
             </w:r>
           </w:p>
@@ -7054,51 +7054,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Rhône aux Pyrénées. Aspects de la vie matérielle en Gaule Narbonnaise 2 (Ier s. av. J-C - VIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7129,51 +7129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Rhône aux Pyrénées. Aspects de la Vie Matérielle en Gaule Narbonnaise II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7292,51 +7292,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Etablissement rural antique de Soumaltre (Aspiran, Hérault) : ferme, auberge, nécropole et atelier de potier en bordure de la voie Cessero-Condatomagus, Ier-IIe s. ap. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7380,51 +7380,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’établissement rural antique de Soumaltre à Aspiran (Hérault), Ferme, auberge, nécropole en bordure de la voie Cessero-Condatomagus (Ier-IIe s. ap. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Thernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7449,151 +7449,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches récentes sur les établissements ruraux protohistoriques en Gaule méridionale, IXe-IIIe s. av. J.-C. Actes de la table-ronde de Lattes, 18 mai 1997</w:t>
+                <w:t xml:space="preserve">Les campagnes de la cité de Béziers dans l'antiquité (partie nord-orientale) IIè siècle av. J.C. - VIè siècle ap. J.C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions Monique Mergoil, 174 p., 1998</w:t>
+              <w:t xml:space="preserve">Editions Monique Mergoil, 1998, Archéologie et Histoire Romaine, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00507031v1</w:t>
+                <w:t xml:space="preserve">halshs-00005053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les campagnes de la cité de Béziers dans l'antiquité (partie nord-orientale) IIè siècle av. J.C. - VIè siècle ap. J.C.</w:t>
+                <w:t xml:space="preserve">Recherches récentes sur les établissements ruraux protohistoriques en Gaule méridionale, IXe-IIIe s. av. J.-C. Actes de la table-ronde de Lattes, 18 mai 1997</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions Monique Mergoil, 1998, Archéologie et Histoire Romaine, 1</w:t>
+              <w:t xml:space="preserve">Editions Monique Mergoil, 174 p., 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00005053v1</w:t>
+                <w:t xml:space="preserve">halshs-00507031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7611,64 +7611,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonization, Italian immigration and the development of viticulture in the Julio-Claudian period in Gallia Narbonensis and lugdunensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dimitri van Limbergen; Emlyn Dodd; Maria Stella Busana. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vine-growing and winemaking in the roman world. New data and original perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, </w:t>
@@ -7704,1328 +7704,1328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le système lagunaire et les ports d’Agde</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Espaces de stockage en dolium en « aire ouverte » et production de vin à l’époque romaine (Narbonnaise, Italie et Tarraconnaise. Ier-IIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Rueda; Ramon Járrega. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivage. 20 000 ans d’évolution du paysage littoral</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Los dolia en las provincias de Hispania en época romana. Estados de la cuestión y perspectivas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.331-355, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51417/trama_12_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04857643v1</w:t>
+                <w:t xml:space="preserve">hal-04886004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La céréaliculture en Gaule Narbonnaise durant l’époque romaine : croisement des données archéologiques et archéobotaniques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+                <w:t xml:space="preserve">Le système lagunaire et les ports d’Agde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gomes J.</w:t>
-[...38 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoit Devilliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M. Blandenet, M. Bretin-Chabrol, P. Luccioni dir., Le texte et la pratique. Dialogues pluridisciplinaires sur le statut du traité d’agriculture.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.201-245, 2024, 978-2-36442-102-8</w:t>
+              <w:t xml:space="preserve">Rivage. 20 000 ans d’évolution du paysage littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.49-51, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04381573v1</w:t>
+                <w:t xml:space="preserve">hal-04857643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrière-pays et littoral agathois à l’époque romaine</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">B. Devillers, M. Audoly, N. Staniszewska. </w:t>
+                <w:t xml:space="preserve">La céréaliculture en Gaule Narbonnaise durant l’époque romaine : croisement des données archéologiques et archéobotaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gomes J.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pellegrino V.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figueiral I.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CEROR Université Lyon 3. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rivage. 20 000 ans d’évolution du paysage littoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.63-64, 2024</w:t>
+              <w:t xml:space="preserve">M. Blandenet, M. Bretin-Chabrol, P. Luccioni dir., Le texte et la pratique. Dialogues pluridisciplinaires sur le statut du traité d’agriculture.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-245, 2024, 978-2-36442-102-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857645v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04381573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La part de l’huile d’olive dans les parfums à l’époque gréco-romaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Arrière-pays et littoral agathois à l’époque romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">F. Servajean, D. Dussaux. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Devillers, M. Audoly, N. Staniszewska. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Senteurs célestes. Arômes du passé. Parfums et aromates dans l’Antiquité méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.77-81, 2024</w:t>
+              <w:t xml:space="preserve">Rivage. 20 000 ans d’évolution du paysage littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.63-64, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857647v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’atelier d’amphores Dressel 20 et l’huilerie de Las Délicias à Ecija (Andalousie, Espagne)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">La part de l’huile d’olive dans les parfums à l’époque gréco-romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">J.-P. Brun, J. Auber de Lapierre, E. Botte, M. Poux,. </w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Servajean, D. Dussaux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vins, huiles et parfums : voyage archéologique autour de la Méditerranée antique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.172-177, 2024, 978-2-7226-0774-3</w:t>
+              <w:t xml:space="preserve">Senteurs célestes. Arômes du passé. Parfums et aromates dans l’Antiquité méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.77-81, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04857655v1</w:t>
+                <w:t xml:space="preserve">hal-04857647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espaces de stockage en dolium en « aire ouverte » et production de vin à l’époque romaine (Narbonnaise, Italie et Tarraconnaise. Ier-IIe s. ap. J.-C.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L’atelier d’amphores Dressel 20 et l’huilerie de Las Délicias à Ecija (Andalousie, Espagne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Maria Rueda; Ramon Járrega. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Desbonnets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J.-P. Brun, J. Auber de Lapierre, E. Botte, M. Poux,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Los dolia en las provincias de Hispania en época romana. Estados de la cuestión y perspectivas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vins, huiles et parfums : voyage archéologique autour de la Méditerranée antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.172-177, 2024, 978-2-7226-0774-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.51417/trama_12_30⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04886004v1</w:t>
+                <w:t xml:space="preserve">hal-04857655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une carrière scientifique en or</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">La céréaliculture en Gaule narbonnaise de la période tardo-républicaine à la fin de l’Empire romain : état de la recherche archéologique et archéobotanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Actes du colloque "Le texte et la pratique. Dialogue interdisciplinaires sur le statut du traité d'agriculture"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection du CEROR (57), pp.201-245, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04263912v1</w:t>
+                <w:t xml:space="preserve">halshs-04598433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des mines, des vignes et des pâturages. Économie et exploitation des milieux en Narbonnaise centrale pendant le Haut-Empire</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une carrière scientifique en or</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Călin Gabriel Tămaş</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Meunier; Jean-Marc Fabre; Eneko Hiriart; Stéphane Mauné; Călin Tămaş. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 978-2-35613-539-1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-10, 2023, DAN@ 9, 978-2-35613-537-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/dana9.9782356135377.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04371485v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04263912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une production d’amphores vinaires Gauloise 4 du IIIe s. timbrée par C. Ennius Paeonus dans l’atelier de Saint-Martin de Cros (Caux, Hérault)</w:t>
+                <w:t xml:space="preserve">Des mines, des vignes et des pâturages. Économie et exploitation des milieux en Narbonnaise centrale pendant le Haut-Empire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central, Actes de la table-ronde de Vailhan, 12 avril 2019, Vailhan 2022.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Arts Vailhan, pp.141-165, 2023, 978-2-95632-424-9</w:t>
+              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 978-2-35613-539-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04377146v1</w:t>
+                <w:t xml:space="preserve">hal-04371485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de l'ouvrage</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">Emmanuelle Meunier; Jean-Marc Fabre; Eneko Hiriart; Stéphane Mauné; Călin Tămaş. </w:t>
+                <w:t xml:space="preserve">Une production d’amphores vinaires Gauloise 4 du IIIe s. timbrée par C. Ennius Paeonus dans l’atelier de Saint-Martin de Cros (Caux, Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ghislain Bagan; Stéphane Mauné; Guilhem Beugnon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central, Actes de la table-ronde de Vailhan, 12 avril 2019, Vailhan 2022.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Arts Vailhan, pp.141-165, 2023, 978-2-95632-424-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04263914v1</w:t>
+                <w:t xml:space="preserve">hal-04377146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La céréaliculture en Gaule narbonnaise de la période tardo-républicaine à la fin de l’Empire romain : état de la recherche archéologique et archéobotanique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Présentation de l'ouvrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...40 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Călin Gabriel Tămaş</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Meunier; Jean-Marc Fabre; Eneko Hiriart; Stéphane Mauné; Călin Tămaş. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque "Le texte et la pratique. Dialogue interdisciplinaires sur le statut du traité d'agriculture"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-12, 2023, DAN@ 9, 978-2-35613-537-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/dana9.9782356135377.2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04598433v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04263914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupation du sol, activités économiques et Société dans l’ager Baeterrensis. La vallée de la Peyne du IIe s. av. J.-C. au IIIe s. ap. J.-C.</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">in Ghislain Bagan, Stéphane Mauné, Guilhem Beugnon dir. </w:t>
+                <w:t xml:space="preserve">Une production d'amphores vinaires Gauloise 4 du III e s. timbrée par C. Ennius Paeonius dans l'atelier de potiers de Saint-Martin de Cros (Caux, Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Bagan, S. Mauné, G. Beugnon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arts Vailhan, pp.167-274, 2022, 978-2-95632-424-9</w:t>
+              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central, Actes de la table ronde de Vailhan, avril 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arts Vailhan, pp.39-74, 2022, 782956324249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04970607v1</w:t>
+                <w:t xml:space="preserve">hal-03923895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une production d'amphores vinaires Gauloise 4 du III e s. timbrée par C. Ennius Paeonius dans l'atelier de potiers de Saint-Martin de Cros (Caux, Hérault)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">G. Bagan, S. Mauné, G. Beugnon. </w:t>
+                <w:t xml:space="preserve">Occupation du sol, activités économiques et Société dans l’ager Baeterrensis. La vallée de la Peyne du IIe s. av. J.-C. au IIIe s. ap. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lauras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">in Ghislain Bagan, Stéphane Mauné, Guilhem Beugnon dir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central, Actes de la table ronde de Vailhan, avril 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arts Vailhan, pp.39-74, 2022, 782956324249</w:t>
+              <w:t xml:space="preserve">Recherches archéologiques et historiques récentes en Languedoc central</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arts Vailhan, pp.167-274, 2022, 978-2-95632-424-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923895v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04970607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigillées de mode C, sigillées claire B rhodaniennes et aveyronnaises en Narbonnaise centrale au IIe et au début du IIIe s. ap. J.-C. Un état de la question.</w:t>
               </w:r>
@@ -9078,255 +9078,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des vins oxydatifs dans l’Antiquité ?</w:t>
+                <w:t xml:space="preserve">Un scel en bronze de Q. Iulius Priscus sur la villa de Saint-Bézard (Aspiran, Hérault) et la question de la fonction de ce type d’objet en Gaule narbonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Latournerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La nouvelle épopée des vins oxydatifs secs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Trabucaire, 2021, 978-2-84974-286-0</w:t>
+              <w:t xml:space="preserve">Des objets et des hommes, Études offertes à Michel Feugère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 71, Editions Mergoil, pp.659-689, 2021, Instrumentum</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510421v1</w:t>
+                <w:t xml:space="preserve">halshs-03443694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apparition de la villa en Gaule transalpine/narbonnaise</w:t>
+                <w:t xml:space="preserve">Des vins oxydatifs dans l’Antiquité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">E. Botte, Y. Lemoine dir.,. </w:t>
+              <w:t xml:space="preserve">Alain Pottier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Villae, Villas romaines en Gaule du Sud</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Errance, p. 63-79., 2021</w:t>
+              <w:t xml:space="preserve">La nouvelle épopée des vins oxydatifs secs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Trabucaire, 2021, 978-2-84974-286-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03467896v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un scel en bronze de Q. Iulius Priscus sur la villa de Saint-Bézard (Aspiran, Hérault) et la question de la fonction de ce type d’objet en Gaule narbonnaise</w:t>
+                <w:t xml:space="preserve">L’apparition de la villa en Gaule transalpine/narbonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Botte, Y. Lemoine dir.,. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des objets et des hommes, Études offertes à Michel Feugère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 71, Editions Mergoil, pp.659-689, 2021, Instrumentum</w:t>
+              <w:t xml:space="preserve">Villae, Villas romaines en Gaule du Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Errance, p. 63-79., 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03443694v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronologie et phasage des fours de potiers de l’atelier de Saint-Bézard à Aspiran (Hérault), Ier s.-IVe s. ap. J.-C. L’apport de la confrontation des systèmes de datation</w:t>
               </w:r>
@@ -9489,51 +9489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sous la direction de Mario Denti et Mathilde Villette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des espaces artisanaux : fouiller et comprendre les gestes des potiers. Actes du Colloque international de Rennes (27-28 novembre 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, Éditions de l'Association pour le Développement de l'Archéologie en Languedoc-Roussillon, p. 281-285, 2019, Monographies d'Archéologie Méditerranéenne. Hors-série</w:t>
@@ -9668,268 +9668,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02131601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sobre la capacidad de carga de los hornos romanos de ánforas : balance metodológico y reflexiones a partir de un horno de Dressel 20 del alfar de Las Delicias (Écija, Sevilla)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Tiago</w:t>
+                <w:t xml:space="preserve">Que compte-t-on et comment sur les ateliers d’amphores à huile Dr. 20 de la vallée du Guadalquivir (Andalousie, Espagne) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Corbeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Desbonnets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Remesal Rodríguez, Victor Revilla Calvo, Juan Manuel Bermúdez Lorenzo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantifying Ancient Economies. Problems and methodologies. Workshop ERC EP-NET, University of Barcelona, 20-21 february 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 60, p. 295-319, 2018, Coll. Instrumenta</w:t>
+              <w:t xml:space="preserve">Quantifying ancient économies. Problems and méthodologies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60, p. 281-294, 2018, Coll. Instrumenta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02130293v1</w:t>
+                <w:t xml:space="preserve">halshs-02131133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que compte-t-on et comment sur les ateliers d’amphores à huile Dr. 20 de la vallée du Guadalquivir (Andalousie, Espagne) ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan González Tobar</w:t>
+                <w:t xml:space="preserve">Sobre la capacidad de carga de los hornos romanos de ánforas : balance metodológico y reflexiones a partir de un horno de Dressel 20 del alfar de Las Delicias (Écija, Sevilla)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Tiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique García Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Remesal Rodríguez, Victor Revilla Calvo, Juan Manuel Bermúdez Lorenzo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantifying ancient économies. Problems and méthodologies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 60, p. 281-294, 2018, Coll. Instrumenta</w:t>
+              <w:t xml:space="preserve">Quantifying Ancient Economies. Problems and methodologies. Workshop ERC EP-NET, University of Barcelona, 20-21 february 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60, p. 295-319, 2018, Coll. Instrumenta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02131133v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02130293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'atelier d'amphores Dressel 20 et Haltern 70 d'El Mohíno à Palma del Río (prov. de Cordoue, Espagne), Ier-IIe s. apr. J.-C.</w:t>
               </w:r>
@@ -9941,64 +9941,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10522,51 +10522,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’atelier d’amphores à huile Dr. 20 de Las Delicias à Ecija (Prov. de Séville, Espagne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique García Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bourgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10711,51 +10711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ensemble céramique 8614 et la question de l'abandon de la villa de Vareilles (Paulhan, Hérault) à la charnière des IIe et IIIe s. ap. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10849,51 +10849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les villae gallo-romaines de Saint-Bézard (Aspiran) et de Vareilles (Paulhan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terroirs viticoles. Paysages et géologie en Languedoc.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Ecologistes de l'Euzière, p. 125-127, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10918,51 +10918,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Destins croisés, histoires séparées. Les villae vinicoles antiques de Vareilles (Paulhan) et de Saint-Bézard (Aspiran, Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Delestre; Henri Marchesi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des rivages méditerranéens, 50 ans de recherche,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -11004,51 +11004,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La viticulture antique dans la région de Béziers à l'époque romaine. L'exemple de la vallée de l'Hérault.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laure Levêque, Maria Ruiz del Árbol Moro et Liliana Pop. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoine, Images, Mémoire des paysages européens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 71-90, 2009, Collection Histoire, Textes, Sociétés</w:t>
@@ -11077,51 +11077,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un moulin hydraulique du IIe s. ap. J.-C. dans l’établissement de L’Auribelle-Basse (Pézenas, Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Bourgaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11172,51 +11172,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le statut et la place des ateliers de potiers dans les campagnes de Gaule Narbonnaise durant le Haut-Empire. L’exemple de la moyenne vallée de l’Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in J. Tremoleda et P. Castanyer dir., El Mon rural d’època romana, Tallers ceràmics i produccio agricola</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.151-183, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11254,51 +11254,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consommation et approvisionnement culinaires dans la région de Béziers au IIIe s. : l'exemple de la villa de Lieussac (Montagnac, hérault).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Feugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11347,350 +11347,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00009409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La centuriation Béziers B et l'occupation du sol de la vallée de l'Hérault au Ier s. av. J.-C. Quelques éléments de réflexion autour de découvertes récentes</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La centuriation Béziers B et l'occupation du sol de la vallée de l'Hérault au Ier s. av. J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">éd. Marguerite Garrido-Hory et Antonio Gonzalès. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire, Espaces et Marges de l'Antiquité, Hommages à Monique Clavel-Lévêque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.57-101, 2003</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, p. 57-101, 2003, Institut des sciences et techniques de l'Antiquité, Série Histoire et politique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532193v1</w:t>
+                <w:t xml:space="preserve">halshs-00507485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À propos de Piscinae, Pézenas et des Piscenois : quelques réflexions sur la localisation de l'agglomération antique et sur les oppida latina de la vallée de l'Hérault.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+                <w:t xml:space="preserve">La centuriation Béziers B et l'occupation du sol de la vallée de l'Hérault au Ier s. av. J.-C. Quelques éléments de réflexion autour de découvertes récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommages à G. Barruol, suppl. 35 à la RAN, Montpellier, p. 281-296.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003</w:t>
+              <w:t xml:space="preserve">Histoire, Espaces et Marges de l'Antiquité, Hommages à Monique Clavel-Lévêque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.57-101, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527437v1</w:t>
+                <w:t xml:space="preserve">hal-04532193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de Piscinae, Pézenas et des Piscenois</w:t>
+                <w:t xml:space="preserve">À propos de Piscinae, Pézenas et des Piscenois : quelques réflexions sur la localisation de l'agglomération antique et sur les oppida latina de la vallée de l'Hérault.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peuples et territoires en Gaule méditerranéenne : Hommage à Guy Barruol.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Revue Archéologique de Narbonnaise, p. 281-296, 2003, Revue Archéologique de Narbonnaise, supplément 35</w:t>
+              <w:t xml:space="preserve">Hommages à G. Barruol, suppl. 35 à la RAN, Montpellier, p. 281-296.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00507503v1</w:t>
+                <w:t xml:space="preserve">hal-04527437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La centuriation Béziers B et l'occupation du sol de la vallée de l'Hérault au Ier s. av. J.-C.</w:t>
+                <w:t xml:space="preserve">A propos de Piscinae, Pézenas et des Piscenois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire, Espaces et Marges de l'Antiquité, Hommages à Monique Clavel-Lévêque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, p. 57-101, 2003, Institut des sciences et techniques de l'Antiquité, Série Histoire et politique</w:t>
+              <w:t xml:space="preserve">Peuples et territoires en Gaule méditerranéenne : Hommage à Guy Barruol.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue Archéologique de Narbonnaise, p. 281-296, 2003, Revue Archéologique de Narbonnaise, supplément 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00507485v1</w:t>
+                <w:t xml:space="preserve">halshs-00507503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le territoire vivrier de Montlaurès (Narbonne, Aude) à l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Anne de Chazelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mauné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Ropiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11790,64 +11790,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un atelier à amphores sur la berge du Guadalquivir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iván González Tobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11975,51 +11975,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="743DC89B"/>
+    <w:nsid w:val="D90CCB67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12206,51 +12206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519516v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garc&#237;a Vargas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Arvidsson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aespa.098.025.743" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857671v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau- Henneuse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rovira Nuria" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favennec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466628v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bourgeon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.9378" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827107v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-017-0648-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.596" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431627v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287406v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931781v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Rovira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Fur" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535212v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535208v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912657v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinedine Sekhari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3226" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524866v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abauzit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886084v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2003.3058" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910050v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3175" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902020v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2000.3021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540303v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feugere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886067v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845946v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1999.1522" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266327v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Terrer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Evers" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gascou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463590v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feug&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Passelac" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garmy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1998.1510" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532206v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886052v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dam.1995.1211" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519771v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau-Henneuse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Houl&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877088v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04156357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03727849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509605v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dubler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527503v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Artuso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527383v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04555922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia Garcia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130140v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525673v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531720v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trintignac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525687v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Silv&#233;r&#233;ano" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Newman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749936v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749904v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739592v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525929v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749881v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272951v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Bagan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535198v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianey Forest" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749852v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749833v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525695v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lescure" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00509006v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532094v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bourgaut" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Santran" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00508412v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#233;r&#233;ano Sarah" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bussi&#232;re" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525940v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533601v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532156v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507472v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507489v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532133v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432505v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ropiot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534126v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851015v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouchette" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533620v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946192v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739924v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928799v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519994v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263904v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meunier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fabre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;lin Gabriel T&#259;ma&#351;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/mines-et-metallurgies-anciennes/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247093v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Beugnon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524236v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gilles" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/275-la-datation-des-contextes-archeologiques-dans-le-sud-est-de-la-gaule-iie-iiie-s-ap-j-c-9782355180620.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512396v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534181v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877391v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507435v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Genin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507054v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059585v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507031v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005053v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511722v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9789042953390&amp;amp;series_number_str=4&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857643v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devilliers" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381573v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes J." TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pellegrino V." TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figueiral I." TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857645v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857647v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857655v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886004v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51417/trama_12_30" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263912v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/une-carriere-scientifique-en-or/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371485v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377146v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263914v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/presentation-de-l-ouvrage/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04598433v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970607v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lauras" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923895v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466613v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510421v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467896v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03443694v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131550v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131623v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131601v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130293v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131133v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131208v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130181v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130192v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130163v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129920v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129905v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129872v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129880v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877431v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blanco" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/80-du-rhone-aux-pyrenees-aspects-de-la-vie-materielle-en-gaule-narbonnaise-ii-9782355180361.html?search_query=pyrenees&amp;amp;results=21" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749942v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534164v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/archeologie-des-rivages-mediterraneens" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749862v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532032v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532052v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009409v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brien-Poitevin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532193v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527437v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507503v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507485v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432512v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/node/25049" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103498v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857671v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau- Henneuse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rovira Nuria" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519516v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maun&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garc&#237;a Vargas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Arvidsson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aespa.098.025.743" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466628v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pellegrino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bourgeon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gonz&#225;lez Tobar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.9378" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827107v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-017-0648-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.596" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431627v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931781v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Rovira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Fur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287406v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535208v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535212v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912657v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinedine Sekhari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3226" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524866v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abauzit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886084v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2003.3058" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910050v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3175" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902020v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2000.3021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266327v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Terrer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Evers" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gascou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886067v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540303v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feugere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845946v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1999.1522" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feug&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Passelac" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garmy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1998.1510" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532219v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532206v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886052v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dam.1995.1211" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519771v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau-Henneuse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Houl&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877088v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Guiot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04156357v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03727849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509605v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dubler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527503v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Corbeel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Artuso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527383v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04555922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia Garcia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130140v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525673v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531720v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trintignac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525687v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Silv&#233;r&#233;ano" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Newman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749936v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749904v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739592v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525929v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749881v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272951v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Bagan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04535198v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianey Forest" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749852v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749833v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00509006v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lescure" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525695v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532094v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bourgaut" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Santran" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00508412v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#233;r&#233;ano Sarah" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bussi&#232;re" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525940v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532133v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507472v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533601v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532156v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507489v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432505v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne de Chazelles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ropiot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534126v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851015v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouchette" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533620v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946192v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739924v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928799v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519994v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263904v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meunier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fabre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;lin Gabriel T&#259;ma&#351;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/mines-et-metallurgies-anciennes/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247093v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Beugnon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524236v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gilles" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/275-la-datation-des-contextes-archeologiques-dans-le-sud-est-de-la-gaule-iie-iiie-s-ap-j-c-9782355180620.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512396v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534181v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877391v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507435v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Genin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507054v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059585v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005053v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507031v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511722v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?search_key=9789042953390&amp;amp;series_number_str=4&amp;amp;lang=fr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886004v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51417/trama_12_30" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857643v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devilliers" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381573v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes J." TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pellegrino V." TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figueiral I." TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857645v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857647v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857655v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04598433v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263912v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/une-carriere-scientifique-en-or/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371485v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377146v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263914v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/presentation-de-l-ouvrage/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923895v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970607v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lauras" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466613v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03443694v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510421v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467896v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131550v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131623v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131601v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131133v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130293v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131208v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leveque" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130181v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130192v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02130163v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mathieu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129920v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129905v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129872v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02129880v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877431v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blanco" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/archeologie-et-histoire-romaine/80-du-rhone-aux-pyrenees-aspects-de-la-vie-materielle-en-gaule-narbonnaise-ii-9782355180361.html?search_query=pyrenees&amp;amp;results=21" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749942v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534164v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/archeologie-des-rivages-mediterraneens" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00749862v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532032v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532052v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00009409v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brien-Poitevin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507485v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532193v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527437v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00507503v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432512v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/node/25049" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103498v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>