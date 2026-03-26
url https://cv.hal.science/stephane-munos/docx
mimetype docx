--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1963,295 +1963,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02908080v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An SSR-SNP Linkage Map of the Parasitic Weed Orobanche cumana Wallr. Including a Gene for Plant Pigmentation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A receptor-like kinase enhances sunflower resistance to Orobanche cumana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Grand</w:t>
+                <w:t xml:space="preserve">Pauline Duriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Coque</w:t>
+                <w:t xml:space="preserve">Sonia Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Auriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bazerque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00797⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (12), pp.1211 - 1215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-019-0556-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779307v1</w:t>
+                <w:t xml:space="preserve">hal-02626477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A receptor-like kinase enhances sunflower resistance to Orobanche cumana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Duriez</w:t>
+                <w:t xml:space="preserve">An SSR-SNP Linkage Map of the Parasitic Weed Orobanche cumana Wallr. Including a Gene for Plant Pigmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Álvaro Calderón-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Muños</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Vautrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Auriac</w:t>
+                <w:t xml:space="preserve">Xavier Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Bazerque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
+                <w:t xml:space="preserve">Marie Coque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (12), pp.1211 - 1215. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41477-019-0556-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626477v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An SSR-SNP Linkage Map of the Parasitic Weed Orobanche cumana Wallr. Including a Gene for Plant Pigmentation</w:t>
               </w:r>
@@ -2276,91 +2276,91 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Coque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2019.00797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623542v1</w:t>
@@ -2771,611 +2771,611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02388174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ten Broad Spectrum Resistances to Downy Mildew Physically Mapped on the Sunflower Genome.</w:t>
+                <w:t xml:space="preserve">Comparison of GWAS models to identify non-additive genetic control of flowering time in sunflower hybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Pecrix</w:t>
+                <w:t xml:space="preserve">Fanny Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Penouilh-Suzette</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ghislain Fiévet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01780⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 131 (2), pp.319-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-017-3003-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990160v1</w:t>
+                <w:t xml:space="preserve">hal-02628425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of GWAS models to identify non-additive genetic control of flowering time in sunflower hybrids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ten Broad Spectrum Resistances to Downy Mildew Physically Mapped on the Sunflower Genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Pecrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Penouilh-Suzette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Bonnafous</w:t>
+                <w:t xml:space="preserve">Felicity Vear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Fiévet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurence Godiard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 131 (2), pp.319-332. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1780), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00122-017-3003-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628425v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ten Broad Spectrum Resistances to Downy Mildew Physically Mapped on the Sunflower Genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Pecrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Penouilh-Suzette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Muños</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicity Vear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Godiard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2018.01780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
+                <w:t xml:space="preserve">Protocol For: Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Badouin</w:t>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Grassa</w:t>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Murat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S Evan Staton</w:t>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature22380⟩</w:t>
+              <w:t xml:space="preserve">Biotechniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2144/000114503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603287v1</w:t>
+                <w:t xml:space="preserve">hal-01603946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different genetic architectures underlie crop responses to the same pathogen: the {&amp;lt;em&amp;gt;Helianthus annuus * Phoma macdonaldii}&amp;lt;/em&amp;gt; interaction case for black stem disease and premature ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Bordat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Bordat</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3384,210 +3384,210 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (1), pp.167-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12870-017-1116-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protocol For: Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Badouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+                <w:t xml:space="preserve">Christopher Grassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
+                <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Marande</w:t>
+                <w:t xml:space="preserve">S Evan Staton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 62 (1), </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 546 (7656), pp.148-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2144/000114503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature22380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603946v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic control of plasticity of oil yield for combined abiotic stresses using a joint approach of crop modelling and genome‐wide association</w:t>
               </w:r>
@@ -3720,51 +3720,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic Prediction of Sunflower Hybrids Oil Content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3969,177 +3969,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">William Marande</w:t>
+                <w:t xml:space="preserve">RXLR and CRN Effectors from the Sunflower Downy Mildew Pathogen Plasmopara halstedii Induce Hypersensitive-Like Responses in Resistant Sunflower Lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Gascuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Fernando Buendia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Pecrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2144/000114460⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608743v1</w:t>
+                <w:t xml:space="preserve">hal-01602473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunflower resistance to broomrape (Orobanche cumana) is controlled by specific QTLs for different parasitism stages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4161,237 +4161,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Begona Perez-Vich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00590⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RXLR and CRN Effectors from the Sunflower Downy Mildew Pathogen Plasmopara halstedii Induce Hypersensitive-Like Responses in Resistant Sunflower Lines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephane Munos</w:t>
+                <w:t xml:space="preserve">Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, 15 p. </w:t>
+              <w:t xml:space="preserve">Biotechniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 61 (4), pp.203-205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01887⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2144/000114460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602473v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer le niveau de résistance quantitative des variétés de tournesol face au mildiou dans les processus de sélection et d’évaluation variétale : un enjeu fort pour la gestion durable du risque</w:t>
               </w:r>
@@ -4684,51 +4684,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Navaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lamaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4773,295 +4773,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis NRT1.1 Is a Bidirectional Transporter Involved in Root-to-Shoot Nitrate Translocation.</w:t>
+                <w:t xml:space="preserve">A cytochrome P450 regulates a domestication trait in cultivated tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Léran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Muños</w:t>
+                <w:t xml:space="preserve">Manohar Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Brachet</w:t>
+                <w:t xml:space="preserve">Na Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Tillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Gojon</w:t>
+                <w:t xml:space="preserve">José Blanca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mp/sst068⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (42), pp.17125-17130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1307313110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920701v1</w:t>
+                <w:t xml:space="preserve">hal-02646387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cytochrome P450 regulates a domestication trait in cultivated tomato</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arabidopsis NRT1.1 Is a Bidirectional Transporter Involved in Root-to-Shoot Nitrate Translocation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Léran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Muños</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manohar Chakrabarti</w:t>
+                <w:t xml:space="preserve">Chantal Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Na Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephane Munos</w:t>
+                <w:t xml:space="preserve">Pascal Tillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Blanca</w:t>
+                <w:t xml:space="preserve">Alain Gojon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 110 (42), pp.17125-17130. </w:t>
+              <w:t xml:space="preserve">Molecular Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (6), pp.1984-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1307313110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mp/sst068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646387v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00920701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic diversity and association mapping for fruit quality traits in cultivated tomato and related species</w:t>
               </w:r>
@@ -6131,51 +6131,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fizames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gaymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 16 (9), pp.2433-2447. </w:t>
@@ -6226,51 +6226,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major alterations of the regulation of root NO3- uptake are associated with the mutation of Nr2.1 and Nrt2.2 genes in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Filleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6373,51 +6373,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of multi-services cover crops (MSCC) to control sunflower soil-borne pests</w:t>
+                <w:t xml:space="preserve">Using multi-services cover crops (MSCC) to control sunflower broomrape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Roudaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neila Ait Kaci Ahmed</w:t>
@@ -6435,97 +6435,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Seassau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Muños</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Sunflower Conference (ISC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Bayannur, China. 21p</w:t>
+              <w:t xml:space="preserve">17th World Congress on Parasitic Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nara, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910849v1</w:t>
+                <w:t xml:space="preserve">hal-04910808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using multi-services cover crops (MSCC) to control sunflower broomrape</w:t>
+                <w:t xml:space="preserve">Use of multi-services cover crops (MSCC) to control sunflower soil-borne pests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Roudaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neila Ait Kaci Ahmed</w:t>
@@ -6543,73 +6543,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Seassau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Muños</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th World Congress on Parasitic Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nara, Japan</w:t>
+              <w:t xml:space="preserve">21st International Sunflower Conference (ISC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bayannur, China. 21p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910808v1</w:t>
+                <w:t xml:space="preserve">hal-04910849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using multi-service cover crops to control sunflower soil-borne pests</w:t>
               </w:r>
@@ -6858,51 +6858,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breeding for sunflower hybrids adapted to climate change: the SUNRISE collaborative and multi-disciplinary project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lubrano-Lavadera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Coque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9421,51 +9421,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04377553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Griffiths" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robin-Soriano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505694v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Fern&#225;ndez-Melero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia del Moral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todesco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Rieseberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Owens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04558-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839481v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Calder&#243;n-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mu&#241;os" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Velasco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-024-05855-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04578646v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tourneur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Combier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Plaza" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delavault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10501" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559360v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pubert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04594-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013004v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a P&#233;rez-Vich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouilly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Louarn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1056231" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800896v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Becker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Delavault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2022.08.014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03877893v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delgrange" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifaine Folletti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1038684" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03600443v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Fern&#225;ndez-Aparicio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-021-03979-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779279v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreten Terzi&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marek" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Baumann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02974900v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gody" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carr&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020044" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127563v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyang Hu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiansu Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Yang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Islam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harro Bouwmeester" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239013" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908080v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todescov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory L. Owens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercovich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaghayegh Soudi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779307v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00797" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626477v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duriez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bazerque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-019-0556-z" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623542v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Calderon-Gonzalez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626456v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sariel Hubner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R. Mandel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Odenheimer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0329-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628732v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad A. Farooq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad S. S. Khan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Xu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2017.10.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990160v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Vear" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Godiard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01780" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628425v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Fi&#233;vet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-3003-4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779328v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619317v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bordat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Marchand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1116-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114503" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779348v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Cadic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12961" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608380v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608743v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114460" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638954v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begona Perez-Vich" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00590" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602473v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gascuel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Buendia Martin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01887" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652905v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmannelle Mestries" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auclert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poisson-Bamm&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Penaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Grimault" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721156229702158E12" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641364v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bauchet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sauvage" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grivet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-014-0279-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640496v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Adiredjo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Navaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamaze" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101218" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920701v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;ran" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brachet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gojon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sst068" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646387v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manohar Chakrabarti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Zhang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blanca" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1307313110" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651895v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Xu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Ranc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-2002-8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4DF2F4C98D1393CF0504DBC74FACA1DCEDC1F668/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652089v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie A. Chauveau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.112.002667" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647706v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Berard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173997" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642795v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo R Rodriguez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anderson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Chur Sim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Michel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600426v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Munos" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2010.02139.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668658v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Santoni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Causse" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-8-130" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489786v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676926v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fizames" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazettes" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nacry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossia Boucherez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.030536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680092v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaymard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.024380" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674601v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerezo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Filleur" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.127.1.262" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910849v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roudaire" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Ait Kaci Ahmed" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Seassau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910808v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910894v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Smith Caillault" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741769v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Seassau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dechamp-Guillaume" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mestries" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740085v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lubrano-Lavadera" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746318v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803352v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Brunel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807612v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753097v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bounon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754042v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Cha&#239;b" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754550v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758045v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Pelpoir" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751766v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755997v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763634v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lecomte" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761178v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mihr" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecomte" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759884v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761490v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lejay" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gansel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956372v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220594v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Pezzotti" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0813810728.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823900v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Labate" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Grandillo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Fulton" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Caicedo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813295v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04377553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Griffiths" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robin-Soriano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505694v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Fern&#225;ndez-Melero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia del Moral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todesco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Rieseberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Owens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04558-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839481v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Calder&#243;n-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mu&#241;os" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Velasco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-024-05855-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04578646v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tourneur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Combier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Plaza" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delavault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10501" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559360v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pubert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04594-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013004v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a P&#233;rez-Vich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouilly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Louarn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1056231" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800896v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Becker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Delavault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2022.08.014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03877893v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delgrange" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifaine Folletti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1038684" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03600443v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Fern&#225;ndez-Aparicio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-021-03979-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779279v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreten Terzi&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marek" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Baumann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02974900v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gody" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carr&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020044" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127563v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyang Hu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiansu Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Yang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Islam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harro Bouwmeester" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239013" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908080v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todescov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory L. Owens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercovich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien L&#233;gar&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaghayegh Soudi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626477v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duriez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vautrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bazerque" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-019-0556-z" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779307v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00797" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623542v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Calderon-Gonzalez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626456v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sariel Hubner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R. Mandel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Odenheimer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0329-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628732v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad A. Farooq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad S. S. Khan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Xu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2017.10.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628425v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Fi&#233;vet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-3003-4" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990160v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Vear" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Godiard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01780" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779328v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603946v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114503" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619317v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bordat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Marchand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1116-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779348v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Cadic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12961" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608380v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602473v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gascuel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Buendia Martin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01887" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638954v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begona Perez-Vich" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00590" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608743v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114460" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652905v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmannelle Mestries" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auclert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poisson-Bamm&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Penaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Grimault" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721156229702158E12" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641364v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bauchet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sauvage" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grivet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-014-0279-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640496v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Adiredjo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Navaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamaze" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101218" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646387v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manohar Chakrabarti" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na Zhang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blanca" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1307313110" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920701v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;ran" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brachet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gojon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/sst068" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651895v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Xu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Ranc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-2002-8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4DF2F4C98D1393CF0504DBC74FACA1DCEDC1F668/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652089v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie A. Chauveau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.112.002667" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647706v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Berard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173997" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642795v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo R Rodriguez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anderson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Chur Sim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Michel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600426v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bertin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Munos" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2010.02139.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668658v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Santoni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Causse" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-8-130" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489786v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676926v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fizames" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazettes" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nacry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossia Boucherez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.030536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680092v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaymard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.024380" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674601v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerezo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Filleur" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.127.1.262" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910808v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roudaire" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Ait Kaci Ahmed" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Seassau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910849v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910894v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Smith Caillault" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741769v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Seassau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dechamp-Guillaume" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mestries" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740085v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lubrano-Lavadera" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746318v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803352v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Brunel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807612v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753097v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bounon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754042v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Faurobert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Cha&#239;b" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754550v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758045v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Pelpoir" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751766v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755997v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763634v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lecomte" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761178v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mihr" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecomte" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759884v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761490v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lejay" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gansel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956372v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220594v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Pezzotti" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803544v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0813810728.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823900v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Labate" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Grandillo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Fulton" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Caicedo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813295v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>