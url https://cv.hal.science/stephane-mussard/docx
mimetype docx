--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1079,235 +1079,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical efficiency in firm games with constant returns to scale and $$\alpha $$-returns to scale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Dubois</w:t>
+                <w:t xml:space="preserve">Principal Component Analysis: A Generalized Gini Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téa Ouraga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Operations Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10479-021-04056-6⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2021.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03264193v1</w:t>
+                <w:t xml:space="preserve">hal-03156702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principal Component Analysis: A Generalized Gini Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Charpentier</w:t>
+                <w:t xml:space="preserve">Technical efficiency in firm games with constant returns to scale and $$\alpha $$-returns to scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Briec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mussard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Téa Ouraga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Annals of Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2021.02.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10479-021-04056-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03156702v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Judicial Outcomes in Judgments: A Generalized Gini-PLS Approach</w:t>
               </w:r>
@@ -1540,51 +1540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Condevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téa Ouraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Zambrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5426,51 +5426,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="421F0909"/>
+    <w:nsid w:val="2F10FB50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5657,51 +5657,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-mussard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2331-630X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078711568" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461109v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mussard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-025-09853-z" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347364v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Mussard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Charpentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA251085" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460752v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Briec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-025-06950-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878170v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-024-10019-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075552v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Condevaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.346.0947" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876406v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Charfaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats7040090" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878245v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ali Mahmoudi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zambrano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats7040083" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#233;n&#233; Ka" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/snde-2020-0134" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264193v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-021-04056-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156702v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;a Ouraga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2021.02.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951006v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny-Ngomp&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harispe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats3040027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963368v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Noel Pi Alperin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.09.040" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950101v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40300-020-00178-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2019.05.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387847v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.11.048" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131746v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Hamady Ndiaye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/econometrics7010004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132104v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mornet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roiw.12373" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thireau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mussard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Noel Pi Alperin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-018-0973-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132100v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2017.11.111" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187582v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fattouma Souissi-Benrejab" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40953-018-0132-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781483v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Andriamasy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331934.2017.1279159" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784180v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2015.1103707" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132094v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.04.049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854621v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-014-9277-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901811v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Zoli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sadefo-Kamdem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Seyte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2013.06.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0TB17C7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02935502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sadefo Kamdem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Terraza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4991.2011.00441.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132082v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Makdissi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1540-5982.2008.00505.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132092v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-007-0237-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B876676FCC68D430953682F7CB706FA27CB9C668/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869287v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03781033v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-26387-3_19" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540972v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884195v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407405v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia190303" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101479v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny Ngompe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny Ngomp&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485030v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546620v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220483" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220446" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292955v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-18129-1_4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344310v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Ouraga" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340386v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543271v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar N'Diaye" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thireau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786549v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784209v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456573v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01077141v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Beaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blayac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bougette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Khoudmi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mahenc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-mussard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2331-630X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078711568" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461109v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mussard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-025-09853-z" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347364v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Mussard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Charpentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA251085" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460752v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Briec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-025-06950-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878170v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-024-10019-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075552v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Condevaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.346.0947" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876406v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Charfaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats7040090" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878245v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ali Mahmoudi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zambrano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats7040083" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#233;n&#233; Ka" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/snde-2020-0134" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156702v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;a Ouraga" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2021.02.010" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264193v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-021-04056-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951006v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny-Ngomp&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harispe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/stats3040027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963368v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Noel Pi Alperin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.09.040" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950101v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40300-020-00178-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mathsocsci.2019.05.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387847v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.11.048" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131746v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Hamady Ndiaye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/econometrics7010004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132104v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mornet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roiw.12373" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987468v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thireau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mussard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Noel Pi Alperin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-018-0973-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132100v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2017.11.111" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187582v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fattouma Souissi-Benrejab" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40953-018-0132-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781483v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Andriamasy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331934.2017.1279159" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784180v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2015.1103707" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132094v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.04.049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854621v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-014-9277-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901811v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Zoli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sadefo-Kamdem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Seyte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2013.06.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0TB17C7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02935502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sadefo Kamdem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Terraza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4991.2011.00441.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132082v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Makdissi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1540-5982.2008.00505.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132092v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-007-0237-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B876676FCC68D430953682F7CB706FA27CB9C668/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869287v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03781033v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-26387-3_19" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540972v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884195v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407405v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia190303" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101479v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny Ngompe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485019v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Tagny Ngomp&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485030v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546620v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220483" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220446" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292955v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-18129-1_4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344310v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Ouraga" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340386v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543271v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar N'Diaye" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thireau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786549v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784209v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456573v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01077141v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Beaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blayac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bougette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Khoudmi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mahenc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>