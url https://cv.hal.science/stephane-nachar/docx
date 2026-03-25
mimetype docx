--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1274,247 +1274,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de substitution multifidélité en calcul de structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accelerate structural optimization with LATIN-PGD and Kriging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Nachar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Néron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Régionale NAFEMS France 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, PARIS, France</w:t>
+              <w:t xml:space="preserve">IRTG 1627 ViVaCE Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01937099v1</w:t>
+                <w:t xml:space="preserve">hal-01795040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerate structural optimization with LATIN-PGD and Kriging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modèles de substitution multifidélité en calcul de structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Nachar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRTG 1627 ViVaCE Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Roscoff, France</w:t>
+              <w:t xml:space="preserve">Conférence Régionale NAFEMS France 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795040v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de structures par couplage métamodèles multi-fidélité et modèles réduits</w:t>
               </w:r>
@@ -2535,51 +2535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane F&#233;vrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nachar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mathelin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giordano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062735" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013258v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Scanff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-020-09514-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919419v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103400" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Bordeu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01745-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185012v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463307v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pavao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guyon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachar St&#233;phane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lebeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ghienne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA52953.2021.00075" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191800v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149629v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128411v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973037v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937099v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795040v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795197v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185152v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185164v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460014v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Nackenhorst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38156-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396283v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02324894v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLN051" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane F&#233;vrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nachar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mathelin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giordano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Podvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062735" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013258v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Scanff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-020-09514-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919419v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103400" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169052v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Bordeu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01745-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185012v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463307v3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pavao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guyon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachar St&#233;phane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lebeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ghienne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA52953.2021.00075" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191800v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149629v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128411v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973037v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795040v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937099v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795197v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185152v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185164v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460014v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Nackenhorst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38156-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396283v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02324894v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLN051" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>