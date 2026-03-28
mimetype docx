--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -649,618 +649,618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03538569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Eloge de la concision: ¡al grano, porfa!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 363</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éloge de la concision : ¡al grano porfa!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 4 (363), pp.127-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Avant-propos au n°9 de la Revue CHER Empreintes / Emprunts dans le monde hispanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoria Palomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Waldegaray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReCHERches. Culture et Histoire dans l'Espace Roman</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 09, pp.5-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04924862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Oury</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche contrastive de l'expression de la saturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Belot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 363</w:t>
+              <w:t xml:space="preserve">, 2011, 358, pp.95-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expression de la saturation en français et en espagnol : remarques diachroniques, diatopiques et diaphasiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 4 (363), pp.127-133</w:t>
+              <w:t xml:space="preserve">, 2011, 358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Albert Belot</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les formes abrégées dans la langue actuelle : approche contrastive et descriptive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 358, pp.95-108</w:t>
+              <w:t xml:space="preserve">, 2010, 354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Oury</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche métalexicographique et lexicologique d’un dictionnaire bilingue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Belot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 358</w:t>
+              <w:t xml:space="preserve">, 2010, 352, pp.141-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Approche métalexicographique et lexicologique d’un dictionnaire bilingue</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Larousse nouveau est arrivé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Belot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 344</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1472,55 +1472,55 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les faux amis français-espagnol, une histoire de perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistique Hispanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Paris Colegio de Espana, France</w:t>
+              <w:t xml:space="preserve">Linguistique Hispanique : Journée d’études</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1893,2327 +1893,2256 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04368172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (12)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du pénidentème au mot perfide; pour une approche élargie du concept de faux amis français-espagnol</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pour une approche de la variation dans l'enseignement/apprentissage en LEA : entre voeu pieux et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filière LEA et innovations pédagogiques : théories, pratiques et expériences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...40 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre cheval de Troie et « ménage à trois » : l’anglo-américain au secours du gallicisme en espagnol contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">María Belén Villar Díaz; José Carlos De Hoyos; Pascaline Dury; Julie Makri-Morel; Vincent Renner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La néologie des langues romanes : nouvelles approches, dynamiques et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...21 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.233-258, 2021, 9783631855072</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05242524v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La double appartenance de l'emprunt linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Oury; Gregoria Palomar. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D’ici ou d’ailleurs : la double appartenance dans l’aire hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Orbis tertius, 2020, Universitas, 978-2-36783-137-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A camino largo... ménage ta monture</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Usages et tendances traductologiques : le cas des titres de films en espagnol et en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. M. Fréjaville; R. Dumont; G. Del Vecchio G.; A. J. O. Silva. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues Ibériques : assises internationales de la langue portugaise et de la langue espagnole = Diálogos Ibéricos : jornadas internacionais sobre a importâcia da língua portuguesa e da língua espanhola = Diálogos Ibéricos : jornadas internacionales sobre la importancia de la lengua portuguesa y de la lengua española : janvier et septembre 2016 = janeiro e setembro de 2016 = enero y septiembre de 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidade do Algarve, pp.201-233, 2019, 978-989-8859-67-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368216v1</w:t>
+                <w:t xml:space="preserve">hal-04368158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D'ici ou d'ailleurs ; la double appartenance dans l'aire hispanique</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Faux amis français/espagnol, une histoire de famille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aline Janquart-Thibault; Catherine Orsini-Saillet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoires de famille(s) dans le monde hispanique contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Orbis Tertius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.35-48, 2019, Hispanistica 20, 978-2-36783-125-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368202v1</w:t>
-[...41 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-04368160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...8 lines deleted...]
-            </w:r>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Neología de forma, un caso de préstamo léxico: el galicismo en español »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estudios sobre el léxico; puntos y contrapuntos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-04368179v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emprunt lexical au français et empreinte sémantique en espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CHER. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empreintes, emprunts dans l'aire hispanique : entre forces de conformisation et forces d'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, pp. 189-207, 2014, 978-286-820-569-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faits de Langue en Espagnol. Méthode et pratique de l’analyse linguistique. CAPES et Agrégation</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Sur les traces de l'emprunt &amp;quot;caché&amp;quot;. Approche phonographique, morphologique et sémantique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empreintes, emprunts, dans le monde hispanique, Recherches n°9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, pp. 23-38, 2012, 978-2-35410-049-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538670v1</w:t>
+                <w:t xml:space="preserve">hal-04368118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faits de langue en espagnol : Méthode et pratique de l’analyse linguistique</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Adaptation de l'emprunt linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ariane Desporte; Gilbert Fabre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Aspects actuels de la linguistique ibéro-romane : actes du XIe Colloque international de linguistique ibéro-romane, université Paris 13, campus de Villetaneuse, du 5 au 7 octobre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert-Lucas, pp.23-35, 2011, Collection Libero, 978-2-359-35040-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02442111v1</w:t>
+                <w:t xml:space="preserve">hal-03538494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le gallicisme dans le Diccionario de la Real Academia (22e ed.)</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation de l'emprunt lexical : approche phonétique, phonologique et graphique de quelques gallicismes en espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les aspects actuels de la linguistique hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert Lucas, 2011, 978-2-35935-040-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-04368175v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'Espagne à l'Amérique latine, histoire d'une double diffusion du gallicisme lexical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicole Fourtané; Michèle Guiraud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emprunts et transferts culturels dans le monde luso-hispanophone : eréalités et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy, pp.237-251, 2011, Collection le monde luso-hispanophone, 978-2-8143-0058-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Gallicisme dans le DRAE (22) : l'emprunt lexical de l'espagnol au français dans l'éditions de 2001 du DRAE</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Variantes diatopiques et néologismes : le cas des gallicismes en Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vues et contrevues, colloque international de Linguistique ibéro-romane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert Lucas, pp. 431-442, 2010, Libero, 978-2-35935-010-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03263942v1</w:t>
+                <w:t xml:space="preserve">hal-04368114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empreintes et emprunts dans l'aire hispanique : entre forces de conformisation et forces d'innovations, Recherches n°12</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Le français dans la péninsule ibérique, du Moyen Age au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'études linguistiques Jacques Goudet, Lyon III. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le français ici, ailleurs et toujours, place et fonctions du français dans les autres langues, hier et aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 31-57, 2008, 2-908794-16-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368194v1</w:t>
+                <w:t xml:space="preserve">hal-04368102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empreintes et emprunts dans l'aire hispanique, Recherches n°9</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les emprunts réciproques français-espagnol aux XVIe-XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langues et identités culturelles dans l'Europe des XVIe et XVIIe siècles 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">hal-04368183v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'emprunt lexical au français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Teddy Arnavielle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langues : histoires et usages dans l’aire méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.305-323, 2005, Langue &amp; parole. Recherches en sciences du langage, 2-7475-9056-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dictionnaire de traduction français-espagnol</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Les motivations de l'emprunt linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langues : histoires et usages dans l'aire méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2-7475-9056-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538678v1</w:t>
+                <w:t xml:space="preserve">hal-04368039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
+        <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une approche de la variation dans l'enseignement/apprentissage en LEA : entre voeu pieux et réalité</w:t>
+                <w:t xml:space="preserve">Du pénidentème au mot perfide : pour une approche élargie du concept de faux amis français-espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orbis Tertius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 70, 415 p., 2023, Universitas - Langage et pédagogie, 978-2-36783-239-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A camino largo... ménage ta monture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kobo, 2022, 1230005616824</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'ici ou d'ailleurs ; la double appartenance dans l'aire hispanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...143 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoria Palomar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Orbis Tertius. , 328 p., 2020, Universitas, 978-2-36783-137-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-03538462v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages et tendances traductologiques : le cas des titres de films en espagnol et en français</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Faits de langue en espagnol : Méthode et pratique de l'analyse linguistique. CAPES et Agrégation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Oddo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fretel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, VIII-198 p., 2019, Horizon, 978-2-200-62479-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368158v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-04368179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faits de Langue en Espagnol. Méthode et pratique de l’analyse linguistique. CAPES et Agrégation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, 35, </w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Oddo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions Orbis Tertius</w:t>
-[...15 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hélène Fretel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faits de langue en espagnol : Méthode et pratique de l’analyse linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fretel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368160v1</w:t>
-[...83 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Alexandra Oddo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-04368155v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02442111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur les traces de l'emprunt &amp;quot;caché&amp;quot;. Approche phonographique, morphologique et sémantique</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Le gallicisme dans le Diccionario de la Real Academia (22e ed.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Académiques Francophones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-3-8416-3903-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368118v1</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-03538494v1</w:t>
+                <w:t xml:space="preserve">hal-04368175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation de l'emprunt lexical : approche phonétique, phonologique et graphique de quelques gallicismes en espagnol</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Le Gallicisme dans le DRAE (22) : l'emprunt lexical de l'espagnol au français dans l'éditions de 2001 du DRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Académiques Francophones. 2016, 9783841639035</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368109v1</w:t>
+                <w:t xml:space="preserve">hal-03263942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'Espagne à l'Amérique latine, histoire d'une double diffusion du gallicisme lexical</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Empreintes et emprunts dans l'aire hispanique : entre forces de conformisation et forces d'innovations, Recherches n°12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CHER. 12, 2014, 978-286-820-569-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538500v1</w:t>
+                <w:t xml:space="preserve">hal-04368194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variantes diatopiques et néologismes : le cas des gallicismes en Amérique latine</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Empreintes et emprunts dans l'aire hispanique, Recherches n°9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Inés Waldegaray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoria Palomar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">9, 2012, 978-2-35410-049-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368114v1</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-04368102v1</w:t>
+                <w:t xml:space="preserve">hal-04368183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les emprunts réciproques français-espagnol aux XVIe-XVIIe siècles</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">Dictionnaire de traduction français-espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368044v1</w:t>
-[...141 lines deleted...]
-                <w:t xml:space="preserve">hal-04368039v1</w:t>
+                <w:t xml:space="preserve">hal-03538678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du pénidentème au mot perfide, les faux amis français-espagnol ; approche orthographique, morphosyntaxique et sémantique, Habilitation à diriger des recherches, décembre 2020, Paris Ouest Nanterre, 307 p, (à paraître).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Paris Ouest Nanterre, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03482840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du pénidentème au mot perfide, les faux amis français-espagnol ; approche orthographique, morphosyntaxique et sémantique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de Paris Ouest Nanterre, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03538663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4223,111 +4152,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las palabras del Mal en la lengua y la literatura hispánicas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Lacomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alfinge : revista de filología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 32, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04368208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4337,179 +4266,179 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faux-pas sur le chemin de Saint-Jacques de Compostelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Pedregosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faux-pas sur le chemin de Saint-Jacques de Compostelle</w:t>
+                <w:t xml:space="preserve">Mourir à la San Fermín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Pedregosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2018</w:t>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04368532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4519,194 +4448,194 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ça bouge dans le prêt-à-parler… Chroniques de l'espagnol actuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ça bouge dans le prêt-à-parler… Chroniques de l'espagnol actuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03538454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les emprunts réciproques français-espagnol aux XVIe-XVIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Oury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues et identités culturelles dans l’Europe des XVIe et XVIIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03538395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId85"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4853,51 +4782,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21071/arf.v32i.12232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538545v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cher.3347" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323811v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marigno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoria Palomar Asenjo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cher.7054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260996v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924862v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoria Palomar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Waldegaray" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368070v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538520v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Belot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538556v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368057v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368055v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538441v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368047v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368035v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242550v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368086v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368085v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368172v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsorbistertius.com/universitas/255-du-penindenteme-au-mot-perfide.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242524v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsorbistertius.website/du-penidenteme-au-mot-perfide-pour-une-approche-elargie-du-concept-de-faux-amis-francais-espagnol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368216v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368202v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368179v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oddo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fretel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538670v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02442111v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368175v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ejfa-editions.eu/catalog/details//store/fr/book/978-3-8416-3903-5/le-gallicisme-dans-le-diccionario-de-la-real-academia-22e-%C3%A9d?locale=fr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03263942v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368194v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta In&#233;s Waldegaray" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538678v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368173v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538534v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1137113" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538462v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368158v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368160v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsorbistertius.com/hispanistica/67-histoires-de-familles-dans-le-monde-hispanique-contemporain.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538699v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368155v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368118v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538494v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368109v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538500v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368114v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368102v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368044v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538508v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368039v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03482840v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03538663v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Lacomba" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368533v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Pedregosa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368532v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538454v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538395v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wilson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21071/arf.v32i.12232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538545v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cher.3347" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323811v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marigno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoria Palomar Asenjo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cher.7054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260996v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368070v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538520v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Belot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924862v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoria Palomar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Waldegaray" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538556v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368057v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368055v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538441v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368047v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368035v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242550v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368086v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368085v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368172v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368173v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538534v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1137113" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538462v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368158v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsorbistertius.com/hispanistica/67-histoires-de-familles-dans-le-monde-hispanique-contemporain.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538699v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368155v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368118v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538494v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368109v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538500v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368114v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368102v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368044v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538508v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368039v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242524v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsorbistertius.website/du-penidenteme-au-mot-perfide-pour-une-approche-elargie-du-concept-de-faux-amis-francais-espagnol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368216v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368202v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368179v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oddo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fretel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538670v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02442111v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368175v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ejfa-editions.eu/catalog/details//store/fr/book/978-3-8416-3903-5/le-gallicisme-dans-le-diccionario-de-la-real-academia-22e-%C3%A9d?locale=fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03263942v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368194v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368183v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta In&#233;s Waldegaray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538678v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03482840v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03538663v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368208v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Lacomba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368533v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Pedregosa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368532v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538454v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03538395v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>