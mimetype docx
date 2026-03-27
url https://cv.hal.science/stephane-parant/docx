--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2309,337 +2309,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexation of Cu(II) by Original Tartaric Acid−Based Ligands in Nonionic Micellar Media: Thermodynamic Study and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dupont-Leclercq</w:t>
+                <w:t xml:space="preserve">Microscopic and macroscopic anisotropy in supramolecular hydrogels of histidine-based surfactants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Pasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Giroux</w:t>
+                <w:t xml:space="preserve">Patrick Gizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïla Khoudour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Henry</w:t>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25 (6), pp.3450-3458. </w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 50 (45), pp.6183-6186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la803931g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2009.08.093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006690v1</w:t>
+                <w:t xml:space="preserve">hal-03006678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic and macroscopic anisotropy in supramolecular hydrogels of histidine-based surfactants</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dupuy</w:t>
+                <w:t xml:space="preserve">Complexation of Cu(II) by Original Tartaric Acid−Based Ligands in Nonionic Micellar Media: Thermodynamic Study and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dupont-Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Khoudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2009.08.093⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (6), pp.3450-3458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la803931g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03006678v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Tailored Histidine-Based Complexing Surfactants: From Micelles to Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Pasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3004,51 +3004,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spectroscopic investigation of the complexing ability of catecholate or salicylate derivatives towards aluminium(III)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3176,320 +3176,320 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-glycosyl platform for multimodal imaging</w:t>
+                <w:t xml:space="preserve">Nano-formulation d'agrégats-J de vert d'indocyanine pour l'amélioration de la photo-stabilité et des propriétés photothermique dans une lignée d'adénocarcinome de pharynx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Lamandé-Langle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Emilien Mengel</w:t>
+                <w:t xml:space="preserve">Henri-Pierre Lassalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Canilho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Grandemange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de la SCF Lorraine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Vandoeuvre-lès-Nancy, France</w:t>
+              <w:t xml:space="preserve">13ème Forum Cancéropôle Grand-Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474292v1</w:t>
+                <w:t xml:space="preserve">hal-04474201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nano-formulation d'agrégats-J de vert d'indocyanine pour l'amélioration de la photo-stabilité et des propriétés photothermique dans une lignée d'adénocarcinome de pharynx</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C-glycosyl platform for multimodal imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lamandé-Langle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julen Ariztia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Jouad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-Pierre Lassalle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie Millard</w:t>
+                <w:t xml:space="preserve">Emilien Mengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Forum Cancéropôle Grand-Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique de la SCF Lorraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Vandoeuvre-lès-Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04474201v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penta- and heptamethine cyanines derivatives: from synthesis and optical properties optimization to biological applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Pellegrini-Moïse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lamandé-Langle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3547,277 +3547,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of cyanine-based agents for photothermal treatment of cancer guided by fluorescence/photoacoustic imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Bouché</w:t>
+                <w:t xml:space="preserve">Photothermal molecules and nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Toubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Pecourneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilien Mengel</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-Pierre Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées "Agents d'imagerie moléculaire" (GDR AIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Orléans, France</w:t>
+              <w:t xml:space="preserve">3rd Frontiers in Photochemistry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474286v1</w:t>
+                <w:t xml:space="preserve">hal-04474109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photothermal molecules and nanoparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Pecourneau</w:t>
+                <w:t xml:space="preserve">Development of cyanine-based agents for photothermal treatment of cancer guided by fluorescence/photoacoustic imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Jouad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katalin Selmeczi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-Pierre Lassalle</w:t>
+                <w:t xml:space="preserve">Emilien Mengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Frontiers in Photochemistry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">3èmes Journées "Agents d'imagerie moléculaire" (GDR AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474109v1</w:t>
+                <w:t xml:space="preserve">hal-04474286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclocurcumin analogues triggering photoassisted therapies</w:t>
               </w:r>
@@ -4800,51 +4800,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DDE61E71"/>
+    <w:nsid w:val="5C1C22A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5031,51 +5031,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-parant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9346-7392" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04646868v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ane Fragni&#232;res" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chapuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marchal-Heussler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16131901" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797410v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Toubia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Diez Cabanes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phania Abdallah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Mhanna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c04820" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Delcroix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Reddy Marri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Parant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouch&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300138" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03960769v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pecourneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Losantos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gansmuller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2023.114583" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04184000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Millard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113516" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03960773v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Delova" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02425" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03242357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pecourneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Pasc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mourer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp01224j" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03242377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Losantos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Monari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00598" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02185045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Girardon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dehez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.201900159" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01980676v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Hajj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Amadei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TB01114A" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03004323v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Delpuech" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dupont-Leclercq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10953-017-0672-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249370v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Hanser" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boulang&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3465-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496019v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa V. M&#252;ller" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poliana S. Mendon&#231;a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Duchanois" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C. Gros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/0103-5053.20150208" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03004288v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilke Ugur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Jensen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Monard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci500079w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01650463v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupuy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2011.12.017" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJLK2GKH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306476v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-V. Jung" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frochot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villi&#233;ras" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Lartiges" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2010.04.035" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKZ7JHK7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006690v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giroux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Khoudour" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la803931g" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006678v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gizzi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2009.08.093" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K13HP5T1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006684v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900137" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006694v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tondre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemi&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rardin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2007.11.016" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJD5PVN0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200190v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Val&#233;rie Jung" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Selve" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2005.04.004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DJ3XKHTC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006703v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Aury" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rubini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roger Desmurs" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2004.07.017" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1JPT8BZS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474292v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lamand&#233;-Langle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Ariztia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Jouad" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Mengel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474201v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Lassalle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474294v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Pellegrini-Mo&#239;se" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Selmeczi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474286v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474109v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474320v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474115v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Picquoin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemiere" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996593v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474343v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216925v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Michels" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04482582v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Grandemange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-parant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9346-7392" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04646868v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ane Fragni&#232;res" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chapuis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marchal-Heussler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16131901" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797410v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Toubia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Diez Cabanes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phania Abdallah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Mhanna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c04820" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Delcroix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Reddy Marri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Parant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouch&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300138" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03960769v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pecourneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Losantos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gansmuller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2023.114583" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04184000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Millard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113516" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03960773v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Delova" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02425" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03242357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pecourneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Pasc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mourer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp01224j" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03242377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Losantos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Monari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00598" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02185045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Girardon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dehez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.201900159" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01980676v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Hajj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Amadei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TB01114A" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03004323v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Delpuech" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dupont-Leclercq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10953-017-0672-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249370v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Hanser" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boulang&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3465-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496019v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa V. M&#252;ller" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poliana S. Mendon&#231;a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Duchanois" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe C. Gros" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/0103-5053.20150208" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03004288v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilke Ugur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Jensen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Monard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci500079w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01650463v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupuy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluchem.2011.12.017" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJLK2GKH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306476v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-V. Jung" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frochot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villi&#233;ras" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Lartiges" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2010.04.035" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKZ7JHK7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006678v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gizzi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2009.08.093" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K13HP5T1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giroux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Khoudour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la803931g" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006684v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900137" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006694v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tondre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemi&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rardin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2007.11.016" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJD5PVN0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200190v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Val&#233;rie Jung" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frochot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Selve" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2005.04.004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DJ3XKHTC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03006703v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Aury" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rubini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roger Desmurs" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2004.07.017" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1JPT8BZS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474201v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Lassalle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474292v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lamand&#233;-Langle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Ariztia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Jouad" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Mengel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474294v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Pellegrini-Mo&#239;se" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Selmeczi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474109v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474286v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474320v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474115v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Picquoin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemiere" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996593v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04474343v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216925v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Michels" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04482582v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Grandemange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>