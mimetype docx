--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -912,640 +912,640 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie 3e Edition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stephane Perrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Winum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, Les manuels visuels pour la licence, 978-2100894444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05518226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure des molécules organiques : l'essentiel pour l'étudiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Winum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod. 2024, 9782100864041</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie organique expérimentale: L'essentiel pour l'étudiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Winum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Winum</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod. 2022, 978-2100836239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04538610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie - 2e éd. Les manuels visuels pour la licence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Winum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod. 2021, 978-2100825899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04538615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie L1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Perrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Winum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dunod, 213 p., 2020, Je me trompe, donc j’apprends !, 978-2-10-079565-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Winum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 420 p., 2017, Fluoresciences, 9782100748310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie 1er Ed Les manuels visuels pour la licence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Winum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod. 2017, 978-2100748310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04538621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1555,78 +1555,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Metal-Free Arylation of [2.2]Paracyclophanes Mediated by a Sulfinyl Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warren Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1641,290 +1641,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SECO-62 (Semaine d’Etude de Chimie Organique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Fournols, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05085636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[2.2]Paracyclophane as Planar Chiral Scaffold for Stereoregular [Pt]-Conjugated Oligomers in Solar Cells Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre D Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganesh Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Lemouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Perrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOEJC 2025 (Journées Nord-Ouest Européennes des Jeunes Chercheurs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05526021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding the molecular diversity of thiochromans using allenyl sulfones as substrates.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOCS-30 (30th International Symposium on the Organic Chemistry of Sulfur)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Florence (IT), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly regioselective metal-free arylation of planar chiral sulfur-based [2.2]paracyclophanes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warren Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1939,263 +1939,263 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOEJC 2024 (Journées Nord-Ouest Européennes des Jeunes Chercheurs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[2.2]Paracyclophane-based Stereoregular [Pt] Conjugated Oligomers for Solar Cells Applications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre D Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganesh Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Lemouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Perrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOEJC 2024 (Journées Nord-Ouest Européennes des Jeunes Chercheurs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05526032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paires d'ions sulfinate ammonium dans la chimie des allényl sulfones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire à l'Institut des Sciences Chimiques de Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Bordeaux (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of chiral thiochromans from allenyl sulfones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Anani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2237,73 +2237,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SECO-60 (Semaine d’Etude de Chimie Organique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Arêches-Beaufort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel approach towards thiochromans using allenyl sulfones as substrates.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Anani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2345,73 +2345,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l’Ecole Doctorale Normande Chimie (JEDNC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Rouen (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of chiral thiochromanes using allenyl sulfones as precursors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Anani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2453,100 +2453,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique Labex SynOrg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Forges-les Eaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Cyclopentene-derived Spirooxindoles Enabled by Organocatalytic Sulfinate Ammonium Ion-Pairing Approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2561,100 +2561,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOCS-29 (29th International Symposium on the Organic Chemistry of Sulfur)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Guelph, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation of allenyl sulfones with a sulfinate ammonium ion pair to construct spirocyclopentene oxindoles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2682,100 +2682,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SECO-57 (Semaine d’Etude de Chimie Organique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Léon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation of allenyl sulfones with a sulfinate ammonium ion pair to construct spirocyclopentene oxindoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2803,87 +2803,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SECO-57 (Semaine d’Etude de Chimie Organique),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Leon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation des allényl sulfones avec les ions sulfinates : application à la synthèse de cyclopentène-spirooxindoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2898,87 +2898,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique de la Fédération de l'Institut normand de chimie moléculaire, médicinale et macromoléculaire (INC3M)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation des allényl sulfones avec les ions sulfinates : application à la synthèse de cyclopentène-spirooxindoles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2993,169 +2993,169 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique de la Férédration de Recherche INC3M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rouen (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion sulfinates en organocatalyse : nouvelles applications en synthèse d’allényl sulfones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire à l'Université de Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organocatalysis in Electron-deficient Allene Chemistry: Sulfinate-mediated Reaction to Construct Chiral Alkynyl Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3170,100 +3170,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine d'études en chimie organique (SECO, 53, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Sulniac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiral Alkynyl Products by a Sulfinate-mediated Approach with Allenyl Sulfones: a Modified Padwa Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3278,87 +3278,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Organic Chemistry of Sulfur (ISOCS, 27, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Iena, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalyzed alpha-Sulfanylation of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Cadard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3373,100 +3373,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-deficient Allenes in Organocatalysis: Sulfinate-triggered Michael Addition for the Synthesis of Chiral Alkynyl Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3481,87 +3481,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine d'études en chimie organique (SECO, 53, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Sulniac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective organocatalyzed α-sulfanylation of isoxazolidin-5-ones: an approach to β2,2-amino acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Cadart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3589,87 +3589,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective Organocatalyzed alpha-Sulfanylation of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Cadart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3697,100 +3697,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European colloquium on heterocyclic chemistry (ECHC, 27, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organocatalysis in Electron-deficient Allene Chemistry: Sulfinate-mediated Reaction to Construct Chiral Alkynyl Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3805,715 +3805,728 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anglo-Norman colloquium on organic chemistry (ANORCQ, 13, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantiopure Planar Chiral Sulfanyl and Amino-Substituted [2.2]Paracyclophanes via Resolution Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lohier Jean-François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dendele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées André Collet de la Chiralité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Dinard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00738833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (9)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic synthesis of chiral spirocyclopentene oxindole derivatives through a sulfinate ammonium ion pair</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+                <w:t xml:space="preserve">[2.2]Paracyclophane as a Planar Chiral Scaffold for Stereoregular [Pt]-Conjugated Oligomers in Solar Cells Devices.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Harvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ganesh Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Lemouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Perrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Chirality (31, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole Doctorale Normande Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190848v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic Synthesis of Chiral Spirocyclopentene Oxindole Derivatives through a Sulfinate Ammonium Ion Pair.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+                <w:t xml:space="preserve">[2.2]Paracyclophane-based Stereoregular [Pt] Conjugated Oligomers for Solar Cells Applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Harvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ganesh Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Lemouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Perrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chirality 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux (FR), France</w:t>
+              <w:t xml:space="preserve">JNOEJC 2024 (Journées Nord-Ouest Européennes des Jeunes Chercheurs)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04594035v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Organocatalyzed alpha-Sulfanylation of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Levacher</w:t>
+                <w:t xml:space="preserve">Organocatalytic synthesis of chiral spirocyclopentene oxindole derivatives through a sulfinate ammonium ion pair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Mont-Saint-Aignan, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Chirality (31, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02299138v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective Phase Transfer Catalytic functionalization of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Levacher</w:t>
+                <w:t xml:space="preserve">Organocatalytic Synthesis of Chiral Spirocyclopentene Oxindole Derivatives through a Sulfinate Ammonium Ion Pair.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Claude Gaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 20, 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">Chirality 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02299172v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective organocatalyzed α-sulfanylation of Iisoxazolidin-5-ones : an approach to β-2,2-amino acids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Enantioselective Organocatalyzed alpha-Sulfanylation of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Cadart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4525,440 +4538,561 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCC-11 ( 11th International Symposium on Carbanion Chemistry)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01871581v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allenyl sulfones in organocatalysis: a sulfinate-mediated reaction for the synthesis of chiral alkynyl products</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
+                <w:t xml:space="preserve">Enantioselective Phase Transfer Catalytic functionalization of Isoxazolidin-5-ones : an Approach to beta 2,2-Amino Acids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Cadart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Berthonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole Doctorale Normande Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, caen, France</w:t>
+              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 20, 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01871588v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioenriched 3-pyrroline derivatives by sulfinate-mediated formal [3+2] cycloaddition of allenyl sulfones with actived imines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Allenyl sulfones in organocatalysis: a sulfinate-mediated reaction for the synthesis of chiral alkynyl products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISOCS-27 ( 27th International Symposium on the Organic Chemistry of Sulfur)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Jena, Germany</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole Doctorale Normande Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01871594v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01871588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-Pyrroline derivatives by sulfinate-triggered [3+2] cycloaddition of allenyl sulfones with activated imines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lohier Jean-François</w:t>
+                <w:t xml:space="preserve">Enantioselective organocatalyzed α-sulfanylation of Iisoxazolidin-5-ones : an approach to β-2,2-amino acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Cadart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICHAC‑11 (The Eleventh International Conference on Heteroatom Chemistry)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Caen, France</w:t>
+              <w:t xml:space="preserve">SCC-11 ( 11th International Symposium on Carbanion Chemistry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01870544v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01871581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enantioenriched 3-pyrroline derivatives by sulfinate-mediated formal [3+2] cycloaddition of allenyl sulfones with actived imines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Fançois Lohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISOCS-27 ( 27th International Symposium on the Organic Chemistry of Sulfur)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Jena, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01871594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sulfinate-mediated [3+2] cycloaddition of allenyl sulfones with activated imines to afford 3-pyrroline derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lohier Jean-François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrio Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4973,65 +5107,173 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01870541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3-Pyrroline derivatives by sulfinate-triggered [3+2] cycloaddition of allenyl sulfones with activated imines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lohier Jean-François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrio Stéphane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICHAC‑11 (The Eleventh International Conference on Heteroatom Chemistry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId97"/>
+      <w:footerReference w:type="default" r:id="rId101"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5178,51 +5420,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Coz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Lhuillier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Lemouchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reboul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2764-1105" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085627v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Anani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bri&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oudeyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00212" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033638v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Birbaum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Ndiaye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hachem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l de Paolis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c00215" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04877572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sifeddine Mohamed Aouina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lapray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levacher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c03482" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903467v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lule Beqa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deschamps" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrio St&#233;phane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knoppe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp408455x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gelat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518226v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Winum" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538615v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160916v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Winum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299360v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/chimie-cours-exercices-et-methodes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538621v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085636v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526021v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Harvey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sharma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687781v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606742v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526032v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593327v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593347v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593357v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593641v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593644v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martzel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299450v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594019v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02379437v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fan&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299440v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Cadard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299436v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02548597v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Cadart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299444v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299432v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738833v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Adrien" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lohier Jean-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dendele" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190848v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594035v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299138v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299172v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Berthonneau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871581v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871588v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871594v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01870544v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01870541v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Coz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Lhuillier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Lemouchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reboul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2764-1105" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085627v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Anani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bri&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oudeyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00212" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033638v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Birbaum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Ndiaye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hachem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l de Paolis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c00215" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04877572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sifeddine Mohamed Aouina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lapray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanthuyne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levacher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c03482" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903467v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lule Beqa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deschamps" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrio St&#233;phane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knoppe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp408455x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gelat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518226v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perrio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Winum" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687772v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538610v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538615v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160916v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Winum" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299360v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/chimie-cours-exercices-et-methodes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538621v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085636v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526021v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Harvey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sharma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687781v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606742v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526032v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593347v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593357v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593641v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593644v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Martin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martzel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593645v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160879v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299450v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594019v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299348v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02379437v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fan&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299447v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299440v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Cadard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299436v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02548597v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Cadart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299444v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299432v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738833v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Adrien" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lohier Jean-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dendele" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538216v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Harvey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538285v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594035v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299138v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02299172v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Berthonneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871588v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871581v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01871594v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01870541v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01870544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>