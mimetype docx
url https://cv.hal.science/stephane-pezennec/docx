--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -520,614 +520,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical modeling of in vitro pepsin specificity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Steven Le Feunteun</w:t>
+                <w:t xml:space="preserve">The Role of Ovotransferrin in Egg-White Antimicrobial Activity: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bonnassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130098⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (4), pp.823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10040823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03248112v1</w:t>
+                <w:t xml:space="preserve">hal-03196651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Ovotransferrin in Egg-White Antimicrobial Activity: A Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+                <w:t xml:space="preserve">Statistical modeling of in vitro pepsin specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ousmane Suwareh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Feunteun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (4), pp.823. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 362, pp.130098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods10040823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.130098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03196651v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein Transport upon Advection at the Air/Water Interface: When Charge Matters</w:t>
+                <w:t xml:space="preserve">Mixing milk, egg and plant resources to obtain safe and tasty foods with environmental and health benefits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Pasquier</w:t>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Cabane</w:t>
+                <w:t xml:space="preserve">Fanny Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37 (42), pp.12278-12289. </w:t>
+              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 108, pp.119-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.1c01591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375385v1</w:t>
+                <w:t xml:space="preserve">hal-03099687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing milk, egg and plant resources to obtain safe and tasty foods with environmental and health benefits</w:t>
+                <w:t xml:space="preserve">Protein Transport upon Advection at the Air/Water Interface: When Charge Matters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+                <w:t xml:space="preserve">Coralie Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Arvisenet</w:t>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Bouhallab</w:t>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Canon</w:t>
+                <w:t xml:space="preserve">Bernard Cabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 108, pp.119-132. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (42), pp.12278-12289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2020.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.1c01591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099687v1</w:t>
+                <w:t xml:space="preserve">hal-03375385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring the structure of casein micelles through a multifactorial approach to manipulate rennet coagulation properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lazzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jared Raynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashkan Madadlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Famelart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1466,822 +1466,822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How foam stability against drainage is affected by conditions of prior whey protein powder storage and dry-heating: A multidimensional experimental approach</w:t>
+                <w:t xml:space="preserve">The surface properties of milk fat globules govern their interactions with the caseins: Role of homogenization and pH probed by AFM force spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexia Audebert</w:t>
+                <w:t xml:space="preserve">Sameh Obeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Beaufils</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+                <w:t xml:space="preserve">Gregory Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+                <w:t xml:space="preserve">Herve Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+                <w:t xml:space="preserve">Xiaoxi Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 242, pp.153-162. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 182, pp.110363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2018.08.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2019.110363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01868078v1</w:t>
+                <w:t xml:space="preserve">hal-02215870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The surface properties of milk fat globules govern their interactions with the caseins: Role of homogenization and pH probed by AFM force spectroscopy</w:t>
+                <w:t xml:space="preserve">Soft-Matter Approaches for Controlling Food Protein Interactions and Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sameh Obeid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Francius</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxi Wu</w:t>
+                <w:t xml:space="preserve">Denis Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2019.110363⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.521-539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-food-032818-121907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02215870v1</w:t>
+                <w:t xml:space="preserve">hal-02968011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft-Matter Approaches for Controlling Food Protein Interactions and Assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interfacial properties, film dynamics and bulk rheology: A multi-scale approach to dairy protein foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Boire</w:t>
+                <w:t xml:space="preserve">Sylvie Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Renard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (1), pp.521-539. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 542, pp.222-232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1146/annurev-food-032818-121907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2019.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02968011v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial properties, film dynamics and bulk rheology: A multi-scale approach to dairy protein foams</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">How foam stability against drainage is affected by conditions of prior whey protein powder storage and dry-heating: A multidimensional experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 542, pp.222-232. </w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 242, pp.153-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2019.02.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2018.08.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014660v1</w:t>
+                <w:t xml:space="preserve">hal-01868078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteins for the future: A soft matter approach to link basic knowledge and innovative applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Said Bouhallab</w:t>
+                <w:t xml:space="preserve">Encapsulation of β-lactoglobulin within calcium carbonate microparticles and subsequent in situ fabrication of protein microparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashkan Madadlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Floury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Laure Chapeau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 46, pp.18-28. </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 84, pp.38-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.06.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.05.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608238v1</w:t>
+                <w:t xml:space="preserve">hal-01807563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulation of β-lactoglobulin within calcium carbonate microparticles and subsequent in situ fabrication of protein microparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+                <w:t xml:space="preserve">Proteins for the future: A soft matter approach to link basic knowledge and innovative applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Dupont</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Laure Chapeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 84, pp.38-46. </w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46, pp.18-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.05.054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01807563v1</w:t>
+                <w:t xml:space="preserve">hal-01608238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial activity of lysozyme isoforms: Key molecular features</w:t>
               </w:r>
@@ -2319,51 +2319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Walrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Sagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biopolymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 107 (12), pp.e23040. </w:t>
@@ -2529,363 +2529,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The structural properties of egg white gels impact the extent of in vitro protein digestion and the nature of peptides generated</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adsorption of gastric lipase onto multicomponent model lipid monolayers with phase separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bourlieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kéra Nyemb</w:t>
+                <w:t xml:space="preserve">Sophie Chever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Guérin-Dubiard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 54, pp.315-327. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143, pp.97-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.10.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2016.03.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454556v1</w:t>
+                <w:t xml:space="preserve">hal-01301356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption of gastric lipase onto multicomponent model lipid monolayers with phase separation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+                <w:t xml:space="preserve">The structural properties of egg white gels impact the extent of in vitro protein digestion and the nature of peptides generated</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kéra Nyemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Chever</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
+                <w:t xml:space="preserve">Catherine Guérin-Dubiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54, pp.315-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.10.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2016.03.032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01301356v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osmotic pressures of lysozyme solutions from gas-like to crystal states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rigault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2943,429 +2943,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moderate conformational impact of citrate on ovotransferrin considerably increases its capacity to self-assemble at the interface</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Pezennec</w:t>
+                <w:t xml:space="preserve">Structural heterogeneity of milk casein micelles: a SANS contrast variation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryvonne Pasco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
+                <w:t xml:space="preserve">Jorge Luis Ventureira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Renault</w:t>
+                <w:t xml:space="preserve">Geneviève Gésan-Guiziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lambrouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2014.09.035⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (2), pp.389-399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4sm01705f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01128555v1</w:t>
+                <w:t xml:space="preserve">hal-01209756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to : &amp;quot;Structural heterogeneity of milk casein micelles: a SANS contrast variation study&amp;quot; (vol 11, pg 389, 2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Ventureira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Gésan-Guiziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lambrouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11 (4), pp.806. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c4sm90166e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural heterogeneity of milk casein micelles: a SANS contrast variation study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+                <w:t xml:space="preserve">Moderate conformational impact of citrate on ovotransferrin considerably increases its capacity to self-assemble at the interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Luis Ventureira</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Peng Qu</w:t>
+                <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 11 (2), pp.389-399. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 437, pp.219-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4sm01705f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2014.09.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209756v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01128555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexibility and Charge of Solutes as Factors That Determine Their Diffusion in Casein Suspensions and Gels</w:t>
               </w:r>
@@ -3745,51 +3745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marieke van Audenhaege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Gésan-Guiziou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Separation and Purification Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 114, pp.73-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3963,622 +3963,622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On how k-casein affects the interactions between the heat-induced whey protein/k-casein complexes and the casein micelles during the acid gelation of skim milk</w:t>
+                <w:t xml:space="preserve">Succinimidyl residue formation in hen egg-white lysozyme favors the formation of intermolecular covalent bonds without affecting its tertiary structure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Morand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Famelart</w:t>
+                <w:t xml:space="preserve">Y. Desfougeres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Nau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.01.012⟩</w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (1), pp.156-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/bm101089g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454176v1</w:t>
+                <w:t xml:space="preserve">hal-00729259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succinimidyl residue formation in hen egg-white lysozyme favors the formation of intermolecular covalent bonds without affecting its tertiary structure.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On how k-casein affects the interactions between the heat-induced whey protein/k-casein complexes and the casein micelles during the acid gelation of skim milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Pezennec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francoise Nau</w:t>
+                <w:t xml:space="preserve">Marion Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Famelart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (9), pp.670-678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2011.01.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/bm101089g⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00729259v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected differences in the behavior of ovotransferrin at the air-water interface at pH 6.5 and 8.0.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strong improvement of interfacial properties can result from slight structural modifications of proteins: the case of native and dry-heated lysozyme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Pézolet</w:t>
+                <w:t xml:space="preserve">Yann Desfougères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Rioux-Dubé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Renault</w:t>
+                <w:t xml:space="preserve">Anniina Salonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Vié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2011.01.073⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (24), pp.14947-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la203485y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00711895v1</w:t>
+                <w:t xml:space="preserve">hal-00685099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong improvement of interfacial properties can result from slight structural modifications of proteins: the case of native and dry-heated lysozyme.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unexpected differences in the behavior of ovotransferrin at the air-water interface at pH 6.5 and 8.0.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Desfougères</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+                <w:t xml:space="preserve">Michel Pézolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anniina Salonen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Beaufils</w:t>
+                <w:t xml:space="preserve">Jean-François Rioux-Dubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 356 (2), pp.614-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2011.01.073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la203485y⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00685099v1</w:t>
+                <w:t xml:space="preserve">hal-00711895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein molecule stratification inside a single curved film: Evidence from X-ray scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janine Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4668,77 +4668,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marieke van Audenhaege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Belmejdoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chalvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 93 (9), pp.3910-3924. </w:t>
@@ -4776,103 +4776,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential adsorption of egg-white proteins at the air-water interface suggests a stratified organization of the interfacial film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pézolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (4), pp.275-284. </w:t>
@@ -4916,389 +4916,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergy between ovalbumin and lysozyme leads to non-additive interfacial and foaming properties of mixtures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Surface properties and conformation of Nephila clavipes spider recombinant silk proteins at the air-water interface.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rioux-Dubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beaufils</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 23 (2), pp.352-365. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (14), pp.8170-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2008.01.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/la900475q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00663172v1</w:t>
+                <w:t xml:space="preserve">hal-00662876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface properties and conformation of Nephila clavipes spider recombinant silk proteins at the air-water interface.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Synergy between ovalbumin and lysozyme leads to non-additive interfacial and foaming properties of mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Desbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 23 (2), pp.352-365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2008.01.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la900475q⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00662876v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00663172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dry-heating makes hen egg white lysozyme an efficient foaming agent and enables its bulk aggregation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Desfougeres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Artzner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Nau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 56 (13), pp.5120-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5344,103 +5344,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dry-heating makes hen egg white lysozyme an efficient foaming agent and enables its bulk aggregation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Desfougères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Artzner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Nau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 56 (13), pp.5120-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5486,103 +5486,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial properties of heat-treated ovalbumin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 315 (2), pp.627-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5628,90 +5628,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial and foaming properties of sulfydryl-modified bovine β-lactoglobulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 302 (1), pp.32-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5757,103 +5757,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for synergy in the denaturation at the air-water interface of ovalbumine, ovotransferrin and lysozyme in ternary mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Guérin-Dubiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryvonne Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 92 (1), pp.79-87. </w:t>
@@ -5942,51 +5942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Tomazewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Dairy Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 14 (4), pp.313-321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6014,372 +6014,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02263102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovalbumin, Ovotransferrin, Lysozyme: Three Model Proteins for Structural Modifications at the Air−Water Interface</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of rheological properties of acid gels made from heated casein combined with β-lactoglobulin or egg ovalbumin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Famelart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Tomazewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 51 (21), pp.6354-6361. </w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 13 (2-3), pp.123-134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jf034184n⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0958-6946(02)00176-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01347886v1</w:t>
+                <w:t xml:space="preserve">hal-02263103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of rheological properties of acid gels made from heated casein combined with β-lactoglobulin or egg ovalbumin</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ovalbumin, Ovotransferrin, Lysozyme: Three Model Proteins for Structural Modifications at the Air−Water Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guérin-Dubiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 51 (21), pp.6354-6361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf034184n⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0958-6946(02)00176-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02263103v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01347886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Rheological Properties of Native and S-Ovalbumin Are Correlated with the Development of an Intermolecular β-Sheet Network at the Air−Water Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Desbat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 18 (18), pp.6887-6895. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6425,51 +6425,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-step chromatographic procedure for the preparation of hen egg white ovotransferrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6598,51 +6598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Graner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 14, pp.463-472</w:t>
@@ -6723,51 +6723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 881, pp.1-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6792,51 +6792,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple rapid procedure for preparation of large quantities of ovalbumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7008,51 +7008,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of ATP hydrolysis by the F1-ATPase from Bacillus PS3: a reappraisal of the effects of ATP and Mg2+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7136,475 +7136,475 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Interaction of Tentoxin with CF1 and CF1-e Isolated from Spinach Chloroplast</w:t>
+                <w:t xml:space="preserve">The role of Mg2+ in the hydrolytic activity of the isolated chloroplast ATPase: Study by high-performance liquid chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingo Dahse</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Gerard Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bioenergetics and Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 26 (3), pp.335-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/bf00763105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0176-1617(11)81147-8⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913814v1</w:t>
+                <w:t xml:space="preserve">hal-02913817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of Mg2+ in the hydrolytic activity of the isolated chloroplast ATPase: Study by high-performance liquid chromatography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berger</w:t>
+                <w:t xml:space="preserve">The prokaryotic thermophilic TF 1 -ATPase is functionally compatible with the eukaryotic CF o -part of the chloroplast ATP-synthase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Galmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongbao Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmund Baeuerlein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bioenergetics and Biomembranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/bf00763105⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 338 (2), pp.152-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0014-5793(94)80354-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02913817v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The prokaryotic thermophilic TF 1 -ATPase is functionally compatible with the eukaryotic CF o -part of the chloroplast ATP-synthase</w:t>
+                <w:t xml:space="preserve">The Interaction of Tentoxin with CF1 and CF1-e Isolated from Spinach Chloroplast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Michel Galmiche</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Ingo Dahse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rongbao Zhao</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 143 (6), pp.615-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0176-1617(11)81147-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0014-5793(94)80354-4⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913820v1</w:t>
+                <w:t xml:space="preserve">hal-02913814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural changes of CF1-ATPase in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Calmettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7689,51 +7689,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rieske FeS center from the gram-positive bacterium PS3 and its interaction with the menaquinone pool studied by EPR.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Liebl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Riedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7981,51 +7981,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D5446427"/>
+    <w:nsid w:val="3810B139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8212,51 +8212,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-pezennec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1265-8048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129445924" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/209073717" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05488556v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Famelart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sevrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.5c01081" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04630049v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Suwareh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140260" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03248112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130098" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196651v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Legros" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bonnassie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10040823" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03375385v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Pasquier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cabane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier-Datin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01591" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099687v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.12.010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02373068v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lazzaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Raynes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick Williams" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Ong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105414" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317186v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkan Madadlou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.104556" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02444026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Mahdoueni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gicquel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.12.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868078v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Audebert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufils" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.08.029" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02215870v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Obeid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Guillemin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Wu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110363" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968011v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-032818-121907" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014660v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2019.02.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chapeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.06.012" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807563v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.05.054" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593208v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Derde" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Walrant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sagan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.23040" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454658v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Norwood" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pezennec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Burgain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schuck" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2016.10.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454556v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;ra Nyemb" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Dubiard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.10.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBW7N5ZW-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01301356v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chever" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.03.032" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397941v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasquier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rigault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabane" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp03867k" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128555v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Pasco" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Renault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.09.035" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209856v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ventureira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lambrouin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Qu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm90166e" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ventureira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm01705f" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209860v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Valle Costa Silva" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02401" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209795v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de La Chevasnerie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sams" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2015.03.001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Lacou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#234;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.10.052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209423v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke van Audenhaege" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2013.04.038" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1FHW6Q2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209302v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mekmene" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rouillon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quillard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pilet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bouler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029912000076" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454176v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Morand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.01.012" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MGMWTCK9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729259v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desfougeres" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pezennec" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm101089g" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711895v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#233;zolet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rioux-Dub&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2011.01.073" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZPW51G0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685099v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desfoug&#232;res" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniina Salonen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vi&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la203485y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714114v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Emile" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Robert" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06010d" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918403v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belmejdoub" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalvin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2995" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657917v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2009.10.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC1TJ7WT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663172v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desbat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2008.01.007" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGZ3QH7F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662876v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;vre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la900475q" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729852v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desfougeres" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Artzner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf703715j" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1MCT2XNR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672337v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907909v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Dubois" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.07.041" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T59BCPM8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453939v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.06.061" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-82BGC7R7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453954v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2004.07.006" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WR1ZLQS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263102v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Tomazewski" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2003.10.009" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347886v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf034184n" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CHZ8B4FJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263103v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0958-6946(02)00176-0" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913795v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gauthier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la0257586" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MQKXFPFR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672654v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brul&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694337v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Graner" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686136v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Leonil" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686134v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688572v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berger" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Zimmermann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913802v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrianambinintsoa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radziszewski" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Girault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0005-2728(95)00071-p" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Dahse" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Andr&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0176-1617(11)81147-8" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9575G4X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913817v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galmiche" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00763105" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-KMRJ47GS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913820v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Galmiche" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongbao Zhao" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Baeuerlein" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(94)80354-4" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913837v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calmettes" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berger" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4526(92)90460-a" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNG2R04L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913833v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Liebl" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riedel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kellner" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nitschke" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810931v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-pezennec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1265-8048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129445924" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/209073717" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05488556v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Famelart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sevrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.5c01081" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04630049v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Suwareh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140260" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196651v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Legros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bonnassie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10040823" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03248112v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130098" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099687v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Arvisenet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2020.12.010" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03375385v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Pasquier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cabane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier-Datin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01591" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02373068v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lazzaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Raynes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick Williams" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Ong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105414" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317186v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashkan Madadlou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.104556" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02444026v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Mahdoueni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gicquel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.12.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02215870v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Obeid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Guillemin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Wu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110363" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968011v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-032818-121907" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014660v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Audebert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufils" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2019.02.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868078v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2018.08.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807563v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.05.054" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608238v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chapeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.06.012" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593208v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Derde" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Walrant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sagan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.23040" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454658v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Norwood" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pezennec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Burgain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schuck" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2016.10.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01301356v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chever" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.03.032" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454556v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;ra Nyemb" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Dubiard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.10.011" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBW7N5ZW-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397941v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasquier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rigault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabane" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp03867k" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209756v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ventureira" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G&#233;san-Guiziou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lambrouin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Qu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm01705f" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209856v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ventureira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm90166e" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128555v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Pasco" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Renault" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.09.035" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209860v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Valle Costa Silva" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b02401" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209795v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de La Chevasnerie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sams" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2015.03.001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Lacou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#234;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.10.052" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209423v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke van Audenhaege" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2013.04.038" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1FHW6Q2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209302v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mekmene" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rouillon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quillard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pilet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bouler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029912000076" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729259v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desfougeres" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pezennec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm101089g" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454176v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Morand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2011.01.012" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MGMWTCK9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685099v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desfoug&#232;res" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniina Salonen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vi&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la203485y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711895v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel P&#233;zolet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rioux-Dub&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2011.01.073" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZPW51G0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714114v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Emile" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Robert" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1sm06010d" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918403v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belmejdoub" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalvin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2995" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657917v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2009.10.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC1TJ7WT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662876v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;vre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la900475q" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663172v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desbat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2008.01.007" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGZ3QH7F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729852v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desfougeres" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Artzner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf703715j" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1MCT2XNR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672337v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907909v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Dubois" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.07.041" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T59BCPM8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453939v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.06.061" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-82BGC7R7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453954v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2004.07.006" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WR1ZLQS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263102v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Tomazewski" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2003.10.009" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263103v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0958-6946(02)00176-0" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347886v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf034184n" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-CHZ8B4FJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913795v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gauthier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la0257586" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MQKXFPFR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672654v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brul&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694337v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gauthier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Graner" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686136v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Leonil" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686134v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688572v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berger" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Zimmermann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913802v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrianambinintsoa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Radziszewski" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Girault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0005-2728(95)00071-p" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913817v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galmiche" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf00763105" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-KMRJ47GS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913820v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Galmiche" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongbao Zhao" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Baeuerlein" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(94)80354-4" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913814v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Dahse" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Andr&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0176-1617(11)81147-8" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9575G4X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913837v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calmettes" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berger" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4526(92)90460-a" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNG2R04L-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913833v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Liebl" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riedel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kellner" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nitschke" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02810931v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>