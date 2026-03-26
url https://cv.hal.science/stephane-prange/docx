--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,827 +234,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05514260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Brain Stimulation in Classical Galactosemia: A Case‐Report</w:t>
+                <w:t xml:space="preserve">Serotonergic cortico-limbic and executive network dysfunction in Parkinson’s disease impulse control disorders: a PET-fMRI study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Billet</w:t>
+                <w:t xml:space="preserve">Damiano Terenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emile Simon</w:t>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Laurencin</w:t>
+                <w:t xml:space="preserve">Franck Lamberton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adelaide Jaulent</w:t>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Jaulent</w:t>
+                <w:t xml:space="preserve">Marine Huddlestone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Npj Parkinson's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mdc3.70180⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41531-026-01294-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05133213v1</w:t>
+                <w:t xml:space="preserve">hal-05549667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect on Dyskinesia of the Early Combination of Amantadine to Levodopa‐Therapy in Parkinson's Disease: A Randomized, Placebo‐Controlled Study ( PREMANDYSK )</w:t>
+                <w:t xml:space="preserve">Deep Brain Stimulation in Classical Galactosemia: A Case‐Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Rascol</w:t>
+                <w:t xml:space="preserve">Nolwenn Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Ory-Magne</w:t>
+                <w:t xml:space="preserve">Emile Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wassilios Meissner</w:t>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Maltête</w:t>
+                <w:t xml:space="preserve">Adelaide Jaulent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Defebvre</w:t>
+                <w:t xml:space="preserve">Paul Jaulent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
+              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mds.70120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mdc3.70180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05484091v1</w:t>
+                <w:t xml:space="preserve">hal-05133213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serotonergic dysfunction in patients with impulse control disorders in Parkinson’s disease</w:t>
+                <w:t xml:space="preserve">Effect on Dyskinesia of the Early Combination of Amantadine to Levodopa‐Therapy in Parkinson's Disease: A Randomized, Placebo‐Controlled Study ( PREMANDYSK )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Prange</w:t>
+                <w:t xml:space="preserve">Olivier Rascol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Metereau</w:t>
+                <w:t xml:space="preserve">Fabienne Ory-Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Klinger</w:t>
+                <w:t xml:space="preserve">Wassilios Meissner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Huddlestone</w:t>
+                <w:t xml:space="preserve">David Maltête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melinda de Oliveira</w:t>
+                <w:t xml:space="preserve">Luc Defebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Movement Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awaf087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mds.70120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993678v1</w:t>
+                <w:t xml:space="preserve">hal-05484091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serotonergic dysfunction in patients with impulse control disorders in Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Metereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Huddlestone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melinda de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 148 (6), pp.2108 - 2121. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/brain/awaf087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410310v1</w:t>
+                <w:t xml:space="preserve">hal-04993678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillain-Barré syndrome following subthalamic nucleus – Deep Brain Stimulation in Parkinson's disease: A case report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Serotonergic dysfunction in patients with impulse control disorders in Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Prange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Huddlestone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Theuriet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+                <w:t xml:space="preserve">Melinda de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2023.09.002⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 148 (6), pp.2108 - 2121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awaf087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04929024v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSP‐Richardson 's Syndrome as a Rare Phenotypic Expression of Very Late‐Onset Huntington's Disease: A Case Report</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chloé Laurencin</w:t>
+                <w:t xml:space="preserve">Guillain-Barré syndrome following subthalamic nucleus – Deep Brain Stimulation in Parkinson's disease: A case report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theuriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aguesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bouhour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Roche</w:t>
+                <w:t xml:space="preserve">L. Jomir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Quadrio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Thobois</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (3), pp.303-305. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 180 (5), pp.459-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mdc3.13943⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2023.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801803v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural underpinnings and long-term effects of resilience in Parkinson’s disease</w:t>
               </w:r>
@@ -1066,51 +1070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verena Dzialas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merle Hoenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bischof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1302,2172 +1306,2302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Globus Pallidus Lesion With Iron Deposition and Dopaminergic Denervation in a Patient With a Pathogenic SLC6A1 Variant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PSP‐Richardson 's Syndrome as a Rare Phenotypic Expression of Very Late‐Onset Huntington's Disease: A Case Report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Prange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoire Leclert</w:t>
+                <w:t xml:space="preserve">Pauline Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloe Laurencin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Quadrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/NXG.0000000000200136⟩</w:t>
+              <w:t xml:space="preserve">Movement Disorders Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (3), pp.303-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mdc3.13943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928946v1</w:t>
+                <w:t xml:space="preserve">hal-04801803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amantadine use in the French prospective NS-Park cohort</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Globus Pallidus Lesion With Iron Deposition and Dopaminergic Denervation in a Patient With a Pathogenic SLC6A1 Variant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoire Leclert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ameli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margherita Fabbri</w:t>
+                <w:t xml:space="preserve">Marc Hermier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florence Tubach</w:t>
+                <w:t xml:space="preserve">Anthime Flaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neural Transmission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00702-024-02772-4⟩</w:t>
+              <w:t xml:space="preserve">Neurology Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (2), pp.799-811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/NXG.0000000000200136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04575054v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational and cognitive predictors of apathy after subthalamic nucleus stimulation in Parkinson’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amantadine use in the French prospective NS-Park cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Corvol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Béreau</w:t>
+                <w:t xml:space="preserve">Agnès Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Kibleur</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kathy Dujardin</w:t>
+                <w:t xml:space="preserve">Florence Tubach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awad324⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neural Transmission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00702-024-02772-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239475v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging of impulse control disorders in Parkinson's disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Prange</w:t>
+                <w:t xml:space="preserve">Motivational and cognitive predictors of apathy after subthalamic nucleus stimulation in Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Béreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Kibleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Servant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thobois</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gautier Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathy Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.09.004⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 147 (2), pp.472-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awad324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807585v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and safety of clonidine for the treatment of impulse control disorder in Parkinson’s disease: a multicenter, parallel, randomised, double-blind, Phase 2b Clinical trial</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noémie Timestit</w:t>
+                <w:t xml:space="preserve">Imaging of impulse control disorders in Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Marques</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Thobois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00415-023-11814-y⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274916v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noninvasive electrical stimulation for psychiatric care in Down syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficacy and safety of clonidine for the treatment of impulse control disorder in Parkinson’s disease: a multicenter, parallel, randomised, double-blind, Phase 2b Clinical trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Timestit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Brunelin</w:t>
+                <w:t xml:space="preserve">Domitille Dilly Duchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondine Adam</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Elodie Zante</w:t>
+                <w:t xml:space="preserve">Caroline Giordana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Stimulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brs.2022.04.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 270, pp.4851 - 4859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00415-023-11814-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863109v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depression in Patients with Parkinson’s Disease: Current Understanding of its Neurobiology and Implications for Treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Noninvasive electrical stimulation for psychiatric care in Down syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Brunelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ondine Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Zante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drugs and Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40266-022-00942-1⟩</w:t>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (3), pp.678-679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2022.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944896v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limbic Stimulation Drives Mania in STN-DBS in Parkinson Disease: A Prospective Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Depression in Patients with Parkinson’s Disease: Current Understanding of its Neurobiology and Implications for Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zhengyu Lin</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikail Nourredine</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Teodor Danaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 92 (3), pp.411-417. </w:t>
+              <w:t xml:space="preserve">Drugs and Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (6), pp.417-439. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ana.26434⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40266-022-00942-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222081v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limbic Serotonergic Plasticity Contributes to the Compensation of Apathy in Early Parkinson's Disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Limbic Stimulation Drives Mania in STN-DBS in Parkinson Disease: A Prospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Maillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Klinger</w:t>
+                <w:t xml:space="preserve">Zhengyu Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Schmitt</w:t>
+                <w:t xml:space="preserve">Mikail Nourredine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Danaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37 (6), pp.1211-1221. </w:t>
+              <w:t xml:space="preserve">Annals of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 92 (3), pp.411-417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mds.28971⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ana.26434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874047v1</w:t>
+                <w:t xml:space="preserve">hal-04222081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serotonergic and Dopaminergic Lesions Underlying Parkinsonian Neuropsychiatric Signs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Limbic Serotonergic Plasticity Contributes to the Compensation of Apathy in Early Parkinson's Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Prange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elise Météreau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léon Tremblay</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Klinger</w:t>
+                <w:t xml:space="preserve">Emmanuelle Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 36 (12), pp.2888-2900. </w:t>
+              <w:t xml:space="preserve">, 2022, 37 (6), pp.1211-1221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mds.28722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mds.28971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874053v1</w:t>
+                <w:t xml:space="preserve">hal-03874047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l’imagerie cérébrale dans notre pratique face à un syndrome parkinsonien</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Serotonergic and Dopaminergic Lesions Underlying Parkinsonian Neuropsychiatric Signs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Météreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratique Neurologique - FMC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.praneu.2020.01.001⟩</w:t>
+              <w:t xml:space="preserve">Movement Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (12), pp.2888-2900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mds.28722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03489628v1</w:t>
+                <w:t xml:space="preserve">hal-03874053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Imaging in Parkinson’s Disease: New Developments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+                <w:t xml:space="preserve">Utilisation de l’imagerie cérébrale dans notre pratique face à un syndrome parkinsonien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Prange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Thobois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Neurology and Neuroscience Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11910-019-0964-5⟩</w:t>
+              <w:t xml:space="preserve">Pratique Neurologique - FMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.135 - 141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.praneu.2020.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04566451v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What a neurologist should know about PET and SPECT functional imaging for parkinsonism: A practical perspective</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Early limbic microstructural alterations in apathy and depression in de novo Parkinson's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Lhommée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Klinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2018.08.016⟩</w:t>
+              <w:t xml:space="preserve">Movement Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (11), pp.1644-1654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mds.27793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03485078v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early limbic microstructural alterations in apathy and depression in de novo Parkinson's disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">What a neurologist should know about PET and SPECT functional imaging for parkinsonism: A practical perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Scheiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Broussolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mds.27793⟩</w:t>
+              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59, pp.93 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2018.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03075321v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age and time course of long-term motor and nonmotor complications in Parkinson disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Structural Imaging in Parkinson’s Disease: New Developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Metereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Thobois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Neurology and Neuroscience Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (8), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11910-019-0964-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000006737⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04151943v1</w:t>
+                <w:t xml:space="preserve">hal-04566451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical crossroads in the conceptual delineation of apathy in Parkinson’s disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Age and time course of long-term motor and nonmotor complications in Parkinson disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Javier Pagonabarraga</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Danaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Krack</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Sgambato</w:t>
+                <w:t xml:space="preserve">Catherine Caire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Metereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awx362⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 92 (2), pp.e148-e160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000006737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845263v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Historical crossroads in the conceptual delineation of apathy in Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Prange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Pagonabarraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Krack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Kulisevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sgambato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 141 (2), pp.613 - 619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awx362⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Imaging the Etiology of Apathy, Anxiety, and Depression in Parkinson’s Disease: Implication for Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Thobois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Prange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sgambato-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Broussolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Neurology and Neuroscience Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (10), pp.76. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11910-017-0788-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId134"/>
+      <w:footerReference w:type="default" r:id="rId138"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3614,51 +3748,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514260v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desnoyers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonjour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metereau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Danaila" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurencin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2026.01.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133213v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Billet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Simon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laurencin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Jaulent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jaulent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.70180" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05484091v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ory-Magne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassilios Meissner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malt&#234;te" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.70120" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993678v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Metereau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klinger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huddlestone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda de Oliveira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf087" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410310v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929024v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theuriet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aguesse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouhour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jomir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thobois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.09.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801803v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quadrio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.13943" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928890v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Dzialas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle Hoenig" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bischof" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Drzezga" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-024-00699-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807605v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dib" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Polo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prange" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-024-12482-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928946v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Leclert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Laurencin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ameli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000200136" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Fabbri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sommet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tubach" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-024-02772-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04239475v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu B&#233;reau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Kibleur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Servant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awad324" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807585v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thobois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.09.004" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274916v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Timestit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marques" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Dilly Duchez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giordana" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11814-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863109v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brunelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Adam" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Zante" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.04.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944896v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Danaila" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40266-022-00942-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222081v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyu Lin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikail Nourredine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.26434" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874047v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Schmitt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28971" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874053v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#233;t&#233;reau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28722" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489628v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.praneu.2020.01.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566451v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11910-019-0964-5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485078v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Scheiber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Broussolle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2018.08.016" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075321v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Lhomm&#233;e" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27793" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151943v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Caire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000006737" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845263v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pagonabarraga" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Krack" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Kulisevsky" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx362" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845250v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Thobois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Prange" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11910-017-0788-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514260v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desnoyers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonjour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metereau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Danaila" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurencin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2026.01.006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiano Terenzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Metereau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lamberton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huddlestone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-026-01294-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133213v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Billet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Simon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laurencin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Jaulent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jaulent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.70180" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05484091v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rascol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ory-Magne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassilios Meissner" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malt&#234;te" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.70120" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993678v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Prange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda de Oliveira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf087" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410310v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929024v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theuriet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aguesse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouhour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jomir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thobois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.09.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928890v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Dzialas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merle Hoenig" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bischof" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Drzezga" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-024-00699-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807605v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dib" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Polo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prange" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-024-12482-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801803v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quadrio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mdc3.13943" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Leclert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Laurencin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ameli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXG.0000000000200136" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Fabbri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sommet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Tubach" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-024-02772-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04239475v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu B&#233;reau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Kibleur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Servant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awad324" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807585v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thobois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.09.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274916v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Timestit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marques" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Dilly Duchez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giordana" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11814-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863109v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brunelin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Adam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Zante" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2022.04.012" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944896v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Danaila" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40266-022-00942-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222081v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyu Lin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikail Nourredine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.26434" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874047v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maillet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Schmitt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28971" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874053v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#233;t&#233;reau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.28722" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489628v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.praneu.2020.01.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075321v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Lhomm&#233;e" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27793" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485078v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Scheiber" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Broussolle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2018.08.016" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566451v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11910-019-0964-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151943v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Caire" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000006737" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845263v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pagonabarraga" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Krack" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Kulisevsky" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx362" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845250v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Thobois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Prange" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11910-017-0788-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>