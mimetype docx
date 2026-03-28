--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -671,293 +671,293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le principe de lésion. Le discours politique et moral de Sade à la lumière de Montesquieu et de Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La logique parasitaire de Jean-François Rameau. Économie, morale et politique dans Le Neveu de Rameau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 54, pp.21-46. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rde.6199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rde.6199⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-04194386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« A L'ombre du grand Colbert. Quand l'architecture dialogue avec la politique »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diderot Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, tome XXXVI</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le principe de lésion. Le discours politique et moral de Sade à la lumière de Montesquieu et de Rousseau</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le principe de lésion. Le discours politique et moral de Sade à la lumière de Montesquieu et de Rousseau »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 46</w:t>
-[...136 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2019, n° 46 (Sade, roman et philosophie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1185,523 +1185,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépense productive dépense improductive dans l'oeuvre de Sade</w:t>
+                <w:t xml:space="preserve">« Dépense productive et dépense improductive dans l’œuvre de Sade »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cadernos de Ética e Filosofia Política</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépense productive dépense improductive dans l'oeuvre de Sade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cadernos de Ética e Filosofia Política</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2015, 26, pp. 240-257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau et la parole publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rue Descartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Lumières européennes, Lumières chinoises, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.084.0110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdes.084.0110⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01464624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Histoire de Jenni ou la conversion des Gentils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Voltaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« On ne meurt que deux fois. Ou quand la fiction devient réalité »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Voltaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, n°12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : Franck Salaün, Le langage politique de Diderot, Paris, Hermann, 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diderot ou la pensée nomade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discurso. Revista do Departamento de Filosofia da Universidade de Sao Paulo </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464622v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05129569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auctoritas, auteur et autorité chez Diderot. A propos de quelques épigraphes</w:t>
               </w:r>
@@ -1940,174 +1940,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment peut-on être philosophe... au Brésil ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, ''Philosopher au Brésil aujourd'hui'' (76), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.076.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Voltaire et la question du scepticisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Voltaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11, pp.104-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464633v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-01464639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mot ancien pour une idée nouvelle. Voltaire et le concept de &amp;quot;génocide</w:t>
               </w:r>
@@ -2225,247 +2225,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un mythe libéral, une invention des Lumières: le commerce comme remède à la guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lumen : Selected Proceedings from the Canadian Society for Eighteenth-Century Studies Lumen / Travaux choisis de la Société canadienne d'étude du dix-huitième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30, pp.113-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1007719ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : Franck Salaün, Le genou de Jacques. Singularités et théorie du moi dans l’œuvre de Diderot, Paris, éditions Hermann, collection &amp;quot;Fictions pensantes&amp;quot;, 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.244-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Quand le substantif n’est rien et l’adjectif est tout. Inversions et retournements dans l’écriture philosophique de Diderot »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sur Diderot et sur l'Encyclopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, n° 46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129540v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-02486196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : Apprendre à porter sa vue au loin. Hommage à Michèle Duchet. Textes réunis par Sylviane Albertan-Coppola, Paris, ENS éditions, 2009</w:t>
               </w:r>
@@ -3409,598 +3409,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Femmes artistes à l’âge classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 329 p., 2021, 978-2-406-11041-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11041-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Morale et Science des moeurs dans l'Encyclopédie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Champion, 469 p., 2021, 9782745355669</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes artistes à l'âge classique : arts du dessin-peinture, sculpture, gravure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wald Lasowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 329 p., 2021, Rencontres (Éd. Classiques Garnier), ISSN 2103-5636 ; 498 / Série Le Dix-huitième siècle, ISSN 2260-7536 ; 36, 978-2-406-11039-2. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...28 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11041-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morale et science des mœurs dans l'&amp;quot;Encyclopédie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voltaire philosophe. Regards croisés : textes réunis par Sébastien Charles et Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...45 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pujol, Stéphane; Charles, Sébastien. Centre international d'étude du XVIIIe siècle, 76, 2017, Rue Descartes</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le philosophe et l'original : étude du &amp;quot;Neveu de Rameau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rouen et du Havre, 2016, 979-10-240-0803-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.purh.2965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Pujol, Stéphane; Charles, Sébastien. Centre international d'étude du XVIIIe siècle, 76, 2017, Rue Descartes</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dialogue d’idées au 18e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Studies on Voltaire and Eighteenth Century, Oxford, Voltaire Foundation, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...59 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dialogue d’idées au dix-huitième siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Studies on Voltaire and Eighteenth Century, Oxford, Voltaire Foundation, 2005</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129638v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02486156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raison universelle et conscience nationale au siècle des Lumières,</w:t>
               </w:r>
@@ -4350,319 +4350,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« La Satire contre le luxe de Diderot ou le risque du contresens »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elise Pavy-guilbert, Françoise Poulet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contre le luxe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Garnier, 2020, 2406105032</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’injure faite à Dieu selon Diderot »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boris Klein, Philippe Martin et Sébastien Roman. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe des superstitions. Une anthologie : XVIe - XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERF, 2020, 9782204141727</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Une injure faite à Dieu ? Quand Diderot réécrit Plutarque »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boris Klein, Philippe Martin, Sébastien Roman,. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Europe des superstitions. Une anthologie : XVIe-XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerf, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« “Un petit garçon fort gentil mais boiteux ”. La morale de Jean-Jacques à l’épreuve du don »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thierry Belleguic, Philip Knee. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sentiment de l'existence. Lectures des Rêveries du promeneur solitaire de Rousseau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, 2020, 9791037007025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903686v1</w:t>
-              </w:r>
-[...217 lines deleted...]
-                <w:t xml:space="preserve">hal-04903633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une injure faite à Dieu ? Quand Diderot réécrit Plutarque (1746)</w:t>
               </w:r>
@@ -4793,169 +4793,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La logique des échanges dans l'&amp;quot;Histoire des deux Indes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raynal's Histoire des deux Indes : Colonial Writing, Cultural Exchange and Social Networks in the Age of the Enlightenment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Voltaire Foundation, 2015, Studies on Voltaire and the Eighteenth Century</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jaucourt, la morale et l'Encyclopédie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Barroux, Gilles; Pépin, François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le chevalier de Jaucourt: l'homme aux dix-sept mille articles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Diderot, 2015, L'Atelier, 978-2-9520898-9-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464623v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01464619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La morale des Lumières et l’Encyclopédie » (Статус морали в « Энциклопедии)</w:t>
               </w:r>
@@ -6722,51 +6722,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plh.univ-tlse2.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128537v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pujol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194400v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2263-7664/3970" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194374v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194397v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194396v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194394v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.6997" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194386v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.6199" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194387v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903652v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480271v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/ds-20626" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464615v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2454" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464617v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486082v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464624v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.084.0110" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464620v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129553v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464621v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464622v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129569v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02096228v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dumesnil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Magnan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464637v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464633v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464639v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.076.0001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464636v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464640v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129540v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1007719ar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464642v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128840v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03426346v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128785v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128778v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128772v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128767v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128743v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716198v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot-Ogilvy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128682v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Leborgne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522308v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wald Lasowski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194369v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194371v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11041-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240463v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/femmes-artistes-a-l-age-classique-arts-du-dessin-peinture-sculpture-gravure.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464613v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464614v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464616v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.2965" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129638v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486156v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128670v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bell" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pimenova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://978-2-7453-0033-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716170v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belleguic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Knee" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903686v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903671v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128701v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903633v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194383v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194377v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.march.2017.01.0099" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464623v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464619v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464618v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129562v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464625v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464630v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-4810-1_13" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/D9H-MF51GJDW-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464635v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4111-0.p.0189" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129531v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486178v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128849v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128828v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128822v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128809v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128800v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128696v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128761v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128755v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128734v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128712v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486101v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486792v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486002v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486188v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plh.univ-tlse2.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128537v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pujol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194400v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2263-7664/3970" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194374v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194397v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194396v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194394v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.6997" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194387v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194386v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.6199" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903652v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480271v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/ds-20626" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464615v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cultura.2454" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464617v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129569v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486082v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.084.0110" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464620v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129553v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464621v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464622v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02096228v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dumesnil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Magnan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464637v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464639v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.076.0001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464636v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486196v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1007719ar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464640v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464642v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128840v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03426346v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128785v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128778v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128772v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128767v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128743v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716198v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Magnot-Ogilvy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128682v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Leborgne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522308v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wald Lasowski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194371v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11041-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194369v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240463v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/femmes-artistes-a-l-age-classique-arts-du-dessin-peinture-sculpture-gravure.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464613v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464614v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464616v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.2965" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486156v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129638v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128670v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bell" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pimenova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://978-2-7453-0033-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716170v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belleguic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Knee" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903671v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903633v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128701v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194383v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194377v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.march.2017.01.0099" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464619v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464623v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464618v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129562v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464625v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464630v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-4810-1_13" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/D9H-MF51GJDW-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01464635v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4111-0.p.0189" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129531v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486178v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128849v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128828v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128822v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128809v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128800v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128696v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128761v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128755v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128734v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128712v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486101v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486792v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486002v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486188v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>