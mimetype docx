--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -704,546 +704,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05174347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic properties for a wide range of undisturbed and compacted French forest soils: in situ measurements and estimation with the BEST method</w:t>
+                <w:t xml:space="preserve">Assessing the Hydrological Impact of Gravity‐Fed Irrigation on Groundwater Recharge Using Long‐Term Isotope Monitoring and Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Chanzy</w:t>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+                <w:t xml:space="preserve">Franck Tison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Legout</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noémie Pousse</w:t>
+                <w:t xml:space="preserve">Julien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milanka Babic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13595-024-01262-7⟩</w:t>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.70022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792781v1</w:t>
+                <w:t xml:space="preserve">hal-04842793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utiliser les racines pour moduler les impacts des déficits en eau et améliorer la gestion de l’eau dans les agrosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Bérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Anticiper pour mieux planifier : quelle demande en eau pour quelle agriculture demain ?, 45, pp.8144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/Revue-SET.2024.45.8144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Hydrological Impact of Gravity‐Fed Irrigation on Groundwater Recharge Using Long‐Term Isotope Monitoring and Modelling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization and prediction of hydraulic properties of traffic-compacted forest soils based on soil information and traffic treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Tison</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Doussan</w:t>
+                <w:t xml:space="preserve">Manon Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Dupont</w:t>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milanka Babic</w:t>
+                <w:t xml:space="preserve">Arnaud Legout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38 (12), </w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81 (1), pp.47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hyp.70022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13595-024-01265-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842793v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and prediction of hydraulic properties of traffic-compacted forest soils based on soil information and traffic treatments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Hydraulic properties for a wide range of undisturbed and compacted French forest soils: in situ measurements and estimation with the BEST method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lassabatere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Legout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Pousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 81 (1), pp.47. </w:t>
+              <w:t xml:space="preserve">, 2024, 81 (1), pp.48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13595-024-01265-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13595-024-01262-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792696v1</w:t>
+                <w:t xml:space="preserve">hal-04792781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil transfer impacts restored soil profiles and hydrodynamic properties</w:t>
               </w:r>
@@ -1474,295 +1474,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing soil water content variation in a small mountainous catchment over different time scales and land covers using geographical variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new kinematic–dispersive wave van Genuchten (KDW-VG) model for numerical simulation of preferential water flow in soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Moradzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Mallet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Marc</w:t>
+                <w:t xml:space="preserve">Saeed Boroomandnasab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadi Moazed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+                <w:t xml:space="preserve">Javad Alavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rossello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Joly</w:t>
+                <w:t xml:space="preserve">Ali Jamalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 591, pp.125593. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2020.125593⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 582, pp.1-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2019.124480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02985312v1</w:t>
+                <w:t xml:space="preserve">hal-03144122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new kinematic–dispersive wave van Genuchten (KDW-VG) model for numerical simulation of preferential water flow in soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Moradzadeh</w:t>
+                <w:t xml:space="preserve">Assessing soil water content variation in a small mountainous catchment over different time scales and land covers using geographical variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saeed Boroomandnasab</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hadi Moazed</w:t>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javad Alavi</w:t>
+                <w:t xml:space="preserve">Philippe Rossello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Jamalian</w:t>
+                <w:t xml:space="preserve">Daniel Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 582, pp.1-55. </w:t>
+              <w:t xml:space="preserve">, 2020, 591, pp.125593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2019.124480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2020.125593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144122v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can structure data obtained from CT images substitute for parameters of a preferential flow model?</w:t>
               </w:r>
@@ -1986,51 +1986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de débit sur un lysimètre en milieu agricole à sol non remanié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Gaudu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2610,298 +2610,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01196254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment</w:t>
+                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Ruy</w:t>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 26 (14), pp.2171-2186. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02294345v1</w:t>
+                <w:t xml:space="preserve">hal-01336709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t>
+                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Marc</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-L. Cognard-Plancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 26 (14), pp.2171-2186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.9273⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336709v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave Imaging of Soil Water Diffusion Using the Linear Sampling Method</w:t>
               </w:r>
@@ -2998,518 +2998,518 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect on runoff of rainfall redistribution by the impluvium-shaped canopy of banana cultivated on an Andosol with a high infiltration rate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of tillage type and cropping system on earthworm communities, macroporosity and water infiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Cattan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+                <w:t xml:space="preserve">Stéphane Cadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
+                <w:t xml:space="preserve">Pierre Bouchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Findeling</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Desbois</w:t>
+                <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 105 (2), pp.209-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.still.2009.09.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2009.02.020⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00398411v1</w:t>
+                <w:t xml:space="preserve">hal-01173223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Study of Soil microtopography using photogrammetry and laser-scaning methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Reza Mirzaei Gharelar</w:t>
+                <w:t xml:space="preserve">Prediction of unsaturated soil hydraulic conductivity with electrical conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christina Bogner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Science and Technology of Agriculture and Natural Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (12), pp.W10408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2008WR007309⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654191v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of tillage type and cropping system on earthworm communities, macroporosity and water infiltration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Study of Soil microtopography using photogrammetry and laser-scaning methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Reza Mirzaei Gharelar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.H. Ghazavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Bogner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Science and Technology of Agriculture and Natural Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12 (46), pp.757-770</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01173223v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of unsaturated soil hydraulic conductivity with electrical conductivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Doussan</w:t>
+                <w:t xml:space="preserve">Effect on runoff of rainfall redistribution by the impluvium-shaped canopy of banana cultivated on an Andosol with a high infiltration rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Findeling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Desbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 368 (1-4), pp.251-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2009.02.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2008WR007309⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02666935v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00398411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-invasive monitoring of water infiltration in a silty clay loam soil using Spectral Induced Polarization</w:t>
               </w:r>
@@ -3650,64 +3650,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatially distributed water fluxes in an andisol under banana plants: experiments and three-dimensional modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sansoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3767,51 +3767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of mulching techniques on plot scale runoff: FDTF modeling and sensitivity analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Findeling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel J. Chadoeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3864,272 +3864,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of earthworm contribution to soil hydrology: a laboratory method to measure water diffusion through burrow walls</w:t>
+                <w:t xml:space="preserve">Hydraulic and physical properties of stonewool substrates in horticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bastardie</w:t>
+                <w:t xml:space="preserve">Saâdi Bougoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
+                <w:t xml:space="preserve">F. de Groot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Boulard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00374-004-0817-4⟩</w:t>
+              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 104 (4), pp.391-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scienta.2005.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677594v1</w:t>
+                <w:t xml:space="preserve">hal-02680150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic and physical properties of stonewool substrates in horticulture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Saâdi Bougoul</w:t>
+                <w:t xml:space="preserve">Assessment of earthworm contribution to soil hydrology: a laboratory method to measure water diffusion through burrow walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bastardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Boulard</w:t>
+                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 104 (4), pp.391-405. </w:t>
+              <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 41 (2), pp.124-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scienta.2005.01.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00374-004-0817-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680150v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsaturated hydraulic conductivity of structured soils from a kinematic wave approach</w:t>
               </w:r>
@@ -4534,51 +4534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure in situ de l'anisotropie des mouvements d'un vertisol calcique de la Guadeloupe lors des phases d'humectation et de dessiccation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bajazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4724,51 +4724,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field shrinkage curves of a swelling clay soil : analysis of multiple structural swelling and shrinkage phases in the prisms of a vertisol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4800,563 +4800,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02679737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop. 2. Nitrogen balance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop. 1. Water balance and yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Mary</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephane Ruy</w:t>
+                <w:t xml:space="preserve">Jacques Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Baudequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 20 (6), pp.625-642. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/agro:2000155⟩</w:t>
+              <w:t xml:space="preserve">, 2000, 20 (6), pp.609-624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/agro:2000154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02684736v1</w:t>
+                <w:t xml:space="preserve">hal-00886074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants biologiques du système poral de vertisols cultivés (Petites Antilles). Conséquences sur la disponibilité de l'eau des sols pour les plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 7 (4), pp.329-352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02698656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop. 1. Water balance and yield</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Granier</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Baudequin</w:t>
+                <w:t xml:space="preserve">Jean Marc Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baudequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 20 (6), pp.609-624. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2000, 20 (6), pp.609-624</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00886074v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop. 1. Water balance and yield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop. 2. Nitrogen balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Baudequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 20 (6), pp.609-624</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2000, 20 (6), pp.625-642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/agro:2000155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02699087v1</w:t>
+                <w:t xml:space="preserve">hal-02684736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of water infiltration and soil swelling in a vertisol from Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5388,260 +5388,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02695591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modelling of water infiltration into the three components of porosity of a vertisol from Guadeloupe</w:t>
+                <w:t xml:space="preserve">Modelling of water infiltration and soil swelling in a vertisol from Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 221, pp.1-19</w:t>
+              <w:t xml:space="preserve">Geophysical Research Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 1 (2), pp.322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02695457v1</w:t>
+                <w:t xml:space="preserve">hal-02694802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of water infiltration and soil swelling in a vertisol from Guadeloupe</w:t>
+                <w:t xml:space="preserve">Numerical modelling of water infiltration into the three components of porosity of a vertisol from Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Abstracts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 1 (2), pp.322</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 221, pp.1-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02694802v1</w:t>
+                <w:t xml:space="preserve">hal-02695457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydraulic conductivity of the matric porosity of an unsaturated vertisol : a field and laboratory comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 49, pp.175-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6262,523 +6262,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop systems and plant roots can modify the soil water holding capacity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Legendre</w:t>
+                <w:t xml:space="preserve">Characterization of flow and infiltration processes on agricultural plots irrigated by submersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742815v1</w:t>
+                <w:t xml:space="preserve">hal-02740615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SICMED : Mise en œuvre d’une modélisation intégrée afin de quantifier les impacts des changements globaux sur la ressource hydrique et la production agricole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Ruy</w:t>
+                <w:t xml:space="preserve">Monitoring of flood irrigation for the characterization of irrigation practices of grassland fields in the Crau region (South of France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Flamain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MISTRALS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Toulouse, France. 12 p</w:t>
+              <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603458v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of flow and infiltration processes on agricultural plots irrigated by submersion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SICMED : Mise en œuvre d’une modélisation intégrée afin de quantifier les impacts des changements globaux sur la ressource hydrique et la production agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">MISTRALS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Toulouse, France. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740615v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of flood irrigation for the characterization of irrigation practices of grassland fields in the Crau region (South of France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Flamain</w:t>
+                <w:t xml:space="preserve">Surfaces et Interfaces Continentales en Méditerranée : Anthropisation et Ressources en Eau Souterraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Conference internationale MISTRALS 2015 Environment in the mediterranean statements and prospects for research and society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, MARSEILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738818v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surfaces et Interfaces Continentales en Méditerranée : Anthropisation et Ressources en Eau Souterraine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rhizosphere: a leverage for tolerance to water deficits of soil microflora ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette A. Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Coronel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Czarnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference internationale MISTRALS 2015 Environment in the mediterranean statements and prospects for research and society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, MARSEILLE, France</w:t>
+              <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603490v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’un modèle à base physique pour l’optimisation multicritères de l’irrigation des prairies par submersion</w:t>
               </w:r>
@@ -6803,51 +6803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Flamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6883,152 +6883,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizosphere: a leverage for tolerance to water deficits of soil microflora ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">Crop systems and plant roots can modify the soil water holding capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette A. Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruce Toussaint</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sonia Czarnes</w:t>
+                <w:t xml:space="preserve">Abad Chabbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742670v1</w:t>
+                <w:t xml:space="preserve">hal-02742815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do Plant Roots Modify The Soil Water Retention Properties of Rhizospheric Soil ? Evidences from the field and controlled conditions</w:t>
               </w:r>
@@ -7258,1260 +7258,1260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01334032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement hydrique et structural de mélanges pouzzolane-compost utilisés dans la mise en œuvre de toitures-terrasses végétalisées.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S Ruy</w:t>
+                <w:t xml:space="preserve">Modeling of drainage and hay production over the Crau aquifer for analyzing the impact of global change on aquifer recharge.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Etievant</w:t>
+                <w:t xml:space="preserve">A. Baillieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Belabri</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francoise Ruget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8emes Journées Scientifiques du Groupe Francophone d’Humidimétrie et traNsfert en milieux poreux (GFHN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Poitiers, France</w:t>
+              <w:t xml:space="preserve"> Geophysical Research Abstracts Vol. 15, EGU General Assembly 2013.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vienne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336739v1</w:t>
+                <w:t xml:space="preserve">hal-01337002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of drainage and hay production over the Crau aquifer for analyzing the impact of global change on aquifer recharge.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Lecerf</w:t>
+                <w:t xml:space="preserve">Comportement hydrique et structural de mélanges pouzzolane-compost utilisés dans la mise en œuvre de toitures-terrasses végétalisées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sammartino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Baillieux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andre Chanzy</w:t>
+                <w:t xml:space="preserve">R. Etievant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Ruget</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Belabri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Geophysical Research Abstracts Vol. 15, EGU General Assembly 2013.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Vienne, Australia</w:t>
+              <w:t xml:space="preserve">8emes Journées Scientifiques du Groupe Francophone d’Humidimétrie et traNsfert en milieux poreux (GFHN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01337002v1</w:t>
+                <w:t xml:space="preserve">hal-01336739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferts hydriques aquifère-sol-végétation-atmosphère.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring water clay content in highly-clayey soils. Calibration, temperature dependence and field use of &amp;quot;WCR&amp;quot; probes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Chanzy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Milanka Babic</w:t>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolle Mathys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque des 10 ans de la Réserve des Coussouls de Crau. « La plaine de Crau : Écologie et conservation d'une steppe méditerranéenne ». Bilan des travaux scientifiques récents. Définition des perspectives de recherche. Enjeux de territoire.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Saint-Martin-de-Crau, France</w:t>
+              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336964v1</w:t>
+                <w:t xml:space="preserve">hal-00803034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Comportement hydrologique et hydro-géochimique des versants marneux de Terres Noires. La vallée de l’Ubaye : un territoire unique pour les recherches en géosciences.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H Debieche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique de Montety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cervi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
+              <w:t xml:space="preserve"> colloque d’ouverture "Les Cahiers de Seolane N°1"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803032v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring water clay content in highly-clayey soils. Calibration, temperature dependence and field use of &amp;quot;WCR&amp;quot; probes.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolle Mathys</w:t>
+                <w:t xml:space="preserve">De l’irrigation à la « gestion durable » de l’eau. Impact des changements globaux sur les agro-hydro-systèmes de la région Crau – Camargue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Banton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Chalikakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Actes du Colloque LPED/IMEP/GIEST Usages écologiques, économiques et sociaux de l’eau agricole en méditerranée : quels enjeux pour quels services?. Atelier 3, État écologique, biodiversité et paysages de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803034v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement hydrologique et hydro-géochimique des versants marneux de Terres Noires. La vallée de l’Ubaye : un territoire unique pour les recherches en géosciences.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">F. Cervi</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> colloque d’ouverture "Les Cahiers de Seolane N°1"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t>
+              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338681v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’irrigation à la « gestion durable » de l’eau. Impact des changements globaux sur les agro-hydro-systèmes de la région Crau – Camargue.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suivi in situ de l’infiltration dans un coussoul de Crau par traçage coloré et tomographie électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Chalikakis</w:t>
+                <w:t xml:space="preserve">Priscille Branquinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chapelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Debroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Claude Gaudu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du Colloque LPED/IMEP/GIEST Usages écologiques, économiques et sociaux de l’eau agricole en méditerranée : quels enjeux pour quels services?. Atelier 3, État écologique, biodiversité et paysages de l'eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">La plaine de Crau : Ecologie et conservation d'une steppe méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Saint Martin de Crau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336990v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi in situ de l’infiltration dans un coussoul de Crau par traçage coloré et tomographie électrique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Micheline Debroux</w:t>
+                <w:t xml:space="preserve">Flow processes investigation in soft clay shales from tracing experiments at laboratory scale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-Claude Gaudu</w:t>
+                <w:t xml:space="preserve">O. Poilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Madre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La plaine de Crau : Ecologie et conservation d'une steppe méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Saint Martin de Crau, France</w:t>
+              <w:t xml:space="preserve"> European Geosciences Union General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607623v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow processes investigation in soft clay shales from tracing experiments at laboratory scale.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Daniel</w:t>
+                <w:t xml:space="preserve">Transferts hydriques aquifère-sol-végétation-atmosphère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Courault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milanka Babic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> European Geosciences Union General Assembly 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">La plaine de Crau : Ecologie et conservation d'une steppe méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réserve naturelle Coussouls de Crau., Nov 2011, Saint Martin de Crau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338682v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferts hydriques aquifère-sol-végétation-atmosphère</w:t>
+                <w:t xml:space="preserve">Transferts hydriques aquifère-sol-végétation-atmosphère.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andre Chanzy</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milanka Babic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La plaine de Crau : Ecologie et conservation d'une steppe méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réserve naturelle Coussouls de Crau., Nov 2011, Saint Martin de Crau, France</w:t>
+              <w:t xml:space="preserve">Colloque des 10 ans de la Réserve des Coussouls de Crau. « La plaine de Crau : Écologie et conservation d'une steppe méditerranéenne ». Bilan des travaux scientifiques récents. Définition des perspectives de recherche. Enjeux de territoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Saint-Martin-de-Crau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809492v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative monitoring of the water content evolution in a column of soil</w:t>
               </w:r>
@@ -8893,670 +8893,670 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated fires and droughts threaten functional biodiversity in Mediterranean ecosystems</w:t>
+                <w:t xml:space="preserve">Changes of soil surface roughness under simulated rainfall evaluated by photogrammetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vennetier</w:t>
+                <w:t xml:space="preserve">M.R. Mirzaei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cecillon</w:t>
+                <w:t xml:space="preserve">T Ziarati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Guénon</w:t>
+                <w:t xml:space="preserve">M.R. Khaledian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Schaffhauser</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Bogner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO Conference on Biodiversity in Forest Ecosystems and Landscapes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Kamloops, Canada. pp.1</w:t>
+              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2008, Vienna(AUT), 13-18 April 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02591021v1</w:t>
+                <w:t xml:space="preserve">hal-02591430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes of soil surface roughness under simulated rainfall evaluated by photogrammetry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId282" w:history="1">
+                <w:t xml:space="preserve">Is soil homogeneous and uniform at a very small scale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Mirzaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Khaledian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Bogner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2008, Vienna(AUT), 13-18 April 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, pp.2</w:t>
+              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2008, Vienna AUT, 13-18 April 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02591430v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêts du traçage naturel et artificiel pour l'étude in situ des écoulements dans les matériaux très hétérogènes - le cas des marnes noires de Super-Sauze et Draix</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing the influence of the variability of soil surface characteristics on infiltration and runoff: an experimental approach in the lab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Reza Mirzaei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Darboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Claude Gaudu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Renaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings 1ère Journée 'Alea Gravitaire'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Orléans, France. pp. 29-33</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2008, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00533975v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is soil homogeneous and uniform at a very small scale ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intérêts du traçage naturel et artificiel pour l'étude in situ des écoulements dans les matériaux très hétérogènes - le cas des marnes noires de Super-Sauze et Draix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H Debieche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Emblanch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2008, Vienna AUT, 13-18 April 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, pp.1</w:t>
+              <w:t xml:space="preserve">Proceedings 1ère Journée 'Alea Gravitaire'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Orléans, France. pp. 29-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02591429v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00533975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the influence of the variability of soil surface characteristics on infiltration and runoff: an experimental approach in the lab</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repeated fires and droughts threaten functional biodiversity in Mediterranean ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vennetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Reza Mirzaei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+                <w:t xml:space="preserve">René Guénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Darboux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J-Claude Gaudu</w:t>
+                <w:t xml:space="preserve">A. Schaffhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Renaux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Vergnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Geosciences Union (EGU). DEU., Apr 2008, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">IUFRO Conference on Biodiversity in Forest Ecosystems and Landscapes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Kamloops, Canada. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753415v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling 3D Spatially Distributed Water Fluxes in an Andisol under Banana Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sansoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9696,195 +9696,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Particules: mobilisation et transport préférentiel de particules colloïdales dans les sols non saturés</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développements des méthodes géoélectriques (potentiel spontané, résistivité électrique et polarisation induite) en hydrogéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C. Thoisy-Dur</w:t>
+                <w:t xml:space="preserve">A. Revil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Elsass</w:t>
+                <w:t xml:space="preserve">O. Atteia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Cerepi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cosenza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762222v1</w:t>
+                <w:t xml:space="preserve">hal-02762143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flux d'eau d'infiltration et de recharge: une approche de la colonne à la parcelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bogner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9916,432 +9916,432 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développements des méthodes géoélectriques (potentiel spontané, résistivité électrique et polarisation induite) en hydrogéologie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O. Atteia</w:t>
+                <w:t xml:space="preserve">Projet Particules: mobilisation et transport préférentiel de particules colloïdales dans les sols non saturés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Angulo-Jaramillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Burlot</w:t>
+                <w:t xml:space="preserve">J.-C. Thoisy-Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Cerepi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cosenza</w:t>
+                <w:t xml:space="preserve">Françoise Elsass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762143v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rides : ruissellement, infiltration, dynamique des états de surface du sol et transfert des sédiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Redistribution de la pluie et fonctionnement hydrologique 3D du système sol-bananier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Findeling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.V. Auzet</w:t>
+                <w:t xml:space="preserve">P. Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Albergel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">R. Armand</w:t>
+                <w:t xml:space="preserve">Andre Chambarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2005, Toulouse, France. pp.6</w:t>
+              <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763011v1</w:t>
+                <w:t xml:space="preserve">hal-02761289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redistribution de la pluie et fonctionnement hydrologique 3D du système sol-bananier</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Findeling</w:t>
+                <w:t xml:space="preserve">Rides : ruissellement, infiltration, dynamique des états de surface du sol et transfert des sédiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Auzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Albergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Cattan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
+                <w:t xml:space="preserve">Patrick Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andre Chambarel</w:t>
+                <w:t xml:space="preserve">R. Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2005, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Dec 2005, Toulouse, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761289v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsaturated hydraulic conductivity of structured soils from a kinematic wave approach</w:t>
               </w:r>
@@ -10429,558 +10429,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the effects of direct sowing with a mulch of residues on soil water management. Paper 1305</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of various types of earthworm channel networks on preferential water flow in soil. Paper 1567</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763527v1</w:t>
+                <w:t xml:space="preserve">hal-02761102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of various types of earthworm channel networks on preferential water flow in soil. Paper 1567</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
+                <w:t xml:space="preserve">Testing an infiltration method for estimating soil hydraulic properties in the laboratory. Paper 189</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Angulo-Jaramillo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761102v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing an infiltration method for estimating soil hydraulic properties in the laboratory. Paper 189</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
+                <w:t xml:space="preserve">Détermination des propriétés hydrodynamiques des vertisols de Guadeloupe. Comparaison de différentes méthodes de laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia P. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rafaël Angulo-Jaramillo</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">27. Journées Scientifiques du GFHN : Milieux poreux déformables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Vandoeuvre les Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760678v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02827446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des propriétés hydrodynamiques des vertisols de Guadeloupe. Comparaison de différentes méthodes de laboratoire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesure in situ de l'anisotropie des mouvements d'un vertisol calcique de la Guadeloupe lors des phases d'humectation et de dessiccation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Bellier</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bajazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Journées Scientifiques du GFHN : Milieux poreux déformables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2002, Vandoeuvre les Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02827446v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure in situ de l'anisotropie des mouvements d'un vertisol calcique de la Guadeloupe lors des phases d'humectation et de dessiccation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modeling the effects of direct sowing with a mulch of residues on soil water management. Paper 1305</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Findeling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Maraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Journées Scientifiques du GFHN : Milieux poreux déformables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2002, Vandoeuvre les Nancy, France</w:t>
+              <w:t xml:space="preserve">17. World Congress of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02830038v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des réseaux de galeries de vers de terre et conséquences pour les écoulements préférentiels (Poster)</w:t>
               </w:r>
@@ -11055,320 +11055,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mécanismes et dynamique des écoulements préférentiels et du lessivage rapide des polluants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop at field scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dalila Mohrath</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque PNRH 2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2000, Nice, France</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, St Paul MI, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02771283v1</w:t>
+                <w:t xml:space="preserve">hal-02766879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the agricultural and environmental consequences of non-uniform irrigation on a maize crop at field scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mécanismes et dynamique des écoulements préférentiels et du lessivage rapide des polluants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bruckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean Marc Granier</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Gaudu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Mohrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, St Paul MI, United States</w:t>
+              <w:t xml:space="preserve">Colloque PNRH 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2000, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02766879v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of water infiltration and soil swelling in a vertisol from Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11419,51 +11419,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of water infiltration and soil swelling in a vertisol from Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11501,51 +11501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enseignements des mesures de retrait et gonflement in situ d'un vertisol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Cabidoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11857,51 +11857,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement hydrique des sols forestiers ayant été tassés douze ans auparavant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12133,64 +12133,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Coronel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Capowiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12284,51 +12284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Baillieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Banton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International SICMED</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Gammarth, Tunisie. 2014</w:t>
@@ -12370,51 +12370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des processus d’écoulement et d’infiltration sur des parcelles agricoles irriguées par submersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Flamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12476,260 +12476,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of drainage and hay production over the Crau aquifer for analysing impact of global change on aquifer recharge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albert Olioso</w:t>
+                <w:t xml:space="preserve">Comportement hydrique et structural de mélanges pouzzolane-compost utilisés dans la mise en œuvre de toitures terrasses végétalisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sammartino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Lecerf</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Romain Etievant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Belarbi-Halli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU2013 European Geosciences Union General Assembly 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. EGU, Geophysical Research Abstracts, 15, 2013, Geophysical Research Abstracts</w:t>
+              <w:t xml:space="preserve">38èmes Journées Scientifiques du GFHN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Poitiers, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607079v1</w:t>
+                <w:t xml:space="preserve">hal-01605533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement hydrique et structural de mélanges pouzzolane-compost utilisés dans la mise en œuvre de toitures terrasses végétalisées</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Etievant</w:t>
+                <w:t xml:space="preserve">Modelling of drainage and hay production over the Crau aquifer for analysing impact of global change on aquifer recharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Belarbi-Halli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Remi Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Baillieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Ruget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38èmes Journées Scientifiques du GFHN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Poitiers, France. 2013</w:t>
+              <w:t xml:space="preserve">EGU2013 European Geosciences Union General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. EGU, Geophysical Research Abstracts, 15, 2013, Geophysical Research Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605533v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced characterization of macropore flow in undisturbed soil cores using time resolved three-dimensional CT images.</w:t>
               </w:r>
@@ -12817,467 +12817,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced characterization of macropore flow in undisturbed soil cores using time resolved three-dimensional CT images</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An experimental setup in Avignon (South of France) for the multiscale study of preferential flow in soil and of groundwater recharge processes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Michel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Chapelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Di Pietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International congress EUROSOIL 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
+              <w:t xml:space="preserve"> 4th International Congress Eurosoil2012 "Soil Science for the Benefit for the Mankind and Environment"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606082v1</w:t>
+                <w:t xml:space="preserve">hal-01335963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental setup in Avignon (South of France) composed of an agricultural field and of a large scale undisturbed lysimeter for the multiscale study of preferential flow in soil and of groundwater recharge processes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advanced characterization of macropore flow in undisturbed soil cores using time resolved three-dimensional CT images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sammartino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Michel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International congress EUROSOIL 2012</w:t>
+              <w:t xml:space="preserve">4. International congress EUROSOIL 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606187v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental setup in Avignon (South of France) for the multiscale study of preferential flow in soil and of groundwater recharge processes.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Tison</w:t>
+                <w:t xml:space="preserve">An experimental setup in Avignon (South of France) composed of an agricultural field and of a large scale undisturbed lysimeter for the multiscale study of preferential flow in soil and of groundwater recharge processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chapelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Debroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4th International Congress Eurosoil2012 "Soil Science for the Benefit for the Mankind and Environment"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
+              <w:t xml:space="preserve">4th International congress EUROSOIL 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335963v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of water infiltration in soft clay-shale unstable hillslopes (South French Alps): proposition of a three reservoirs conceptual model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Abstracts, Vol. 13, EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
@@ -13306,103 +13306,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeated droughts and fires mutually increase their impact on forest ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vennetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schaffhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vergnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIII IUFRO world congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Seoul, South Korea. pp.57-58, 2010</w:t>
@@ -13500,51 +13500,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de la teneur en eau dans un sol marneux fortement hétérogène par des sondes de teneur en eau réflectométriques (WCR CS616)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13677,90 +13677,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes of soil surface roughness under simulated rainfall evaluated by photogrammetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Reza Mirzaei Gharelar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tooba Ziarati Baher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.R. Khaledian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Bogner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13932,64 +13932,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Capowiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Thoisy-Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Elsass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Colloque de restitution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Toulouse, France. pp.533, 2005</w:t>
@@ -14089,51 +14089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Gaudu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14649,51 +14649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Chanzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Ruget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14899,103 +14899,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'impact d'incendies de forêt répétés sur la biodiversité et sur les sols. Recherche d'indicateurs. Rapport final détaillé.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vennetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schaffhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vergnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">irstea. 2008, pp.238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -15017,103 +15017,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'impact d'incendies de forêt répétés sur la biodiversité et sur les sols. Recherche d'indicateurs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vennetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schaffhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vergnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">irstea. 2008, pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -15390,51 +15390,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5B822654"/>
+    <w:nsid w:val="F957B0D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15621,51 +15621,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-ruy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4198-1955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199437513" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-1410-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05518511v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Moradzadeh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Boroomand Nasab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Moazed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Khaledian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2026.128458" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118147v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Boivin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilad.2025.100059" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174347v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chaif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caurel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133791" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792781v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabatere" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01262-7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648207v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Le Gall" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.45.8144" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842793v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tison" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.70022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792696v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01265-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143207v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bourru" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2023.107308" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02526558v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Hou&#233;m&#233;nou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tweed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Mama" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoukarim Alassane" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124438" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985312v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rossello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Joly" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.125593" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144122v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Boroomandnasab" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Alavi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jamalian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124480" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162896v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Lissy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammartino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2020.114643" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607374v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaudu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Pallut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633365v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Riffel Bogner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain van Den Bogaert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2015.05.0070" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793526v4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.02.065" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196254v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Bogner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Mirzaei" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Huwe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9337" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0JBP46KH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944609v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyun Zhang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tortel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Litman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2010.2082490" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398411v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Cabidoche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Findeling" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desbois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2009.02.020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5QZ2ZGR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654191v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Mirzaei Gharelar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.H. Ghazavi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173223v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2009.09.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JBXLNR3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666935v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR007309" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660206v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Florsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007WR006114" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D1C5D7ACA351846E13BA6C76CB5EB998BC8D1E23/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668255v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sansoulet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2007.0073" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657434v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2005.11.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNXPTFBS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677594v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-004-0817-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G5X5FZLV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680150v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#226;di Bougoul" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Groot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2005.01.018" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W6SMXMP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Di Pietro" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Angulo-Jaramillo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674254v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Findeling" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Scopel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669278v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676447v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677488v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bajazet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678746v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679737v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684736v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000155" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698656v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillaume" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hartmann" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886074v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Granier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baudequin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000154" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699087v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Granier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baudequin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695591v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695457v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694802v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695570v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232169v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04104042v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez-Lozano" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Zohore" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Khaly" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884733" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736434v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Czarnes" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525339v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742815v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette A. Berard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603458v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740615v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738818v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flamain" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603490v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743646v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742670v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Coronel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Toussaint" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479429v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334032v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alkassem-Alosman" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flamain" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ruy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lecharpentier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336739v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Etievant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belabri" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337002v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillieux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336964v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chanzy" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803034v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336990v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607623v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Branquinho" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bes" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chapelet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Debroux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Gaudu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338682v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poilleux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Madre" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Daniel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809492v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486810v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486826v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550064" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486806v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750488v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591021v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cecillon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gu&#233;non" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schaffhauser" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergnoux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591430v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Mirzaei" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ziarati" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Khaledian" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bogner" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591429v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753415v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Mirzaei" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Darboux" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Renaux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758430v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simunek" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821210v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bastardie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762222v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Thoisy-Dur" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Elsass" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763838v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chanet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762143v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burlot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763011v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albergel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ali" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armand" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761289v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cattan" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chambarel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827754v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763527v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marlet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maraux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761102v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760678v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827446v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830038v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763694v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771283v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gaudu" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mohrath" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766879v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837196v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839013v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770793v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier Lafontaine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770730v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056539v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nouguier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9899" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605165v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cacot" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peuch" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuillermoz" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607086v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alcazar" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moni&#232;re" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602059v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607665v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alazard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601497v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607079v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lecerf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605533v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Etievant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belarbi-Halli" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336724v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606082v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606187v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335963v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapelet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debroux" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tison" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593447v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751647v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752799v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751182v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604245v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooba Ziarati Baher" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606451v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827897v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832296v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926192v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molenat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1611/9782759231249/l-eau-en-milieu-agricole" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03559476v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bailleux" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourrie" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960407v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/103/9782759229383/une-agronomie-pour-le-xxie-siecle" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-2938-3" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336978v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Huard" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608169v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809903v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591040v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591038v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835709v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02839931v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-ruy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4198-1955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199437513" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-1410-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05518511v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Moradzadeh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Boroomand Nasab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Moazed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Khaledian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2026.128458" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118147v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Boivin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilad.2025.100059" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174347v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chaif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caurel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133791" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842793v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.70022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648207v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Le Gall" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.45.8144" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792696v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabatere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01265-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792781v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01262-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143207v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bourru" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2023.107308" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02526558v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Hou&#233;m&#233;nou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tweed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Mama" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoukarim Alassane" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124438" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144122v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Boroomandnasab" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Alavi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jamalian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.124480" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985312v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mallet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rossello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Joly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.125593" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162896v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Lissy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sammartino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2020.114643" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607374v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaudu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Pallut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633365v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Riffel Bogner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain van Den Bogaert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2015.05.0070" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793526v4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2014.02.065" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196254v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Bogner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Mirzaei" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Huwe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9337" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0JBP46KH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944609v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyun Zhang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tortel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Litman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2010.2082490" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173223v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2009.09.002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JBXLNR3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666935v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR007309" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654191v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Mirzaei Gharelar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.H. Ghazavi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398411v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Cabidoche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Findeling" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desbois" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2009.02.020" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K5QZ2ZGR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660206v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghorbani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Florsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007WR006114" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D1C5D7ACA351846E13BA6C76CB5EB998BC8D1E23/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668255v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sansoulet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2007.0073" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657434v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2005.11.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNXPTFBS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680150v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#226;di Bougoul" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Groot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2005.01.018" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W6SMXMP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677594v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-004-0817-4" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G5X5FZLV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Di Pietro" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Angulo-Jaramillo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674254v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Findeling" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Scopel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669278v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676447v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677488v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bajazet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678746v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679737v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886074v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Granier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baudequin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000154" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698656v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillaume" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hartmann" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699087v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Granier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baudequin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684736v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2000155" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695591v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694802v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695457v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695570v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232169v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Renault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04104042v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courault" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez-Lozano" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urie Zohore" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Khaly" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884733" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736434v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Berard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Czarnes" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525339v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740615v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738818v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flamain" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603458v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603490v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742670v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette A. Berard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Coronel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Toussaint" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743646v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742815v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479429v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334032v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alkassem-Alosman" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flamain" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ruy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lecharpentier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337002v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillieux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336739v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Etievant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belabri" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803034v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336990v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607623v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Branquinho" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chapelet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Debroux" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Gaudu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338682v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Poilleux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Madre" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Daniel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809492v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336964v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chanzy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486810v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486826v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICGPR.2010.5550064" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486806v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750488v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591430v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Mirzaei" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ziarati" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Khaledian" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bogner" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591429v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753415v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Mirzaei" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Darboux" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Renaux" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591021v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vennetier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cecillon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gu&#233;non" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schaffhauser" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergnoux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758430v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simunek" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821210v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bastardie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762143v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burlot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763838v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chanet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762222v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Thoisy-Dur" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Elsass" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761289v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cattan" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chambarel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763011v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Albergel" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ali" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armand" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827754v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761102v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760678v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827446v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830038v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763527v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marlet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maraux" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763694v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766879v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771283v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gaudu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mohrath" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837196v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839013v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770793v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Ozier Lafontaine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770730v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056539v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nouguier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9899" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605165v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cacot" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peuch" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuillermoz" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607086v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alcazar" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moni&#232;re" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602059v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Capowiez" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607665v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alazard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601497v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605533v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Etievant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belarbi-Halli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607079v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lecerf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336724v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335963v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapelet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debroux" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tison" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606082v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606187v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593447v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751647v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752799v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751182v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604245v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooba Ziarati Baher" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606451v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827897v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832296v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926192v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molenat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1611/9782759231249/l-eau-en-milieu-agricole" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03559476v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bailleux" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourrie" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960407v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/103/9782759229383/une-agronomie-pour-le-xxie-siecle" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-2938-3" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336978v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Huard" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608169v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809903v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591040v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591038v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835709v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02839931v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>