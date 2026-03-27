--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -314,183 +314,209 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/13ra9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05413338v1</w:t>
+                <w:t xml:space="preserve">hal-05525074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlights from the 35th European conference on cognitive ergonomics (ECCE 2024)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réélaboration des règles de sécurité en contextes interpersonnels : le cas du toucher en temps de Covid‑19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessalyn Alvina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behaviour and Information Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/0144929X.2025.2469429⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13ra9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980454v1</w:t>
+                <w:t xml:space="preserve">hal-05413338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touching at a distance: the elaboration of communicative functions from the perspective of the interactants</w:t>
+                <w:t xml:space="preserve">Réélaboration des règles de sécurité en contextes interpersonnels : le cas du toucher en temps de Covid‑19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
@@ -504,1673 +530,1915 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuoming Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Lecolinet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessalyn Alvina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1497289⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13ra9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846977v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of computer multi-instrumented reflexive conversation activity in preliminary architectural design</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Highlights from the 35th European conference on cognitive ergonomics (ECCE 2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Barcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Architectural Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14780771241310207⟩</w:t>
+              <w:t xml:space="preserve">Behaviour and Information Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (06), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0144929X.2025.2469429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04891515v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un « comme chez-soi » en Ehpad: retour d’expérience d’un atelier de co-design avec des habitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Pègues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Labarchède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fany Cérèse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 22 (2), pp.177 - 190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/pnv.2024.1171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04663768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La contribution des usagères dans un atelier de co‑idéation : une médiation sociotechnique pour l’exploration des niveaux épistémiques d’un projet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aliénor Morvan</w:t>
+                <w:t xml:space="preserve">Study of computer multi-instrumented reflexive conversation activity in preliminary architectural design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Baudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Détienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/activites.9414⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Architectural Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14780771241310207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04819662v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promoting Social Interaction through Participatory Architecture, Experimentation, Experience, Evaluation in a Social Housing Complex (Grand'Goule, Poitiers, 1974-2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Loiseau</w:t>
+                <w:t xml:space="preserve">Touching at a distance: the elaboration of communicative functions from the perspective of the interactants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lecolinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/architecture2020021⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.01-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1497289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659675v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using SARA app and video feedback for dispatchers to improve the out-of-hospital cardiac arrest handling.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robert Larribau</w:t>
+                <w:t xml:space="preserve">La contribution des usagères dans un atelier de co‑idéation : une médiation sociotechnique pour l’exploration des niveaux épistémiques d’un projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliénor Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Rizza</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomás Dorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Détienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australasian Journal of Disaster and Trauma Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21-1, pp.1-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.9414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699061v3</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of live video tools to help the bystander during the emergency call: Protocol for a mix method simulation study.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using SARA app and video feedback for dispatchers to improve the out-of-hospital cardiac arrest handling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Morand</w:t>
+                <w:t xml:space="preserve">Romain Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Larribau</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caroline Rizza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Australasian Journal of Disaster and Trauma Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Information Systems for Crisis Response and Management in the Asia Pacific Region, 26 (Special issue), pp.209-216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03748003v3</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699061v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design territorial, représentations spatiales et participation citoyenne : revue de cas et analyse d’outils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Jolivet-Duval</w:t>
+                <w:t xml:space="preserve">Promoting Social Interaction through Participatory Architecture, Experimentation, Experience, Evaluation in a Social Housing Complex (Grand'Goule, Poitiers, 1974-2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Huron</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Tufano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences du Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sdd.014.0055⟩</w:t>
+              <w:t xml:space="preserve">Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.383-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/architecture2020021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03576813v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between quality of collaboration, design project evolution and outcome in an architectural design studio</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integration of live video tools to help the bystander during the emergency call: Protocol for a mix method simulation study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortense Soichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CoDesign</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15710882.2019.1699935⟩</w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/40699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02410103v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748003v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergonomics in design and design in ergonomics: Issues and experience in education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design territorial, représentations spatiales et participation citoyenne : revue de cas et analyse d’outils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jolivet-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Elsen</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Huron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/WOR-203237⟩</w:t>
+              <w:t xml:space="preserve">Sciences du Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 14 (2), pp.55-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sdd.014.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03079948v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation éthique de l'Internet des Objets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The interplay between quality of collaboration, design project evolution and outcome in an architectural design studio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Detienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Burkhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Internet des objets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2017.0148⟩</w:t>
+              <w:t xml:space="preserve">CoDesign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (4), pp.392-409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15710882.2019.1699935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01542614v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Flow 2.0, assessingcexperience during ideation with increased granularity: A proposed method</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Annemarie Lesage</w:t>
+                <w:t xml:space="preserve">Ergonomics in design and design in ergonomics: Issues and experience in education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pinky Pintus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Elsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 66 (4), pp.917-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/WOR-203237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117070v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Flow 2.0, assessing experience during ideation with increased granularity: A proposed method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation éthique de l'Internet des Objets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Szoniecky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Annemarie Lesage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.destud.2016.08.002⟩</w:t>
+              <w:t xml:space="preserve"> Internet des objets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2017.0148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086108v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01542614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du crayon au stylo numérique : influences des IHM à stylo et des interprétations numériques sur l'activité graphique en tâches de conception</w:t>
+                <w:t xml:space="preserve">Design Flow 2.0, assessing experience during ideation with increased granularity: A proposed method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Leclercq</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Dorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Pierini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gokce Kinayoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Lesage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journal d'Interaction Personne-Système</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jips.62⟩</w:t>
+              <w:t xml:space="preserve">Design Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 47, pp.23-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.destud.2016.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01059058v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Design Flow 2.0, assessingcexperience during ideation with increased granularity: A proposed method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safin, S.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorta, T.,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierini, D.,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gokce Kinayoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du crayon au stylo numérique : influences des IHM à stylo et des interprétations numériques sur l'activité graphique en tâches de conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Juchmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Journal d'Interaction Personne-Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Volume 2 (1), pp.1-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jips.62⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact d'un environnement d'esquisses virtuelles et d'un modèle 3D précoce sur l'activité de conception architecturale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Interactions Hommes-Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 8 (2), pp.65-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2180,1815 +2448,1815 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facilitating co-referencing data visualisations on an online platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dziyana Tarasenka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Détienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiziano Citro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE 2025: 36th Annual Conference of the European Association of Cognitive Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Tallinn Estonia, France. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3746175.3746212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobiliser des données objectives pour la participation : Enjeux et proposition méthodologique sur un territoire en évolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Molinié-Andlauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Ghomi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panos Mavros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ModACT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Liège, May 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25518/3041-4687.305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de SPACIOUS -Chaires SHS IDF Faire dialoguer données avec propositions dans le cadre d'ateliers participatifs COPIL -Télécom Paris -12 mars 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Molinié-Andlauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panos Mavros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COPIL - Télécom Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Télécom Paris, Mar 2025, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05070263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représenter pour enquêter. Une analyse des outils empiriques d'ateliers d'enquêtes de sciences sociales par des étudiants en design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silicone-Based Haptic Interfaces: Enhancing Multimodal Interactions through Pneumatic Tactile Feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhegong Shangguan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Tapus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Détienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MODACT 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 16th International Conference on Intelligent Human-Machine Systems and Cybernetics (IHMSC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Hangzhou, China. pp.140-143, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IHMSC62065.2024.00039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04586346v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04853143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using objective data to plan a space: the challenges of the SPACIOUS project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Représenter pour enquêter. Une analyse des outils empiriques d'ateliers d'enquêtes de sciences sociales par des étudiants en design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panos Mavros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Safin</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Garron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Double 2024 / AI &amp; Cities: Situating and Troubling AI Technologies for Architectural De/Reconstruction and Urban Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Roma, Italy</w:t>
+              <w:t xml:space="preserve">MODACT 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825935v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récolter, débattre et designer un projet d’aménagement urbain. Quel rôle des données pour valoriser son territoire proche dans les ateliers participatifs ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Using objective data to plan a space: the challenges of the SPACIOUS project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Molinié-Andlauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panos Mavros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Jeunes Chercheuses, Chercheurs - Théorie, Pratique et Politique de la Conception et de l’Action Créatrice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Digital Double 2024 / AI &amp; Cities: Situating and Troubling AI Technologies for Architectural De/Reconstruction and Urban Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825936v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicone-Based Haptic Interfaces: Enhancing Multimodal Interactions through Pneumatic Tactile Feedback</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adriana Tapus</w:t>
+                <w:t xml:space="preserve">Récolter, débattre et designer un projet d’aménagement urbain. Quel rôle des données pour valoriser son territoire proche dans les ateliers participatifs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Alix Molinié-Andlauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panos Mavros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 16th International Conference on Intelligent Human-Machine Systems and Cybernetics (IHMSC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée Jeunes Chercheuses, Chercheurs - Théorie, Pratique et Politique de la Conception et de l’Action Créatrice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04853143v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration d'outils vidéo en direct pour aider le témoin lors de l'appel d'urgence : Une étude de simulation avec une méthode mixte.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urgences 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de la Médecine d'Urgence, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using photography as a trace of activity to facilitate the retention of emergency response actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th ISCRAM Conference : Building Humanitarian Technologies for our Emerging Future + Building Resilient Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Omaha, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04117112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Values. Uses. Materials: the expression of users in the co-creation through virtual and tangible representation systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Détienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE 2022: 33rd European Conference on Cognitive Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Kaiserslautern, Germany. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3552327.3552363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03798264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding and improving collaboration in emergencies simulations with a local chain of survival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Systems for Crisis Response and Management (ISCRAM) Asia Pacific regional conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03895660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing the challenges of an assistive application's integration in a complex emergency interaction using a distributed cognition perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE 2022: "Evaluating the Reality–Virtuality Continuum"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Kaiserslautern, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving cardiopulmonary resuscitation by building trust between dispatchers and citizens through simulation workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Tarbes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03646875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus d’appropriation et de mémorisation de raccourcis gestuels sur trackpad : Etude longitudinale des stratégies et usages des utilisateurs et impact d’une aide visuo-sémantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Maitrallin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lecolinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la 32e conférence francophone sur l'Interaction Humain-Machine (IHM'20.21)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual Event, France. pp.14:1-12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3450522.3451332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03567062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Réalité Virtuelle au service de la conception architecturale participative : une étude exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Fandard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Lima De Albuquerque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Vezien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERGO'IA 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus d’appropriation et de mémorisation de raccourcis gestuels sur trackpad : Etude longitudinale des stratégies et usages des utilisateurs et impact d’une aide visuo-sémantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Maitrallin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lecolinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHM '21: IHM '21 - 32e Conférence Francophone sur l'Interaction Homme-Machine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual Event France, France. pp.1-12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3450522.3451332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touch without Touching: Overcoming Social Distancing in Semi-Intimate Relationships with SansTouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuoming Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4010,3026 +4278,3026 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Detienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHI '21: CHI Conference on Human Factors in Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Yokohama (virtual), Japan. pp.1-13, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3411764.3445612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed Reality at Work: Health, Social and Ethical Implication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Gouin-Vallerand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien George</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHI'20, Workshop on Exploring Potentially Abusive Ethical, Social and Political Implications of Mixed Reality Research in HCI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, Honolulu, Hawaii, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04033129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotations numériques en phase d’exécution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anabelle Rahhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCAN 2020 : Séminaire de Conception Architecturale Numérique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03576873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unfolding laypersons creativity through Social VR: A case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomás Dorta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eCAADe - Education and research in Computer Aided Architectural Design in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la prolifération des mots de passe : modèle des stratégies des usagers pour l'authentification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">VisualTouch: Enhancing Affective Touch Communication with Multi-modality Stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Heron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lecolinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Detienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPIQUE 2019 : 10ème colloque de Psychologie Ergonomique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICMI 2019 - ACM International Conference on Multimodal Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Suzhou, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3340555.3353733⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291252v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VisualTouch: Enhancing Affective Touch Communication with Multi-modality Stimulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">De la prolifération des mots de passe : modèle des stratégies des usagers pour l'authentification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Heron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMI 2019 - ACM International Conference on Multimodal Interaction</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EPIQUE 2019 : 10ème colloque de Psychologie Ergonomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303458v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser la gestuelle produit pour favoriser l'innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Mateev</w:t>
+                <w:t xml:space="preserve">Analysing meaning making of social touch in computer-mediated interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Heron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Detienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoming Zang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONFERE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Galway, Irlande</w:t>
+              <w:t xml:space="preserve">IASAT Congress, International Association for the Study of Affective Touch.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Linköping, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303142v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysing meaning making of social touch in computer-mediated interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Detienne</w:t>
+                <w:t xml:space="preserve">Analyser la gestuelle produit pour favoriser l'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mateev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IASAT Congress, International Association for the Study of Affective Touch.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Linköping, Sweden</w:t>
+              <w:t xml:space="preserve">CONFERE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Galway, Irlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303445v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO-DESIGNING IN SOCIAL VR. Process awareness and suitable representations to empower user participation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomás Dorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Boudhraâ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Beaudry Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAADRIA 2019 : Computer assisted architectural design research in Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Wellington, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02165138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Sketching for distant collaborative diagnosis in neurosurgery: an experimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Scholtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA 2018 : 20th Congress of the International Ergonomics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Florence, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-96077-7_58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02085957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterns of Creative UX in immersive collaborative design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomás Dorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gokce Kinayoglu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Brest, France. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-design in architectural practice: Impact of client involvement during self-construction experiences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Schwaiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Schelings</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Elsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA 2018 : 20th Congress of the International Ergonomics Association.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Florence, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-96068-5_50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02086091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging gaps between ergonomics and creative design: a pedagogical experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pinky Pintus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA 2018 : 20th Congress of the International Ergonomics Association.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02085968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborer à distance en conception créative : enjeux pour la recherche et la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAID - Rencontres Annuelles Internationales du Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Tunis, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-réflexivité et expériences transformatrices des étudiants à l'université : quels processus à l'œuvre dans un entretien collectif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gouédard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Légué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chaubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">85ème Congrès Association francophone pour le savoir (ACFAS), Colloque scientifique Réflexivité collective : quels processus et effets ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The digital sketch as a central tool in creative design. Panel: Multiple representations in design: fostering creativity and collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Cognitive Ergonomics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Notthingham, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des expériences transformatrices des étudiants à la construction de leviers pour l’évolution des formations : retour sur une expérience pilote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gouedard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legué. S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaubet, P</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">84ème Congrès Association francophone pour le savoir (ACFAS), Colloque scientifique Réflexivité, compétences, identité: quels jeux d’influence réciproque dans les dynamiques de formation ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sujet capable, réflexivité, orientation. Synthèse des recherches menées auprès d’étudiants en psychologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gouédard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chaubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence invitée dans le cadre du projet Université Paris Lumières (UPL), Expériences étudiantes en orientation et situations développant la capacité à construire un devenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Séminaire scientifique Université Paris-Nanterre, Dec 2016, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly automated driving : analysis of takeover request activity and user experience. What differences between planned and unplanned takeover request ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safin, S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François, F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Hadj Selem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dogan, E</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">la conférence HFES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Prague, République tchèque</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminant et vécu de la reprise en main d'un véhicule autonome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safin, S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François, Forzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acte de la 15ème édition d'Ergo IA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Bidart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatisation de la conduite automobile : suppression ou transformation de l’activité du conducteur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Forzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPIQUE 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Aix en provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01643772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'activité et approche systémique de situations de délégation de conduite : apport pour la compréhension de l'activité de conduite automobile autonome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50ème congrès international, Société d’Ergonomie de Langue Française.(SELF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01643876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser l’activité d’expérimentation pour approcher la validité d’une simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mateev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Auberlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49ème Congrès international de la Société d’Ergonomie de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, La Rochelle, France. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01063589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de référents de l'activité de co-design dans un contexte de Réalité Mixte »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safin S.,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesage A.,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hébert A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gokce Kinayoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Dorta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème conférence francophone sur l'Interaction Homme-Machine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02117115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de référents de l'activité de co-design dans un contexte de Réalité Mixte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annemarie Lesage</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gokce Kinayoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Dorta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème conférence francophone sur l'Interaction Homme-Machine, IHM'13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFIHM, Nov 2013, Bordeaux, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2534903.2534908⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00875456v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner la co-conception à distance. Retour sur cinq années d'expérience.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Kubicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hanser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCAN '12 : Séminaire de Conception Architecturale Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01052541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la modalité visuelle sur le jugement de la réverbération d'une salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Defays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Decaestecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Warzée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00542867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding and supporting collaborative design using and horizontal tabletop display</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Ergonomics Association (IEA) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Maastricht (Netherland), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04310794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7039,134 +7307,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engager des citoyens dans une démarche de living-lab autour de technologies innovantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Larribau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Larribau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Caroline Rizza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7176,668 +7444,668 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Values. Uses. Materials: the expression of users in the co-creation through virtual and tangible representation systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Détienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE '22: Proceedings of the 33rd European Conference on Cognitive Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACM, pp.1-5, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3552327.3552363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Functions of Computer-Mediated Touch at a Distance: An Interactionist Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Detienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 21st Congress of the International Ergonomics Association (IEA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 223, Springer International Publishing, pp.45-53, 2022, Lecture Notes in Networks and Systems, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-74614-8_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03446927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The DIALLS Platform: Supporting Cultural Literacy and Understanding of European Values Over the Internet</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">The Functions of Computer-Mediated Touch at a Distance: An Interactionist Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Detienne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dialogue for Intercultural Understanding. Placing Cultural Literacy at the Heart of Learning</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 21st Congress of the International Ergonomics Association (IEA 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 223, Springer International Publishing, pp.45-53, 2021, Lecture Notes in Networks and Systems, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-74614-8_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03189131v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Functions of Computer-Mediated Touch at a Distance: An Interactionist Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robin Héron</w:t>
+                <w:t xml:space="preserve">The DIALLS Platform: Supporting Cultural Literacy and Understanding of European Values Over the Internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bietti Lucas M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slakmon Ben Zion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baker Michael J.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Detienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...25 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fiona Maine, Maria Vrikki. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 21st Congress of the International Ergonomics Association (IEA 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dialogue for Intercultural Understanding. Placing Cultural Literacy at the Heart of Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, 2021, Softcover ISBN 978-3-030-71780-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373609v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Centré Utilisateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Brangier; G. Valléry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergonomie : 150 notions clés. Dunod</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03576824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A role for external representations in architectural design ? The influence of a virtual office environment and early 3D view on design activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Decortis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Sydney. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Centre of Design Computing and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7847,239 +8115,239 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une semaine d’observation à la Bibliothèque nationale de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Garron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Gentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Safin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Bibliothèque nationale de France (Paris); Télécom ParisTech. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02910087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une semaine d’observation à la Bibliothèque Nationale de France, 32 étudiants de master Design, 4 professeurs en sciences sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Garron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Gentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Safin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] iPParis -BNF. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02174190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8089,161 +8357,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Case studies: technology enhanced public spaces for intergenerational learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barajas Frutos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Akermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aina Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Decortis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossella Magli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00190378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId215"/>
+      <w:footerReference w:type="default" r:id="rId217"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8390,51 +8658,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04891463v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gras Gentiletti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cahour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Safin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17020448" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05413338v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin H&#233;ron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Baker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessalyn Alvina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ra9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980454v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2025.2469429" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04846977v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lecolinet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1497289" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04891515v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Baudoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14780771241310207" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04663768v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine P&#232;gues" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Labarch&#232;de" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany C&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2024.1171" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04819662v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Morvan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Dorta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise D&#233;tienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9414" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03659675v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loiseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Tufano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/architecture2020021" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699061v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Morand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larribau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pages" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rizza" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748003v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Soichet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/40699" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576813v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jolivet-Duval" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Huron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.014.0055" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02410103v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Burkhardt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Hebert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclercq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2019.1699935" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinky Pintus" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Elsen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-203237" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542614v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Szoniecky" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0148" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02117070v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safin, S." TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorta, T.," TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierini, D.," TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gokce Kinayoglu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Lesage" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02086108v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Dorta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pierini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.destud.2016.08.002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059058v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Juchmes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.62" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305633v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Decortis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05413653v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dziyana Tarasenka" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Citro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746175.3746212" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069791v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Ghomi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos Mavros" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/3041-4687.305" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070263v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586346v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garron" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825935v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825936v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04853143v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhegong Shangguan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Tapus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IHMSC62065.2024.00039" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210983v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117112v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03798264v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3552327.3552363" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895660v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711609v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646875v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567062v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maitrallin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fruchard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451332" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365465v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fandard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Lima De Albuquerque" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vezien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nelson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550084v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264979v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445612" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033129v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Brun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gouin-Vallerand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576873v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Rahhal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Berthelot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079691v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02291252v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bationo-Tillon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303458v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340555.3353733" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303142v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mateev" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303445v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02165138v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Boudhra&#226;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beaudry Marchand" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085957v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Scholtes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96077-7_58" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899137v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02086091v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schwaiger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Schelings" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96068-5_50" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02085968v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123727v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373941v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gou&#233;dard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaubet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123725v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123728v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouedard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legu&#233;. S" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaubet, P" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375815v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02124822v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poisson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois, F." TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Hadj Selem" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogan, E" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02124819v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Langlois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois, Forzy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643772v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Forzy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643876v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063589v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Auberlet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02117115v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safin S.," TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesage A.," TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;bert A" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00875456v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie H&#233;bert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2534903.2534908" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052541v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kubicki" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hanser" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542867v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Billon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Defays" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Decaestecker" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Warz&#233;e" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04310794v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433550v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03856442v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03446927v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74614-8_6" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03189131v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bietti Lucas M." TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slakmon Ben Zion" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baker Michael J." TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373609v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576824v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306842v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910087v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaudouin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gentes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02174190v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190378v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Barajas Frutos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Akermann" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chabert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Magli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04891463v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gras Gentiletti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cahour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Safin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17020448" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05525074v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin H&#233;ron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Baker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessalyn Alvina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ra9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05413338v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05517589v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Barcellini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2025.2469429" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04663768v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine P&#232;gues" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Labarch&#232;de" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany C&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2024.1171" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04891515v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Baudoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14780771241310207" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04846977v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lecolinet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1497289" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04819662v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Morvan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Dorta" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise D&#233;tienne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9414" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699061v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Morand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larribau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pages" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rizza" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03659675v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loiseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Tufano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/architecture2020021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748003v3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Soichet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/40699" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576813v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jolivet-Duval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Huron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.014.0055" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02410103v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Burkhardt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Hebert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclercq" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2019.1699935" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079948v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinky Pintus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Elsen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-203237" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542614v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Szoniecky" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0148" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02086108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Dorta" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pierini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gokce Kinayoglu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Lesage" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.destud.2016.08.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02117070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safin, S." TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorta, T.," TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierini, D.," TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059058v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Juchmes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.62" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305633v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Decortis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05413653v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dziyana Tarasenka" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Citro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746175.3746212" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069791v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Ghomi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos Mavros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/3041-4687.305" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070263v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04853143v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhegong Shangguan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Tapus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IHMSC62065.2024.00039" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825935v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825936v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210983v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117112v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03798264v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3552327.3552363" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711609v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646875v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567062v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maitrallin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fruchard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451332" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365465v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fandard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Lima De Albuquerque" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vezien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nelson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550084v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264979v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3411764.3445612" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033129v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Brun" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gouin-Vallerand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576873v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Rahhal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Berthelot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079691v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303458v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340555.3353733" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02291252v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bationo-Tillon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303445v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02303142v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mateev" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02165138v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Boudhra&#226;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beaudry Marchand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085957v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Scholtes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96077-7_58" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899137v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02086091v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schwaiger" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Schelings" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96068-5_50" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02085968v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123727v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373941v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gou&#233;dard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaubet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02123728v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouedard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legu&#233;. S" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaubet, P" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375815v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02124822v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poisson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois, F." TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Hadj Selem" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogan, E" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02124819v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Langlois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois, Forzy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643772v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Forzy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643876v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063589v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Auberlet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02117115v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safin S.," TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesage A.," TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;bert A" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00875456v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie H&#233;bert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2534903.2534908" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052541v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kubicki" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hanser" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bignon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542867v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Billon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Defays" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Decaestecker" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Warz&#233;e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04310794v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433550v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03856442v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03446927v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74614-8_6" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373609v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03189131v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bietti Lucas M." TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slakmon Ben Zion" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baker Michael J." TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03576824v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306842v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910087v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaudouin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gentes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02174190v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190378v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Barajas Frutos" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Akermann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chabert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Magli" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>